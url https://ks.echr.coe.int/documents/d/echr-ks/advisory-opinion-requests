--- v0 (2025-10-03)
+++ v1 (2025-12-23)
@@ -7,60 +7,60 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="26731"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27928"/>
   <workbookPr codeName="ThisWorkbook" autoCompressPictures="0" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\Delrue\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{F33F8247-488C-4E7A-9F51-92A713400690}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{FF44B8C5-ACB7-40FB-8E32-43E2BBCE3D50}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10420" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="390" yWindow="390" windowWidth="23775" windowHeight="14730" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Advisory Opinions" sheetId="5" r:id="rId1"/>
     <sheet name="CHECKLIST" sheetId="4" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_GoBack" localSheetId="0">'Advisory Opinions'!$J$12</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Advisory Opinions'!$A$1:$H$16</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
@@ -749,87 +749,62 @@
   <si>
     <r>
       <t xml:space="preserve">The request of the High Court of Cassation and Justice of Romania, on the interpretation of Article 6 and Article 1 of Protocol No. 1, was submitted in </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>the context of an appeal pending before it, concerning the confiscation of a sum of money from a civil servant following an audit of her assets by the National Integrity Agency.</t>
     </r>
   </si>
   <si>
     <t>Article 6
 Article 1 of Protocol No. 1</t>
   </si>
   <si>
     <t>P16-2024-002</t>
   </si>
   <si>
     <t>The request of the High Court of Cassation and Justice of Romania, on the interpretation and application of Article 8, was made in the context of an appeal pending before the High Court concerning a judge’s dismissal from office for failure to attend an expert medical evaluation, which was intended to determine whether she was suffering from a mental illness that would prevent her from performing her duties properly.</t>
   </si>
   <si>
-    <r>
-[...27 lines deleted...]
-  <si>
     <t>P16-2025-001</t>
   </si>
   <si>
     <t>Ukraine’s Supreme Court</t>
   </si>
   <si>
     <t>With its request for an advisory opinion the Ukraine Supreme Court seeks the Court’s guidance on the Convention issues arising in a case pending before it concerning a dispute between a monastery of the Ukrainian Greek Catholic Church and a former nun over her right to live in a convent owned by the monastery which she had left in a context of conflict within the religious community.
 The request raises issues regarding the right to reside in a monastery of a person who used to belong to a religious order, in particular, whether the premises of religious buildings – monasteries (monastic cells) – constitute a “home” within the meaning of Article 8, and whether the national court’s jurisdiction extends to such a dispute.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Requests for advisory opinion under Protocol No. 16 *
+</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd/mm/yyyy;@"/>
   </numFmts>
   <fonts count="29" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -1338,64 +1313,64 @@
     </xf>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="24" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="24" fillId="0" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="49" fontId="24" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
-    </xf>
-[...4 lines deleted...]
-      <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8" customBuiltin="1"/>
     <cellStyle name="Hyperlink 2" xfId="2" xr:uid="{9725483A-B166-4BAE-AA5B-A7B7C6310022}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="20">
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color rgb="FF244062"/>
         <name val="Calibri"/>
         <scheme val="none"/>
       </font>
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0">
         <left style="thin">
           <color rgb="FF0070C0"/>
         </left>
@@ -2467,471 +2442,471 @@
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hudoc.echr.coe.int/eng?i=003-6380464-8364383" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=003-7306062-9963179" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=003-7829009-10868837" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-8323375-11737701&amp;filename=Request%20for%20advisory%20opinion%20lodged%20by%20Ukraine%27s%20Supreme%20Court%20on%20whether%20a%20nun%E2%80%99s%20cell%20can%20qualify%20as%20her%20home.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=003-6708535-9909864" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=003-6951456-9350980" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=003-7623141-10493170" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=003-8120427-11370804" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=003-7385703-10773941" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=003-7989132-11151232" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=003-7317048-10811277" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=003-7879233-10954899" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://insite.dhcour.coe.int/link/tikitlink.asp?doc=2024927%20&amp;lib=court" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3190931B-A9BA-40F2-8F31-0A3252409FE2}">
   <dimension ref="B1:L16"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A4" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <selection activeCell="C5" sqref="C5"/>
+    <sheetView showGridLines="0" tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+      <selection activeCell="B3" sqref="B3:K3"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="1.54296875" style="1" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="10" max="10" width="87.453125" style="1" customWidth="1"/>
+    <col min="1" max="1" width="1.5703125" style="1" customWidth="1"/>
+    <col min="2" max="2" width="20.42578125" style="2" customWidth="1"/>
+    <col min="3" max="3" width="15.5703125" style="2" customWidth="1"/>
+    <col min="4" max="4" width="39.140625" style="1" customWidth="1"/>
+    <col min="5" max="5" width="23.5703125" style="1" customWidth="1"/>
+    <col min="6" max="6" width="15.5703125" style="1" customWidth="1"/>
+    <col min="7" max="7" width="115.42578125" style="1" customWidth="1"/>
+    <col min="8" max="8" width="26.5703125" style="1" customWidth="1"/>
+    <col min="9" max="9" width="24.5703125" style="1" customWidth="1"/>
+    <col min="10" max="10" width="87.42578125" style="1" customWidth="1"/>
     <col min="11" max="11" width="21" style="35" customWidth="1"/>
     <col min="12" max="12" width="73" style="1" customWidth="1"/>
-    <col min="13" max="16384" width="9.1796875" style="1"/>
+    <col min="13" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:12" s="5" customFormat="1" ht="168" customHeight="1" x14ac:dyDescent="0.6">
-[...11 lines deleted...]
-      <c r="K1" s="63"/>
+    <row r="1" spans="2:12" s="5" customFormat="1" ht="168" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B1" s="65" t="s">
+        <v>77</v>
+      </c>
+      <c r="C1" s="65"/>
+      <c r="D1" s="65"/>
+      <c r="E1" s="65"/>
+      <c r="F1" s="65"/>
+      <c r="G1" s="65"/>
+      <c r="H1" s="65"/>
+      <c r="I1" s="65"/>
+      <c r="J1" s="65"/>
+      <c r="K1" s="65"/>
       <c r="L1" s="36"/>
     </row>
-    <row r="2" spans="2:12" s="50" customFormat="1" x14ac:dyDescent="0.35">
+    <row r="2" spans="2:12" s="50" customFormat="1" x14ac:dyDescent="0.25">
       <c r="B2" s="49" t="s">
         <v>50</v>
       </c>
       <c r="C2" s="49"/>
       <c r="D2" s="49"/>
       <c r="E2" s="49"/>
       <c r="F2" s="49"/>
       <c r="G2" s="49"/>
       <c r="H2" s="49"/>
       <c r="I2" s="49"/>
       <c r="K2" s="51"/>
     </row>
-    <row r="3" spans="2:12" s="5" customFormat="1" ht="88.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B3" s="64" t="s">
+    <row r="3" spans="2:12" s="5" customFormat="1" ht="88.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B3" s="66" t="s">
         <v>11</v>
       </c>
-      <c r="C3" s="64"/>
-[...7 lines deleted...]
-      <c r="K3" s="64"/>
+      <c r="C3" s="66"/>
+      <c r="D3" s="66"/>
+      <c r="E3" s="66"/>
+      <c r="F3" s="66"/>
+      <c r="G3" s="66"/>
+      <c r="H3" s="66"/>
+      <c r="I3" s="66"/>
+      <c r="J3" s="66"/>
+      <c r="K3" s="66"/>
       <c r="L3" s="37"/>
     </row>
-    <row r="4" spans="2:12" ht="114" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="4" spans="2:12" ht="114" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B4" s="4" t="s">
         <v>31</v>
       </c>
       <c r="C4" s="4" t="s">
         <v>16</v>
       </c>
       <c r="D4" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="6" t="s">
         <v>32</v>
       </c>
       <c r="F4" s="6" t="s">
         <v>40</v>
       </c>
       <c r="G4" s="6" t="s">
         <v>17</v>
       </c>
       <c r="H4" s="6" t="s">
         <v>1</v>
       </c>
       <c r="I4" s="26" t="s">
         <v>25</v>
       </c>
       <c r="J4" s="27" t="s">
         <v>26</v>
       </c>
       <c r="K4" s="1"/>
     </row>
-    <row r="5" spans="2:12" ht="93.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="5" spans="2:12" ht="93.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B5" s="59" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="C5" s="60">
         <v>45890</v>
       </c>
       <c r="D5" s="45" t="s">
-        <v>76</v>
-[...1 lines deleted...]
-      <c r="E5" s="66" t="s">
+        <v>75</v>
+      </c>
+      <c r="E5" s="63" t="s">
         <v>43</v>
       </c>
       <c r="F5" s="60">
         <v>45915</v>
       </c>
       <c r="G5" s="47" t="s">
-        <v>77</v>
-[...1 lines deleted...]
-      <c r="H5" s="67" t="s">
+        <v>76</v>
+      </c>
+      <c r="H5" s="64" t="s">
         <v>30</v>
       </c>
       <c r="I5" s="52"/>
       <c r="J5" s="58"/>
       <c r="K5" s="1"/>
     </row>
-    <row r="6" spans="2:12" ht="58" x14ac:dyDescent="0.35">
+    <row r="6" spans="2:12" ht="60" x14ac:dyDescent="0.25">
       <c r="B6" s="59" t="s">
         <v>72</v>
       </c>
       <c r="C6" s="52">
         <v>45609</v>
       </c>
       <c r="D6" s="53" t="s">
         <v>69</v>
       </c>
       <c r="E6" s="54" t="s">
         <v>35</v>
       </c>
       <c r="F6" s="52">
         <v>45646</v>
       </c>
       <c r="G6" s="55" t="s">
         <v>73</v>
       </c>
       <c r="H6" s="56" t="s">
         <v>30</v>
       </c>
       <c r="I6" s="52" t="s">
         <v>38</v>
       </c>
       <c r="J6" s="58" t="s">
         <v>38</v>
       </c>
       <c r="K6" s="1"/>
     </row>
-    <row r="7" spans="2:12" ht="53.25" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="7" spans="2:12" ht="53.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B7" s="59" t="s">
         <v>68</v>
       </c>
       <c r="C7" s="60">
         <v>45349</v>
       </c>
       <c r="D7" s="53" t="s">
         <v>69</v>
       </c>
       <c r="E7" s="54" t="s">
         <v>35</v>
       </c>
       <c r="F7" s="52">
         <v>45471</v>
       </c>
       <c r="G7" s="55" t="s">
         <v>70</v>
       </c>
       <c r="H7" s="56" t="s">
         <v>71</v>
       </c>
       <c r="I7" s="52" t="s">
         <v>38</v>
       </c>
       <c r="J7" s="57" t="s">
         <v>38</v>
       </c>
       <c r="K7" s="1"/>
     </row>
-    <row r="8" spans="2:12" ht="53.25" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="8" spans="2:12" ht="53.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B8" s="59" t="s">
         <v>64</v>
       </c>
       <c r="C8" s="60">
         <v>45301</v>
       </c>
       <c r="D8" s="53" t="s">
         <v>65</v>
       </c>
       <c r="E8" s="54" t="s">
         <v>35</v>
       </c>
       <c r="F8" s="52">
         <v>45341</v>
       </c>
       <c r="G8" s="55" t="s">
         <v>66</v>
       </c>
       <c r="H8" s="56" t="s">
         <v>67</v>
       </c>
       <c r="I8" s="52" t="s">
         <v>38</v>
       </c>
       <c r="J8" s="57" t="s">
         <v>38</v>
       </c>
       <c r="K8" s="1"/>
     </row>
-    <row r="9" spans="2:12" ht="217.5" x14ac:dyDescent="0.35">
+    <row r="9" spans="2:12" ht="225" x14ac:dyDescent="0.25">
       <c r="B9" s="59" t="s">
         <v>59</v>
       </c>
       <c r="C9" s="44">
         <v>45029</v>
       </c>
       <c r="D9" s="45" t="s">
         <v>60</v>
       </c>
       <c r="E9" s="46" t="s">
         <v>43</v>
       </c>
       <c r="F9" s="44">
         <v>45056</v>
       </c>
       <c r="G9" s="47" t="s">
         <v>63</v>
       </c>
       <c r="H9" s="48" t="s">
         <v>61</v>
       </c>
       <c r="I9" s="32">
         <v>45274</v>
       </c>
       <c r="J9" s="43" t="s">
         <v>62</v>
       </c>
       <c r="K9" s="1"/>
     </row>
-    <row r="10" spans="2:12" ht="143.15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="10" spans="2:12" ht="143.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B10" s="59" t="s">
         <v>54</v>
       </c>
       <c r="C10" s="44">
         <v>44844</v>
       </c>
       <c r="D10" s="39" t="s">
         <v>55</v>
       </c>
       <c r="E10" s="40" t="s">
         <v>43</v>
       </c>
       <c r="F10" s="38">
         <v>44872</v>
       </c>
       <c r="G10" s="22" t="s">
         <v>56</v>
       </c>
       <c r="H10" s="30" t="s">
         <v>57</v>
       </c>
       <c r="I10" s="32">
         <v>45029</v>
       </c>
       <c r="J10" s="43" t="s">
         <v>58</v>
       </c>
       <c r="K10" s="1"/>
     </row>
-    <row r="11" spans="2:12" ht="271.39999999999998" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="11" spans="2:12" ht="271.35000000000002" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B11" s="59" t="s">
         <v>46</v>
       </c>
       <c r="C11" s="44">
         <v>44301</v>
       </c>
       <c r="D11" s="39" t="s">
         <v>47</v>
       </c>
       <c r="E11" s="40" t="s">
         <v>43</v>
       </c>
       <c r="F11" s="38">
         <v>44347</v>
       </c>
       <c r="G11" s="22" t="s">
         <v>48</v>
       </c>
       <c r="H11" s="30" t="s">
         <v>49</v>
       </c>
       <c r="I11" s="32">
         <v>44755</v>
       </c>
       <c r="J11" s="43" t="s">
         <v>53</v>
       </c>
       <c r="K11" s="1"/>
     </row>
-    <row r="12" spans="2:12" ht="229.4" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="12" spans="2:12" ht="229.35" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B12" s="59" t="s">
         <v>41</v>
       </c>
       <c r="C12" s="44">
         <v>44266</v>
       </c>
       <c r="D12" s="39" t="s">
         <v>42</v>
       </c>
       <c r="E12" s="40" t="s">
         <v>43</v>
       </c>
       <c r="F12" s="38">
         <v>44326</v>
       </c>
       <c r="G12" s="22" t="s">
         <v>45</v>
       </c>
       <c r="H12" s="30" t="s">
         <v>44</v>
       </c>
       <c r="I12" s="32">
         <v>44677</v>
       </c>
       <c r="J12" s="43" t="s">
         <v>52</v>
       </c>
       <c r="K12" s="1"/>
     </row>
-    <row r="13" spans="2:12" ht="267" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="13" spans="2:12" ht="267" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B13" s="59" t="s">
         <v>14</v>
       </c>
       <c r="C13" s="44">
         <v>44140</v>
       </c>
       <c r="D13" s="25" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="42" t="s">
         <v>39</v>
       </c>
       <c r="F13" s="23">
         <v>44221</v>
       </c>
       <c r="G13" s="22" t="s">
         <v>18</v>
       </c>
       <c r="H13" s="24" t="s">
         <v>15</v>
       </c>
       <c r="I13" s="32">
         <v>44659</v>
       </c>
       <c r="J13" s="43" t="s">
         <v>51</v>
       </c>
       <c r="K13" s="1"/>
     </row>
-    <row r="14" spans="2:12" ht="88.4" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="14" spans="2:12" ht="88.35" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B14" s="59" t="s">
         <v>33</v>
       </c>
       <c r="C14" s="44">
         <v>44154</v>
       </c>
       <c r="D14" s="39" t="s">
         <v>34</v>
       </c>
       <c r="E14" s="40" t="s">
         <v>35</v>
       </c>
       <c r="F14" s="38">
         <v>44179</v>
       </c>
       <c r="G14" s="22" t="s">
         <v>36</v>
       </c>
       <c r="H14" s="30" t="s">
         <v>37</v>
       </c>
       <c r="I14" s="41" t="s">
         <v>38</v>
       </c>
       <c r="J14" s="41" t="s">
         <v>38</v>
       </c>
       <c r="K14" s="1"/>
     </row>
-    <row r="15" spans="2:12" ht="315.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="15" spans="2:12" ht="315.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B15" s="61" t="s">
         <v>24</v>
       </c>
       <c r="C15" s="62">
         <v>43710</v>
       </c>
       <c r="D15" s="28" t="s">
         <v>29</v>
       </c>
       <c r="E15" s="42" t="s">
         <v>39</v>
       </c>
       <c r="F15" s="29">
         <v>43740</v>
       </c>
       <c r="G15" s="22" t="s">
         <v>23</v>
       </c>
       <c r="H15" s="30" t="s">
         <v>27</v>
       </c>
       <c r="I15" s="32">
         <v>43980</v>
       </c>
       <c r="J15" s="31" t="s">
         <v>22</v>
       </c>
       <c r="K15" s="1"/>
     </row>
-    <row r="16" spans="2:12" ht="212.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="16" spans="2:12" ht="212.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B16" s="61" t="s">
         <v>21</v>
       </c>
       <c r="C16" s="62">
         <v>43385</v>
       </c>
       <c r="D16" s="33" t="s">
         <v>28</v>
       </c>
       <c r="E16" s="42" t="s">
         <v>39</v>
       </c>
       <c r="F16" s="29">
         <v>43437</v>
       </c>
       <c r="G16" s="21" t="s">
         <v>20</v>
       </c>
       <c r="H16" s="30" t="s">
         <v>30</v>
       </c>
       <c r="I16" s="34">
         <v>43565</v>
       </c>
       <c r="J16" s="21" t="s">
@@ -2956,527 +2931,527 @@
     <hyperlink ref="B8" r:id="rId9" xr:uid="{5AC00103-6623-47C5-B2CB-3A88C409A9C8}"/>
     <hyperlink ref="B7" r:id="rId10" xr:uid="{03B6D299-488B-46E9-90A8-B57C0B1ECB3B}"/>
     <hyperlink ref="B6" r:id="rId11" xr:uid="{4ED721A9-D062-450A-BD69-1FAB07B5B57E}"/>
     <hyperlink ref="B5" r:id="rId12" display="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-8323375-11737701&amp;filename=Request%20for%20advisory%20opinion%20lodged%20by%20Ukraine%27s%20Supreme%20Court%20on%20whether%20a%20nun%E2%80%99s%20cell%20can%20qualify%20as%20her%20home.pdf" xr:uid="{6820B305-7FA7-4E26-ADDB-23ABF4FAC455}"/>
   </hyperlinks>
   <pageMargins left="0.23622047244094491" right="0.15748031496062992" top="0.39370078740157483" bottom="0.43307086614173229" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="8" scale="70" fitToHeight="0" orientation="landscape" r:id="rId13"/>
   <drawing r:id="rId14"/>
   <tableParts count="1">
     <tablePart r:id="rId15"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr codeName="Sheet2">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B1:H25"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="F4" sqref="F4"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="1.54296875" style="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="9" max="16384" width="9.1796875" style="1"/>
+    <col min="1" max="1" width="1.5703125" style="1" customWidth="1"/>
+    <col min="2" max="2" width="43.5703125" style="2" customWidth="1"/>
+    <col min="3" max="3" width="24.5703125" style="3" customWidth="1"/>
+    <col min="4" max="4" width="21.5703125" style="1" customWidth="1"/>
+    <col min="5" max="5" width="20.140625" style="1" customWidth="1"/>
+    <col min="6" max="8" width="19.42578125" style="1" customWidth="1"/>
+    <col min="9" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:8" s="5" customFormat="1" ht="158.25" customHeight="1" x14ac:dyDescent="0.6">
-      <c r="B1" s="63" t="s">
+    <row r="1" spans="2:8" s="5" customFormat="1" ht="158.25" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B1" s="65" t="s">
         <v>7</v>
       </c>
-      <c r="C1" s="63"/>
-[...4 lines deleted...]
-      <c r="B2" s="65" t="s">
+      <c r="C1" s="65"/>
+      <c r="D1" s="65"/>
+      <c r="E1" s="65"/>
+    </row>
+    <row r="2" spans="2:8" s="5" customFormat="1" ht="88.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B2" s="67" t="s">
         <v>2</v>
       </c>
-      <c r="C2" s="65"/>
-[...3 lines deleted...]
-    <row r="3" spans="2:8" ht="77.5" x14ac:dyDescent="0.35">
+      <c r="C2" s="67"/>
+      <c r="D2" s="67"/>
+      <c r="E2" s="67"/>
+    </row>
+    <row r="3" spans="2:8" ht="94.5" x14ac:dyDescent="0.25">
       <c r="B3" s="7" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D3" s="6" t="s">
         <v>5</v>
       </c>
       <c r="E3" s="9" t="s">
         <v>4</v>
       </c>
       <c r="F3" s="19" t="s">
         <v>8</v>
       </c>
       <c r="G3" s="19" t="s">
         <v>9</v>
       </c>
       <c r="H3" s="20" t="s">
         <v>10</v>
       </c>
     </row>
-    <row r="4" spans="2:8" x14ac:dyDescent="0.35">
+    <row r="4" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B4" s="14" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="C4" s="15" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="D4" s="16" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="E4" s="16" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="F4" s="16"/>
       <c r="G4" s="17"/>
       <c r="H4" s="18"/>
     </row>
-    <row r="5" spans="2:8" x14ac:dyDescent="0.35">
+    <row r="5" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B5" s="14" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="C5" s="15" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="D5" s="16" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="E5" s="16" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="F5" s="16"/>
       <c r="G5" s="17"/>
       <c r="H5" s="18"/>
     </row>
-    <row r="6" spans="2:8" x14ac:dyDescent="0.35">
+    <row r="6" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B6" s="14" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="C6" s="15" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="D6" s="16" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="E6" s="16" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="F6" s="16"/>
       <c r="G6" s="17"/>
       <c r="H6" s="18"/>
     </row>
-    <row r="7" spans="2:8" x14ac:dyDescent="0.35">
+    <row r="7" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B7" s="14" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="C7" s="15" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="D7" s="16" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="E7" s="16" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="F7" s="16"/>
       <c r="G7" s="17"/>
       <c r="H7" s="18"/>
     </row>
-    <row r="8" spans="2:8" x14ac:dyDescent="0.35">
+    <row r="8" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B8" s="14" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="C8" s="15" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="D8" s="16" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="E8" s="16" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="F8" s="16"/>
       <c r="G8" s="17"/>
       <c r="H8" s="18"/>
     </row>
-    <row r="9" spans="2:8" x14ac:dyDescent="0.35">
+    <row r="9" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B9" s="14" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="C9" s="15" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="D9" s="16" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="E9" s="16" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="F9" s="16"/>
       <c r="G9" s="17"/>
       <c r="H9" s="18"/>
     </row>
-    <row r="10" spans="2:8" x14ac:dyDescent="0.35">
+    <row r="10" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B10" s="14" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="C10" s="15" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="D10" s="16" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="E10" s="16" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="F10" s="16"/>
       <c r="G10" s="17"/>
       <c r="H10" s="18"/>
     </row>
-    <row r="11" spans="2:8" x14ac:dyDescent="0.35">
+    <row r="11" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B11" s="14" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="C11" s="15" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="D11" s="16" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="E11" s="16" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="F11" s="16"/>
       <c r="G11" s="17"/>
       <c r="H11" s="18"/>
     </row>
-    <row r="12" spans="2:8" x14ac:dyDescent="0.35">
+    <row r="12" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B12" s="14" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="C12" s="15" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="D12" s="16" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="E12" s="16" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="F12" s="16"/>
       <c r="G12" s="17"/>
       <c r="H12" s="18"/>
     </row>
-    <row r="13" spans="2:8" x14ac:dyDescent="0.35">
+    <row r="13" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B13" s="14" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="C13" s="15" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="D13" s="16" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="E13" s="16" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="F13" s="16"/>
       <c r="G13" s="17"/>
       <c r="H13" s="18"/>
     </row>
-    <row r="14" spans="2:8" x14ac:dyDescent="0.35">
+    <row r="14" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B14" s="14" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="C14" s="15" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="D14" s="16" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="E14" s="16" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="F14" s="16"/>
       <c r="G14" s="17"/>
       <c r="H14" s="18"/>
     </row>
-    <row r="15" spans="2:8" x14ac:dyDescent="0.35">
+    <row r="15" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B15" s="14" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="C15" s="15" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="D15" s="16" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="E15" s="16" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="F15" s="16"/>
       <c r="G15" s="17"/>
       <c r="H15" s="18"/>
     </row>
-    <row r="16" spans="2:8" x14ac:dyDescent="0.35">
+    <row r="16" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B16" s="14" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="C16" s="15" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="D16" s="16" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="E16" s="16" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="F16" s="16"/>
       <c r="G16" s="17"/>
       <c r="H16" s="18"/>
     </row>
-    <row r="17" spans="2:8" x14ac:dyDescent="0.35">
+    <row r="17" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B17" s="14" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="C17" s="15" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="D17" s="16" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="E17" s="16" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="F17" s="16"/>
       <c r="G17" s="17"/>
       <c r="H17" s="18"/>
     </row>
-    <row r="18" spans="2:8" x14ac:dyDescent="0.35">
+    <row r="18" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B18" s="14" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="C18" s="15" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="D18" s="16" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="E18" s="16" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="F18" s="16"/>
       <c r="G18" s="17"/>
       <c r="H18" s="18"/>
     </row>
-    <row r="19" spans="2:8" x14ac:dyDescent="0.35">
+    <row r="19" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B19" s="14" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="C19" s="15" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="D19" s="16" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="E19" s="16" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="F19" s="16"/>
       <c r="G19" s="17"/>
       <c r="H19" s="18"/>
     </row>
-    <row r="20" spans="2:8" x14ac:dyDescent="0.35">
+    <row r="20" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B20" s="14" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="C20" s="15" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="D20" s="16" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="E20" s="16" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="F20" s="16"/>
       <c r="G20" s="17"/>
       <c r="H20" s="18"/>
     </row>
-    <row r="21" spans="2:8" x14ac:dyDescent="0.35">
+    <row r="21" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B21" s="14" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="C21" s="15" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="D21" s="16" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="E21" s="16" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="F21" s="16"/>
       <c r="G21" s="17"/>
       <c r="H21" s="18"/>
     </row>
-    <row r="22" spans="2:8" x14ac:dyDescent="0.35">
+    <row r="22" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B22" s="14" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="C22" s="15" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="D22" s="16" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="E22" s="16" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="F22" s="16"/>
       <c r="G22" s="17"/>
       <c r="H22" s="18"/>
     </row>
-    <row r="23" spans="2:8" x14ac:dyDescent="0.35">
+    <row r="23" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B23" s="14" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="C23" s="15" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="D23" s="16" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="E23" s="16" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="F23" s="16"/>
       <c r="G23" s="17"/>
       <c r="H23" s="18"/>
     </row>
-    <row r="24" spans="2:8" x14ac:dyDescent="0.35">
+    <row r="24" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B24" s="10"/>
       <c r="C24" s="11"/>
       <c r="D24" s="12"/>
       <c r="E24" s="13"/>
     </row>
-    <row r="25" spans="2:8" x14ac:dyDescent="0.35">
+    <row r="25" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B25" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C25" s="8"/>
       <c r="D25" s="8"/>
       <c r="E25" s="8"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="B1:E1"/>
     <mergeCell ref="B2:E2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="E3" r:id="rId1" display="http://insite.dhcour.coe.int/link/tikitlink.asp?doc=2024927%20&amp;lib=court" xr:uid="{00000000-0004-0000-0100-000000000000}"/>
   </hyperlinks>
   <pageMargins left="0.23622047244094491" right="0.15748031496062992" top="0.39370078740157483" bottom="0.43307086614173229" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="8" scale="84" orientation="portrait" r:id="rId2"/>
   <drawing r:id="rId3"/>
   <tableParts count="1">
     <tablePart r:id="rId4"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>