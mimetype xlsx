--- v1 (2025-12-23)
+++ v2 (2026-02-24)
@@ -14,61 +14,61 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27928"/>
   <workbookPr codeName="ThisWorkbook" autoCompressPictures="0" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\Delrue\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{FF44B8C5-ACB7-40FB-8E32-43E2BBCE3D50}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{0A4CCF2F-52E7-4396-824C-A5666B87BC83}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="390" yWindow="390" windowWidth="23775" windowHeight="14730" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-2070" windowWidth="21840" windowHeight="13020" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Advisory Opinions" sheetId="5" r:id="rId1"/>
     <sheet name="CHECKLIST" sheetId="4" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_GoBack" localSheetId="0">'Advisory Opinions'!$J$12</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'Advisory Opinions'!$A$1:$H$16</definedName>
+    <definedName name="_GoBack" localSheetId="0">'Advisory Opinions'!$J$13</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'Advisory Opinions'!$A$1:$H$17</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="C5" i="4" l="1"/>
   <c r="E5" i="4"/>
   <c r="E6" i="4"/>
   <c r="E7" i="4"/>
   <c r="E8" i="4"/>
   <c r="E9" i="4"/>
   <c r="E10" i="4"/>
@@ -127,51 +127,51 @@
   <c r="C4" i="4"/>
   <c r="B5" i="4"/>
   <c r="B6" i="4"/>
   <c r="B7" i="4"/>
   <c r="B8" i="4"/>
   <c r="B9" i="4"/>
   <c r="B10" i="4"/>
   <c r="B11" i="4"/>
   <c r="B12" i="4"/>
   <c r="B13" i="4"/>
   <c r="B14" i="4"/>
   <c r="B15" i="4"/>
   <c r="B16" i="4"/>
   <c r="B17" i="4"/>
   <c r="B18" i="4"/>
   <c r="B19" i="4"/>
   <c r="B20" i="4"/>
   <c r="B21" i="4"/>
   <c r="B22" i="4"/>
   <c r="B23" i="4"/>
   <c r="B4" i="4"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="97" uniqueCount="78">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="102" uniqueCount="81">
   <si>
     <t>Application Name</t>
   </si>
   <si>
     <t>Relevant Convention Article(s)</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <i/>
         <u/>
         <sz val="11"/>
         <color theme="4" tint="-0.499984740745262"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Excel tips</t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="11"/>
@@ -761,66 +761,81 @@
     </r>
   </si>
   <si>
     <t>Article 6
 Article 1 of Protocol No. 1</t>
   </si>
   <si>
     <t>P16-2024-002</t>
   </si>
   <si>
     <t>The request of the High Court of Cassation and Justice of Romania, on the interpretation and application of Article 8, was made in the context of an appeal pending before the High Court concerning a judge’s dismissal from office for failure to attend an expert medical evaluation, which was intended to determine whether she was suffering from a mental illness that would prevent her from performing her duties properly.</t>
   </si>
   <si>
     <t>P16-2025-001</t>
   </si>
   <si>
     <t>Ukraine’s Supreme Court</t>
   </si>
   <si>
     <t>With its request for an advisory opinion the Ukraine Supreme Court seeks the Court’s guidance on the Convention issues arising in a case pending before it concerning a dispute between a monastery of the Ukrainian Greek Catholic Church and a former nun over her right to live in a convent owned by the monastery which she had left in a context of conflict within the religious community.
 The request raises issues regarding the right to reside in a monastery of a person who used to belong to a religious order, in particular, whether the premises of religious buildings – monasteries (monastic cells) – constitute a “home” within the meaning of Article 8, and whether the national court’s jurisdiction extends to such a dispute.</t>
   </si>
   <si>
     <t xml:space="preserve">Requests for advisory opinion under Protocol No. 16 *
 </t>
+  </si>
+  <si>
+    <t>P16-2026-001</t>
+  </si>
+  <si>
+    <t>With its request for an advisory opinion the Ukraine Supreme Court seeks the Court’s guidance on Convention issues arising in a case pending before it, concerning a dispute between a private company and the tax authorities about the proportionality of a penalty calculated at a flat rate set by law.  The request raises issues regarding, first, whether the domestic courts may impose on taxpayers more lenient sanctions even if they are not provided for by law and, second, what criteria should be taken into account in examining the proportionality of a penalty.</t>
+  </si>
+  <si>
+    <t>Article 1 of Protocol No. 1</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd/mm/yyyy;@"/>
   </numFmts>
   <fonts count="29" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF0070C0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="4" tint="-0.499984740745262"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
@@ -982,56 +997,50 @@
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <i/>
       <sz val="11"/>
       <color theme="3" tint="-0.499984740745262"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FFC00000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="3" tint="-0.499984740745262"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
-    <font>
-[...4 lines deleted...]
-    </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="3" tint="-0.499984740745262"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="11">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
@@ -1122,254 +1131,254 @@
     <border>
       <left style="thin">
         <color theme="4"/>
       </left>
       <right/>
       <top style="thin">
         <color rgb="FF0070C0"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="4" tint="0.59996337778862885"/>
       </left>
       <right style="thin">
         <color theme="4" tint="0.59996337778862885"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyProtection="0">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyProtection="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyProtection="0">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyProtection="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
   </cellStyleXfs>
   <cellXfs count="68">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="14" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="15" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
-    <xf numFmtId="49" fontId="14" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="15" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="18" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="18" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
     </xf>
-    <xf numFmtId="164" fontId="3" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="4" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="3" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="4" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="3" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="4" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="19" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="20" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
     </xf>
-    <xf numFmtId="14" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="3" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="4" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
     </xf>
-    <xf numFmtId="14" fontId="19" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="20" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="3" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="4" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="3" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="4" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
     </xf>
-    <xf numFmtId="49" fontId="3" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="4" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="3" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="4" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
     </xf>
-    <xf numFmtId="164" fontId="24" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="25" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="24" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="25" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
     </xf>
-    <xf numFmtId="49" fontId="24" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="25" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="24" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="25" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="24" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="25" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
     </xf>
-    <xf numFmtId="49" fontId="24" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="25" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="27" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="24" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="25" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="24" fillId="0" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="25" fillId="0" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="24" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="25" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8" customBuiltin="1"/>
     <cellStyle name="Hyperlink 2" xfId="2" xr:uid="{9725483A-B166-4BAE-AA5B-A7B7C6310022}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="20">
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color rgb="FF244062"/>
         <name val="Calibri"/>
         <scheme val="none"/>
       </font>
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0">
         <left style="thin">
           <color rgb="FF0070C0"/>
@@ -2098,54 +2107,54 @@
         <a:xfrm>
           <a:off x="22387705" y="156635"/>
           <a:ext cx="1257300" cy="447675"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="3" xr:uid="{E58F078A-978B-4FC7-A9DE-E3638BB07B16}" name="KSPendingGC4" displayName="KSPendingGC4" ref="B4:J16" totalsRowShown="0" headerRowDxfId="19" dataDxfId="18" tableBorderDxfId="17">
-[...2 lines deleted...]
-    <sortCondition descending="1" ref="F4:F16"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="3" xr:uid="{E58F078A-978B-4FC7-A9DE-E3638BB07B16}" name="KSPendingGC4" displayName="KSPendingGC4" ref="B4:J17" totalsRowShown="0" headerRowDxfId="19" dataDxfId="18" tableBorderDxfId="17">
+  <autoFilter ref="B4:J17" xr:uid="{00000000-0009-0000-0100-000002000000}"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="B5:H17">
+    <sortCondition descending="1" ref="F4:F17"/>
   </sortState>
   <tableColumns count="9">
     <tableColumn id="4" xr3:uid="{6B8FBA87-851A-4EFC-B0A5-051FBC693B57}" name="Reference number_x000a_(with link to press release or opinion)" dataDxfId="16" dataCellStyle="Hyperlink"/>
     <tableColumn id="3" xr3:uid="{9E20D850-F72F-4560-AF85-A9E02F34944F}" name="Date of request" dataDxfId="15" dataCellStyle="Hyperlink"/>
     <tableColumn id="5" xr3:uid="{C0C3A101-6343-4F3A-92E0-C77ABB9D57D7}" name="Requesting court" dataDxfId="14"/>
     <tableColumn id="9" xr3:uid="{C4DA8A1E-5EC4-43DA-96D8-D13082ACEFB1}" name="Request accepted / rejected by the _x000a_GC panel "/>
     <tableColumn id="8" xr3:uid="{0F23A687-A02D-45B9-9DD0-B453316F8C64}" name="Date of acceptance / rejection of the request" dataDxfId="13"/>
     <tableColumn id="1" xr3:uid="{94993CE9-A13C-4DC4-998B-198D40F88F46}" name="Description of the request" dataDxfId="12"/>
     <tableColumn id="2" xr3:uid="{DB1F89FB-8D81-4B2E-8A75-8D9D383F7CAC}" name="Relevant Convention Article(s)" dataDxfId="11"/>
     <tableColumn id="10" xr3:uid="{D3C2BA24-18E0-4A16-BD2A-AD83910A5EF3}" name="Date of opinion"/>
     <tableColumn id="6" xr3:uid="{05185A56-562C-4C3D-B055-DB33ED978143}" name="Court's opinion" dataDxfId="10"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="1"/>
 </table>
 </file>
 
 <file path=xl/tables/table2.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{00000000-000C-0000-FFFF-FFFF01000000}" name="KSPendingGC2" displayName="KSPendingGC2" ref="B3:H23" totalsRowShown="0" headerRowDxfId="9" dataDxfId="8" tableBorderDxfId="7">
   <autoFilter ref="B3:H23" xr:uid="{00000000-0009-0000-0100-000001000000}"/>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="B4:H23">
     <sortCondition ref="B3:B23"/>
   </sortState>
   <tableColumns count="7">
     <tableColumn id="4" xr3:uid="{00000000-0010-0000-0100-000004000000}" name="Application Name" dataDxfId="6">
       <calculatedColumnFormula>#REF!</calculatedColumnFormula>
@@ -2431,63 +2440,63 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hudoc.echr.coe.int/eng?i=003-6380464-8364383" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=003-7306062-9963179" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=003-7829009-10868837" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-8323375-11737701&amp;filename=Request%20for%20advisory%20opinion%20lodged%20by%20Ukraine%27s%20Supreme%20Court%20on%20whether%20a%20nun%E2%80%99s%20cell%20can%20qualify%20as%20her%20home.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=003-6708535-9909864" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=003-6951456-9350980" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=003-7623141-10493170" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=003-8120427-11370804" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=003-7385703-10773941" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=003-7989132-11151232" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=003-7317048-10811277" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=003-7879233-10954899" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hudoc.echr.coe.int/eng?i=003-6380464-8364383" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-8462572-11987922&amp;filename=Request%20by%20Ukraine%E2%80%99s%20Supreme%20Court%20for%20advisory%20opinion%20on%20dispute%20about%20proportionality%20of%20tax%20penalty.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=003-7306062-9963179" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=003-7829009-10868837" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-8323375-11737701&amp;filename=Request%20for%20advisory%20opinion%20lodged%20by%20Ukraine%27s%20Supreme%20Court%20on%20whether%20a%20nun%E2%80%99s%20cell%20can%20qualify%20as%20her%20home.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=003-6708535-9909864" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=003-6951456-9350980" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=003-7623141-10493170" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=003-8120427-11370804" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=003-7385703-10773941" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=003-7989132-11151232" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=003-7317048-10811277" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=003-7879233-10954899" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://insite.dhcour.coe.int/link/tikitlink.asp?doc=2024927%20&amp;lib=court" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3190931B-A9BA-40F2-8F31-0A3252409FE2}">
-  <dimension ref="B1:L16"/>
+  <dimension ref="B1:L17"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <selection activeCell="B3" sqref="B3:K3"/>
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A5" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+      <selection activeCell="D5" sqref="D5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="1.5703125" style="1" customWidth="1"/>
     <col min="2" max="2" width="20.42578125" style="2" customWidth="1"/>
     <col min="3" max="3" width="15.5703125" style="2" customWidth="1"/>
     <col min="4" max="4" width="39.140625" style="1" customWidth="1"/>
     <col min="5" max="5" width="23.5703125" style="1" customWidth="1"/>
     <col min="6" max="6" width="15.5703125" style="1" customWidth="1"/>
     <col min="7" max="7" width="115.42578125" style="1" customWidth="1"/>
     <col min="8" max="8" width="26.5703125" style="1" customWidth="1"/>
     <col min="9" max="9" width="24.5703125" style="1" customWidth="1"/>
     <col min="10" max="10" width="87.42578125" style="1" customWidth="1"/>
     <col min="11" max="11" width="21" style="35" customWidth="1"/>
     <col min="12" max="12" width="73" style="1" customWidth="1"/>
     <col min="13" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:12" s="5" customFormat="1" ht="168" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B1" s="65" t="s">
         <v>77</v>
       </c>
       <c r="C1" s="65"/>
       <c r="D1" s="65"/>
@@ -2538,428 +2547,455 @@
       <c r="D4" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="6" t="s">
         <v>32</v>
       </c>
       <c r="F4" s="6" t="s">
         <v>40</v>
       </c>
       <c r="G4" s="6" t="s">
         <v>17</v>
       </c>
       <c r="H4" s="6" t="s">
         <v>1</v>
       </c>
       <c r="I4" s="26" t="s">
         <v>25</v>
       </c>
       <c r="J4" s="27" t="s">
         <v>26</v>
       </c>
       <c r="K4" s="1"/>
     </row>
     <row r="5" spans="2:12" ht="93.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B5" s="59" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="C5" s="60">
-        <v>45890</v>
+        <v>46029</v>
       </c>
       <c r="D5" s="45" t="s">
         <v>75</v>
       </c>
       <c r="E5" s="63" t="s">
         <v>43</v>
       </c>
       <c r="F5" s="60">
-        <v>45915</v>
-[...5 lines deleted...]
-        <v>30</v>
+        <v>46069</v>
+      </c>
+      <c r="G5" s="55" t="s">
+        <v>79</v>
+      </c>
+      <c r="H5" s="56" t="s">
+        <v>80</v>
       </c>
       <c r="I5" s="52"/>
       <c r="J5" s="58"/>
       <c r="K5" s="1"/>
     </row>
-    <row r="6" spans="2:12" ht="60" x14ac:dyDescent="0.25">
+    <row r="6" spans="2:12" ht="93.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B6" s="59" t="s">
+        <v>74</v>
+      </c>
+      <c r="C6" s="60">
+        <v>45890</v>
+      </c>
+      <c r="D6" s="45" t="s">
+        <v>75</v>
+      </c>
+      <c r="E6" s="63" t="s">
+        <v>43</v>
+      </c>
+      <c r="F6" s="60">
+        <v>45915</v>
+      </c>
+      <c r="G6" s="47" t="s">
+        <v>76</v>
+      </c>
+      <c r="H6" s="64" t="s">
+        <v>30</v>
+      </c>
+      <c r="I6" s="52"/>
+      <c r="J6" s="58"/>
+      <c r="K6" s="1"/>
+    </row>
+    <row r="7" spans="2:12" ht="60" x14ac:dyDescent="0.25">
+      <c r="B7" s="59" t="s">
         <v>72</v>
       </c>
-      <c r="C6" s="52">
+      <c r="C7" s="52">
         <v>45609</v>
-      </c>
-[...28 lines deleted...]
-        <v>45349</v>
       </c>
       <c r="D7" s="53" t="s">
         <v>69</v>
       </c>
       <c r="E7" s="54" t="s">
         <v>35</v>
       </c>
       <c r="F7" s="52">
-        <v>45471</v>
+        <v>45646</v>
       </c>
       <c r="G7" s="55" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="H7" s="56" t="s">
-        <v>71</v>
+        <v>30</v>
       </c>
       <c r="I7" s="52" t="s">
         <v>38</v>
       </c>
-      <c r="J7" s="57" t="s">
+      <c r="J7" s="58" t="s">
         <v>38</v>
       </c>
       <c r="K7" s="1"/>
     </row>
     <row r="8" spans="2:12" ht="53.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B8" s="59" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="C8" s="60">
-        <v>45301</v>
+        <v>45349</v>
       </c>
       <c r="D8" s="53" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="E8" s="54" t="s">
         <v>35</v>
       </c>
       <c r="F8" s="52">
-        <v>45341</v>
+        <v>45471</v>
       </c>
       <c r="G8" s="55" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="H8" s="56" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="I8" s="52" t="s">
         <v>38</v>
       </c>
       <c r="J8" s="57" t="s">
         <v>38</v>
       </c>
       <c r="K8" s="1"/>
     </row>
-    <row r="9" spans="2:12" ht="225" x14ac:dyDescent="0.25">
+    <row r="9" spans="2:12" ht="53.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B9" s="59" t="s">
+        <v>64</v>
+      </c>
+      <c r="C9" s="60">
+        <v>45301</v>
+      </c>
+      <c r="D9" s="53" t="s">
+        <v>65</v>
+      </c>
+      <c r="E9" s="54" t="s">
+        <v>35</v>
+      </c>
+      <c r="F9" s="52">
+        <v>45341</v>
+      </c>
+      <c r="G9" s="55" t="s">
+        <v>66</v>
+      </c>
+      <c r="H9" s="56" t="s">
+        <v>67</v>
+      </c>
+      <c r="I9" s="52" t="s">
+        <v>38</v>
+      </c>
+      <c r="J9" s="57" t="s">
+        <v>38</v>
+      </c>
+      <c r="K9" s="1"/>
+    </row>
+    <row r="10" spans="2:12" ht="225" x14ac:dyDescent="0.25">
+      <c r="B10" s="59" t="s">
         <v>59</v>
       </c>
-      <c r="C9" s="44">
+      <c r="C10" s="44">
         <v>45029</v>
       </c>
-      <c r="D9" s="45" t="s">
+      <c r="D10" s="45" t="s">
         <v>60</v>
       </c>
-      <c r="E9" s="46" t="s">
+      <c r="E10" s="46" t="s">
         <v>43</v>
       </c>
-      <c r="F9" s="44">
+      <c r="F10" s="44">
         <v>45056</v>
       </c>
-      <c r="G9" s="47" t="s">
+      <c r="G10" s="47" t="s">
         <v>63</v>
       </c>
-      <c r="H9" s="48" t="s">
+      <c r="H10" s="48" t="s">
         <v>61</v>
       </c>
-      <c r="I9" s="32">
+      <c r="I10" s="32">
         <v>45274</v>
       </c>
-      <c r="J9" s="43" t="s">
+      <c r="J10" s="43" t="s">
         <v>62</v>
       </c>
-      <c r="K9" s="1"/>
-[...2 lines deleted...]
-      <c r="B10" s="59" t="s">
+      <c r="K10" s="1"/>
+    </row>
+    <row r="11" spans="2:12" ht="143.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B11" s="59" t="s">
         <v>54</v>
       </c>
-      <c r="C10" s="44">
+      <c r="C11" s="44">
         <v>44844</v>
       </c>
-      <c r="D10" s="39" t="s">
+      <c r="D11" s="39" t="s">
         <v>55</v>
-      </c>
-[...28 lines deleted...]
-        <v>47</v>
       </c>
       <c r="E11" s="40" t="s">
         <v>43</v>
       </c>
       <c r="F11" s="38">
-        <v>44347</v>
+        <v>44872</v>
       </c>
       <c r="G11" s="22" t="s">
-        <v>48</v>
+        <v>56</v>
       </c>
       <c r="H11" s="30" t="s">
-        <v>49</v>
+        <v>57</v>
       </c>
       <c r="I11" s="32">
-        <v>44755</v>
+        <v>45029</v>
       </c>
       <c r="J11" s="43" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="K11" s="1"/>
     </row>
-    <row r="12" spans="2:12" ht="229.35" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="12" spans="2:12" ht="271.35000000000002" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B12" s="59" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="C12" s="44">
-        <v>44266</v>
+        <v>44301</v>
       </c>
       <c r="D12" s="39" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="E12" s="40" t="s">
         <v>43</v>
       </c>
       <c r="F12" s="38">
+        <v>44347</v>
+      </c>
+      <c r="G12" s="22" t="s">
+        <v>48</v>
+      </c>
+      <c r="H12" s="30" t="s">
+        <v>49</v>
+      </c>
+      <c r="I12" s="32">
+        <v>44755</v>
+      </c>
+      <c r="J12" s="43" t="s">
+        <v>53</v>
+      </c>
+      <c r="K12" s="1"/>
+    </row>
+    <row r="13" spans="2:12" ht="229.35" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B13" s="59" t="s">
+        <v>41</v>
+      </c>
+      <c r="C13" s="44">
+        <v>44266</v>
+      </c>
+      <c r="D13" s="39" t="s">
+        <v>42</v>
+      </c>
+      <c r="E13" s="40" t="s">
+        <v>43</v>
+      </c>
+      <c r="F13" s="38">
         <v>44326</v>
       </c>
-      <c r="G12" s="22" t="s">
+      <c r="G13" s="22" t="s">
         <v>45</v>
       </c>
-      <c r="H12" s="30" t="s">
+      <c r="H13" s="30" t="s">
         <v>44</v>
       </c>
-      <c r="I12" s="32">
+      <c r="I13" s="32">
         <v>44677</v>
       </c>
-      <c r="J12" s="43" t="s">
+      <c r="J13" s="43" t="s">
         <v>52</v>
       </c>
-      <c r="K12" s="1"/>
-[...2 lines deleted...]
-      <c r="B13" s="59" t="s">
+      <c r="K13" s="1"/>
+    </row>
+    <row r="14" spans="2:12" ht="267" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B14" s="59" t="s">
         <v>14</v>
       </c>
-      <c r="C13" s="44">
+      <c r="C14" s="44">
         <v>44140</v>
       </c>
-      <c r="D13" s="25" t="s">
+      <c r="D14" s="25" t="s">
         <v>12</v>
       </c>
-      <c r="E13" s="42" t="s">
+      <c r="E14" s="42" t="s">
         <v>39</v>
       </c>
-      <c r="F13" s="23">
+      <c r="F14" s="23">
         <v>44221</v>
       </c>
-      <c r="G13" s="22" t="s">
+      <c r="G14" s="22" t="s">
         <v>18</v>
       </c>
-      <c r="H13" s="24" t="s">
+      <c r="H14" s="24" t="s">
         <v>15</v>
       </c>
-      <c r="I13" s="32">
+      <c r="I14" s="32">
         <v>44659</v>
       </c>
-      <c r="J13" s="43" t="s">
+      <c r="J14" s="43" t="s">
         <v>51</v>
       </c>
-      <c r="K13" s="1"/>
-[...2 lines deleted...]
-      <c r="B14" s="59" t="s">
+      <c r="K14" s="1"/>
+    </row>
+    <row r="15" spans="2:12" ht="88.35" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B15" s="59" t="s">
         <v>33</v>
       </c>
-      <c r="C14" s="44">
+      <c r="C15" s="44">
         <v>44154</v>
       </c>
-      <c r="D14" s="39" t="s">
+      <c r="D15" s="39" t="s">
         <v>34</v>
       </c>
-      <c r="E14" s="40" t="s">
+      <c r="E15" s="40" t="s">
         <v>35</v>
       </c>
-      <c r="F14" s="38">
+      <c r="F15" s="38">
         <v>44179</v>
       </c>
-      <c r="G14" s="22" t="s">
+      <c r="G15" s="22" t="s">
         <v>36</v>
       </c>
-      <c r="H14" s="30" t="s">
+      <c r="H15" s="30" t="s">
         <v>37</v>
       </c>
-      <c r="I14" s="41" t="s">
+      <c r="I15" s="41" t="s">
         <v>38</v>
       </c>
-      <c r="J14" s="41" t="s">
+      <c r="J15" s="41" t="s">
         <v>38</v>
       </c>
-      <c r="K14" s="1"/>
-[...2 lines deleted...]
-      <c r="B15" s="61" t="s">
+      <c r="K15" s="1"/>
+    </row>
+    <row r="16" spans="2:12" ht="315.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B16" s="61" t="s">
         <v>24</v>
       </c>
-      <c r="C15" s="62">
+      <c r="C16" s="62">
         <v>43710</v>
       </c>
-      <c r="D15" s="28" t="s">
+      <c r="D16" s="28" t="s">
         <v>29</v>
-      </c>
-[...28 lines deleted...]
-        <v>28</v>
       </c>
       <c r="E16" s="42" t="s">
         <v>39</v>
       </c>
       <c r="F16" s="29">
+        <v>43740</v>
+      </c>
+      <c r="G16" s="22" t="s">
+        <v>23</v>
+      </c>
+      <c r="H16" s="30" t="s">
+        <v>27</v>
+      </c>
+      <c r="I16" s="32">
+        <v>43980</v>
+      </c>
+      <c r="J16" s="31" t="s">
+        <v>22</v>
+      </c>
+      <c r="K16" s="1"/>
+    </row>
+    <row r="17" spans="2:11" ht="212.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B17" s="61" t="s">
+        <v>21</v>
+      </c>
+      <c r="C17" s="62">
+        <v>43385</v>
+      </c>
+      <c r="D17" s="33" t="s">
+        <v>28</v>
+      </c>
+      <c r="E17" s="42" t="s">
+        <v>39</v>
+      </c>
+      <c r="F17" s="29">
         <v>43437</v>
       </c>
-      <c r="G16" s="21" t="s">
+      <c r="G17" s="21" t="s">
         <v>20</v>
       </c>
-      <c r="H16" s="30" t="s">
+      <c r="H17" s="30" t="s">
         <v>30</v>
       </c>
-      <c r="I16" s="34">
+      <c r="I17" s="34">
         <v>43565</v>
       </c>
-      <c r="J16" s="21" t="s">
+      <c r="J17" s="21" t="s">
         <v>19</v>
       </c>
-      <c r="K16" s="1"/>
+      <c r="K17" s="1"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="B1:K1"/>
     <mergeCell ref="B3:K3"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="B14" r:id="rId1" xr:uid="{4CB95E70-316D-4862-BE23-11C2A87279E2}"/>
-[...10 lines deleted...]
-    <hyperlink ref="B5" r:id="rId12" display="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-8323375-11737701&amp;filename=Request%20for%20advisory%20opinion%20lodged%20by%20Ukraine%27s%20Supreme%20Court%20on%20whether%20a%20nun%E2%80%99s%20cell%20can%20qualify%20as%20her%20home.pdf" xr:uid="{6820B305-7FA7-4E26-ADDB-23ABF4FAC455}"/>
+    <hyperlink ref="B15" r:id="rId1" xr:uid="{4CB95E70-316D-4862-BE23-11C2A87279E2}"/>
+    <hyperlink ref="B16" r:id="rId2" xr:uid="{A4B0218B-69BC-418A-BEED-DAD415B8E4BC}"/>
+    <hyperlink ref="B14" r:id="rId3" xr:uid="{D4AF3C81-DB12-42DB-AE67-98D75515B10B}"/>
+    <hyperlink ref="B13" r:id="rId4" xr:uid="{19571831-3B51-4253-9A86-BC439C761645}"/>
+    <hyperlink ref="B12" r:id="rId5" xr:uid="{C9810A71-F870-4BF1-92DE-425A567899CC}"/>
+    <hyperlink ref="B11" r:id="rId6" xr:uid="{96E2D464-4E01-4E02-97A0-6594295DD3DF}"/>
+    <hyperlink ref="B10" r:id="rId7" xr:uid="{58E1F8C5-C692-45CF-B65F-E2777A7B57CC}"/>
+    <hyperlink ref="B17" r:id="rId8" xr:uid="{CDA49E71-47DE-47B2-9C81-76450B65D91C}"/>
+    <hyperlink ref="B9" r:id="rId9" xr:uid="{5AC00103-6623-47C5-B2CB-3A88C409A9C8}"/>
+    <hyperlink ref="B8" r:id="rId10" xr:uid="{03B6D299-488B-46E9-90A8-B57C0B1ECB3B}"/>
+    <hyperlink ref="B7" r:id="rId11" xr:uid="{4ED721A9-D062-450A-BD69-1FAB07B5B57E}"/>
+    <hyperlink ref="B6" r:id="rId12" display="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-8323375-11737701&amp;filename=Request%20for%20advisory%20opinion%20lodged%20by%20Ukraine%27s%20Supreme%20Court%20on%20whether%20a%20nun%E2%80%99s%20cell%20can%20qualify%20as%20her%20home.pdf" xr:uid="{6820B305-7FA7-4E26-ADDB-23ABF4FAC455}"/>
+    <hyperlink ref="B5" r:id="rId13" display="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-8462572-11987922&amp;filename=Request%20by%20Ukraine%E2%80%99s%20Supreme%20Court%20for%20advisory%20opinion%20on%20dispute%20about%20proportionality%20of%20tax%20penalty.pdf" xr:uid="{922EE262-9798-4782-BED3-8BC5340453F0}"/>
   </hyperlinks>
   <pageMargins left="0.23622047244094491" right="0.15748031496062992" top="0.39370078740157483" bottom="0.43307086614173229" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="8" scale="70" fitToHeight="0" orientation="landscape" r:id="rId13"/>
-  <drawing r:id="rId14"/>
+  <pageSetup paperSize="8" scale="70" fitToHeight="0" orientation="landscape" r:id="rId14"/>
+  <drawing r:id="rId15"/>
   <tableParts count="1">
-    <tablePart r:id="rId15"/>
+    <tablePart r:id="rId16"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr codeName="Sheet2">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B1:H25"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="F4" sqref="F4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="1.5703125" style="1" customWidth="1"/>
     <col min="2" max="2" width="43.5703125" style="2" customWidth="1"/>
     <col min="3" max="3" width="24.5703125" style="3" customWidth="1"/>
     <col min="4" max="4" width="21.5703125" style="1" customWidth="1"/>
     <col min="5" max="5" width="20.140625" style="1" customWidth="1"/>
     <col min="6" max="8" width="19.42578125" style="1" customWidth="1"/>
     <col min="9" max="16384" width="9.140625" style="1"/>
   </cols>