--- v2 (2026-02-24)
+++ v3 (2026-03-17)
@@ -14,51 +14,51 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27928"/>
   <workbookPr codeName="ThisWorkbook" autoCompressPictures="0" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\Delrue\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{0A4CCF2F-52E7-4396-824C-A5666B87BC83}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C3C71324-DC19-470B-8E7A-FFDF8BBA32F8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="28680" yWindow="-2070" windowWidth="21840" windowHeight="13020" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Advisory Opinions" sheetId="5" r:id="rId1"/>
     <sheet name="CHECKLIST" sheetId="4" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_GoBack" localSheetId="0">'Advisory Opinions'!$J$13</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Advisory Opinions'!$A$1:$H$17</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
@@ -127,51 +127,51 @@
   <c r="C4" i="4"/>
   <c r="B5" i="4"/>
   <c r="B6" i="4"/>
   <c r="B7" i="4"/>
   <c r="B8" i="4"/>
   <c r="B9" i="4"/>
   <c r="B10" i="4"/>
   <c r="B11" i="4"/>
   <c r="B12" i="4"/>
   <c r="B13" i="4"/>
   <c r="B14" i="4"/>
   <c r="B15" i="4"/>
   <c r="B16" i="4"/>
   <c r="B17" i="4"/>
   <c r="B18" i="4"/>
   <c r="B19" i="4"/>
   <c r="B20" i="4"/>
   <c r="B21" i="4"/>
   <c r="B22" i="4"/>
   <c r="B23" i="4"/>
   <c r="B4" i="4"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="102" uniqueCount="81">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="103" uniqueCount="83">
   <si>
     <t>Application Name</t>
   </si>
   <si>
     <t>Relevant Convention Article(s)</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <i/>
         <u/>
         <sz val="11"/>
         <color theme="4" tint="-0.499984740745262"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Excel tips</t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="11"/>
@@ -770,50 +770,60 @@
   <si>
     <t>The request of the High Court of Cassation and Justice of Romania, on the interpretation and application of Article 8, was made in the context of an appeal pending before the High Court concerning a judge’s dismissal from office for failure to attend an expert medical evaluation, which was intended to determine whether she was suffering from a mental illness that would prevent her from performing her duties properly.</t>
   </si>
   <si>
     <t>P16-2025-001</t>
   </si>
   <si>
     <t>Ukraine’s Supreme Court</t>
   </si>
   <si>
     <t>With its request for an advisory opinion the Ukraine Supreme Court seeks the Court’s guidance on the Convention issues arising in a case pending before it concerning a dispute between a monastery of the Ukrainian Greek Catholic Church and a former nun over her right to live in a convent owned by the monastery which she had left in a context of conflict within the religious community.
 The request raises issues regarding the right to reside in a monastery of a person who used to belong to a religious order, in particular, whether the premises of religious buildings – monasteries (monastic cells) – constitute a “home” within the meaning of Article 8, and whether the national court’s jurisdiction extends to such a dispute.</t>
   </si>
   <si>
     <t xml:space="preserve">Requests for advisory opinion under Protocol No. 16 *
 </t>
   </si>
   <si>
     <t>P16-2026-001</t>
   </si>
   <si>
     <t>With its request for an advisory opinion the Ukraine Supreme Court seeks the Court’s guidance on Convention issues arising in a case pending before it, concerning a dispute between a private company and the tax authorities about the proportionality of a penalty calculated at a flat rate set by law.  The request raises issues regarding, first, whether the domestic courts may impose on taxpayers more lenient sanctions even if they are not provided for by law and, second, what criteria should be taken into account in examining the proportionality of a penalty.</t>
   </si>
   <si>
     <t>Article 1 of Protocol No. 1</t>
+  </si>
+  <si>
+    <t>Articles 8, 9 and 6 § 1 and Article 1 of Protocol No. 1</t>
+  </si>
+  <si>
+    <t>Question 1:
+The premises of a monastery or convent, including monastic cells, could be considered the “home”, within the meaning of Article 8, read in light of Article 9, of the persons having sufficient and continuous links to those premises. If those links were solely based on religious grounds, then the status of those persons within the relevant religious community occupying the premises became particularly important.
+Question 2: 
+The applicability of Article 6, and of the right of access to a court guaranteed by it, to proceedings before a domestic court depended on whether the dispute concerned a right which could be said, at least on arguable grounds, to be recognised under domestic law. That was primarily a matter for the national court to resolve. In so doing, it should subject the claim as asserted before it to careful examination and provide cogent reasoning for the conclusion reached on that issue, having regard to the relevant domestic law and case-law. In the case that was pending before the requesting court, the domestic provisions and case-law concerning the autonomy of religious organisations would be of particular relevance to that assessment.
+If the national court concluded that, given the facts of the case and the relevant domestic law, the plaintiff in the proceedings could not now claim any “right”, not even on an arguable basis, in relation to the cell that she had used to occupy, it would follow that it was not required, under Article 6, to determine the merits of that claim. If, however, the national court’s conclusion was that the right claimed by the plaintiff was at least arguable, and that the other conditions for applicability of Article 6 were also met, then she would, in principle, be entitled to a determination of her claim in compliance with the requirements of a fair civil trial, which had been set out in the Court’s well-established case-law under that provision.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd/mm/yyyy;@"/>
   </numFmts>
   <fonts count="29" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
@@ -1138,51 +1148,51 @@
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="4" tint="0.59996337778862885"/>
       </left>
       <right style="thin">
         <color theme="4" tint="0.59996337778862885"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyProtection="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyProtection="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="68">
+  <cellXfs count="69">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
@@ -1336,50 +1346,53 @@
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="25" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="25" fillId="0" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="25" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8" customBuiltin="1"/>
     <cellStyle name="Hyperlink 2" xfId="2" xr:uid="{9725483A-B166-4BAE-AA5B-A7B7C6310022}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="20">
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color rgb="FF244062"/>
         <name val="Calibri"/>
         <scheme val="none"/>
       </font>
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0">
         <left style="thin">
           <color rgb="FF0070C0"/>
         </left>
@@ -2451,52 +2464,52 @@
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hudoc.echr.coe.int/eng?i=003-6380464-8364383" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-8462572-11987922&amp;filename=Request%20by%20Ukraine%E2%80%99s%20Supreme%20Court%20for%20advisory%20opinion%20on%20dispute%20about%20proportionality%20of%20tax%20penalty.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=003-7306062-9963179" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=003-7829009-10868837" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-8323375-11737701&amp;filename=Request%20for%20advisory%20opinion%20lodged%20by%20Ukraine%27s%20Supreme%20Court%20on%20whether%20a%20nun%E2%80%99s%20cell%20can%20qualify%20as%20her%20home.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=003-6708535-9909864" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=003-6951456-9350980" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=003-7623141-10493170" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=003-8120427-11370804" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=003-7385703-10773941" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=003-7989132-11151232" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=003-7317048-10811277" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=003-7879233-10954899" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://insite.dhcour.coe.int/link/tikitlink.asp?doc=2024927%20&amp;lib=court" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3190931B-A9BA-40F2-8F31-0A3252409FE2}">
   <dimension ref="B1:L17"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A5" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <selection activeCell="D5" sqref="D5"/>
+    <sheetView showGridLines="0" tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+      <selection activeCell="C4" sqref="C4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="1.5703125" style="1" customWidth="1"/>
     <col min="2" max="2" width="20.42578125" style="2" customWidth="1"/>
     <col min="3" max="3" width="15.5703125" style="2" customWidth="1"/>
     <col min="4" max="4" width="39.140625" style="1" customWidth="1"/>
     <col min="5" max="5" width="23.5703125" style="1" customWidth="1"/>
     <col min="6" max="6" width="15.5703125" style="1" customWidth="1"/>
     <col min="7" max="7" width="115.42578125" style="1" customWidth="1"/>
     <col min="8" max="8" width="26.5703125" style="1" customWidth="1"/>
     <col min="9" max="9" width="24.5703125" style="1" customWidth="1"/>
     <col min="10" max="10" width="87.42578125" style="1" customWidth="1"/>
     <col min="11" max="11" width="21" style="35" customWidth="1"/>
     <col min="12" max="12" width="73" style="1" customWidth="1"/>
     <col min="13" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:12" s="5" customFormat="1" ht="168" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B1" s="65" t="s">
         <v>77</v>
       </c>
       <c r="C1" s="65"/>
       <c r="D1" s="65"/>
@@ -2571,74 +2584,78 @@
       <c r="B5" s="59" t="s">
         <v>78</v>
       </c>
       <c r="C5" s="60">
         <v>46029</v>
       </c>
       <c r="D5" s="45" t="s">
         <v>75</v>
       </c>
       <c r="E5" s="63" t="s">
         <v>43</v>
       </c>
       <c r="F5" s="60">
         <v>46069</v>
       </c>
       <c r="G5" s="55" t="s">
         <v>79</v>
       </c>
       <c r="H5" s="56" t="s">
         <v>80</v>
       </c>
       <c r="I5" s="52"/>
       <c r="J5" s="58"/>
       <c r="K5" s="1"/>
     </row>
-    <row r="6" spans="2:12" ht="93.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="6" spans="2:12" ht="398.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B6" s="59" t="s">
         <v>74</v>
       </c>
       <c r="C6" s="60">
         <v>45890</v>
       </c>
       <c r="D6" s="45" t="s">
         <v>75</v>
       </c>
       <c r="E6" s="63" t="s">
         <v>43</v>
       </c>
       <c r="F6" s="60">
         <v>45915</v>
       </c>
       <c r="G6" s="47" t="s">
         <v>76</v>
       </c>
       <c r="H6" s="64" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-      <c r="J6" s="58"/>
+        <v>81</v>
+      </c>
+      <c r="I6" s="60">
+        <v>46086</v>
+      </c>
+      <c r="J6" s="68" t="s">
+        <v>82</v>
+      </c>
       <c r="K6" s="1"/>
     </row>
     <row r="7" spans="2:12" ht="60" x14ac:dyDescent="0.25">
       <c r="B7" s="59" t="s">
         <v>72</v>
       </c>
       <c r="C7" s="52">
         <v>45609</v>
       </c>
       <c r="D7" s="53" t="s">
         <v>69</v>
       </c>
       <c r="E7" s="54" t="s">
         <v>35</v>
       </c>
       <c r="F7" s="52">
         <v>45646</v>
       </c>
       <c r="G7" s="55" t="s">
         <v>73</v>
       </c>
       <c r="H7" s="56" t="s">
         <v>30</v>
       </c>
       <c r="I7" s="52" t="s">