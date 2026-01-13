--- v0 (2025-10-03)
+++ v1 (2026-01-13)
@@ -6,68 +6,68 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="26731"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27928"/>
   <workbookPr codeName="ThisWorkbook" autoCompressPictures="0" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Delrue\AppData\Roaming\OpenText\DM\Temp\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\delrue\AppData\Roaming\OpenText\DM\Temp\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{EDCC4CB0-3047-42FD-A703-420A29F9C15B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{6AC317A7-99DA-4470-8756-7B37CBC109C8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Avize consultative" sheetId="5" r:id="rId1"/>
     <sheet name="CHECKLIST" sheetId="4" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_GoBack" localSheetId="0">'Avize consultative'!$J$12</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'Avize consultative'!$A$2:$K$22</definedName>
+    <definedName name="_GoBack" localSheetId="0">'Avize consultative'!$J$14</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'Avize consultative'!$A$2:$K$23</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="E23" i="4" l="1"/>
   <c r="D23" i="4"/>
   <c r="C23" i="4"/>
   <c r="B23" i="4"/>
   <c r="E22" i="4"/>
@@ -128,51 +128,51 @@
   <c r="B9" i="4"/>
   <c r="E8" i="4"/>
   <c r="D8" i="4"/>
   <c r="C8" i="4"/>
   <c r="B8" i="4"/>
   <c r="E7" i="4"/>
   <c r="D7" i="4"/>
   <c r="C7" i="4"/>
   <c r="B7" i="4"/>
   <c r="E6" i="4"/>
   <c r="D6" i="4"/>
   <c r="C6" i="4"/>
   <c r="B6" i="4"/>
   <c r="E5" i="4"/>
   <c r="D5" i="4"/>
   <c r="C5" i="4"/>
   <c r="B5" i="4"/>
   <c r="E4" i="4"/>
   <c r="D4" i="4"/>
   <c r="C4" i="4"/>
   <c r="B4" i="4"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="122" uniqueCount="104">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="130" uniqueCount="110">
   <si>
     <t>* Tabelul include toate cererile de aviz consultativ formulate în temeiul Protocolului nr. 16 care au fost acceptate sau respinse de Colegiul Marii Camere. Întocmit de Grefă. Nu obligă Curtea.</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <i/>
         <u/>
         <sz val="11"/>
         <color theme="4" tint="-0.499984740745262"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Sfaturi pentru Excel:</t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="11"/>
         <color theme="4" tint="-0.499984740745262"/>
         <rFont val="Calibri"/>
         <family val="2"/>
@@ -1358,50 +1358,69 @@
       <t>, Curtea enunță mai jos criteriile pe care le consideră relevante în materie: 
 a) criteriul legalității; 
 b) criteriul „în mod vădit lipsită de un temei rezonabil”; 
 c) natura criteriului de diferențiere stabilit prin lege și impactul acestuia asupra marjei de apreciere de care beneficiază autoritățile naționale; 
 d) alegerea mijloacelor folosire pentru atingerea scopului(scopurilor) urmărit(e) și caracterul adecvat al mijloacelor folosite în raport cu scopul(scopurile) urmărit(e)
 e) impactul mijloacelor folosite.</t>
     </r>
   </si>
   <si>
     <t>1. Curtea a amintit că interzicerea torturii a dobândit statutul de jus cogens sau normă imperativă în dreptul internațional. În cauzele având ca obiect tortura sau relele tratamente aplicate de agenții statului, procedura penală nu ar trebui să înceteze ca urmare a prescrierii, iar modul în care se aplică prescrierea trebuie să fie compatibil cu cerințele Convenției. Prin urmare, sunt greu de acceptat prescrieri inflexibile care nu admit nicio excepție. În plus, Curtea a constatat o încălcare a aspectului procedural al art. 3 într-o serie de cauze în care infracțiunile în litigiu au fost supuse unei prescrieri care permitea făptuitorului să scape de răspunderea penală.   
 2. Cu toate acestea, ar fi inacceptabil ca autoritățile naționale să compenseze neîndeplinirea obligațiilor pozitive care le revin în temeiul art. 3 în detrimentul garanțiilor prevăzute la art. 7, una dintre acestea fiind aceea că legea penală nu trebuie interpretată în mod extensiv în detrimentul persoanei acuzate. În special și în sensul prezentului aviz consultativ, Curtea a observat că nu rezultă din stadiul actual al jurisprudenței Curții că o parte contractantă este obligată, în temeiul Convenției, să nu aplice o prescriere aplicabilă și, prin urmare, să nu procedeze efectiv la repunerea în termenul de prescripție.   
 3. În ceea ce privește întrebarea referitoare la art. 7, Curtea a reiterat faptul că prescrierea ar putea fi definită ca dreptul legal al unui infractor de a nu fi urmărit penal sau judecat după trecerea unei anumite perioade de timp de la săvârșirea infracțiunii. Revine în primul rând instanței naționale sarcina de a stabili, în cadrul normelor sale interne constituționale și penale, dacă normele de drept internațional care au forță juridică în ordinea juridică națională, în speță în temeiul art. 5 § 3 din Constituție, ar putea oferi o bază legală suficient de clară și previzibilă în sensul art. 7 pentru a concluziona că infracțiunea în litigiu nu este supusă unui termen de prescripție.    
 4. Concluzie: În cazul în care o infracțiune este supusă unui termen de prescripție în temeiul dreptului intern, iar termenul de prescripție aplicabil s-a împlinit deja, art. 7 din Convenție împiedică reluarea urmăririi penale în legătură cu o astfel de infracțiune.</t>
   </si>
   <si>
     <t>10.01.2024</t>
   </si>
   <si>
     <t>19.11.2020</t>
   </si>
   <si>
     <t>CEDO-KS</t>
   </si>
   <si>
     <t>Cereri de aviz consultativ în temeiul Protocolului nr. 16*</t>
+  </si>
+  <si>
+    <t>P16-2025-001</t>
+  </si>
+  <si>
+    <t>15.09.2025</t>
+  </si>
+  <si>
+    <t>Curtea Supremă a Ucrainei</t>
+  </si>
+  <si>
+    <t>21.08.2025</t>
+  </si>
+  <si>
+    <t>Prin cererea sa de aviz consultativ, Curtea Supremă a Ucrainei solicită Curții clarificări cu privire la problemele legate de Convenție care apar într-o cauză pendinte în fața sa vizând un litigiu între o mănăstire a Bisericii Greco-Catolice Ucrainene și o fostă călugăriță privind dreptul acesteia de a trăi într-o comunitate de maici deținută de mănăstirea de unde plecase într-un context de conflict în cadrul comunității religioase.
+Cererea ridică probleme privind dreptul de ședere într-o mănăstire al unei persoane care a aparținut unui ordin religios, în special, dacă clădirile religioase – mănăstiri (chilii monahale) – constituie o „locuință” în sensul art. 8, și dacă jurisdicția instanței naționale cuprinde un astfel de litigiu.</t>
+  </si>
+  <si>
+    <t>Prezenta traducere este publicată cu acordul Consiliului Europei și al Curț ii Europene a Drepturilor Omului și reprezintă  responsabilitatea exclusivă  a Institutului European din România.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd/mm/yyyy;@"/>
   </numFmts>
   <fonts count="32" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -1606,60 +1625,66 @@
       <color theme="4" tint="-0.499984740745262"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <i/>
       <sz val="11"/>
       <color theme="4" tint="-0.499984740745262"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="4" tint="-0.499984740745262"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="16"/>
       <color theme="4" tint="-0.499984740745262"/>
       <name val="Segoe UI Semibold"/>
       <family val="2"/>
     </font>
   </fonts>
-  <fills count="3">
+  <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="3" tint="-0.499984740745262"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="15">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color theme="4"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
@@ -1800,51 +1825,51 @@
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyProtection="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyProtection="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="75">
+  <cellXfs count="86">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
@@ -2000,67 +2025,100 @@
     </xf>
     <xf numFmtId="49" fontId="4" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="49" fontId="4" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="4" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="3" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="23" fillId="3" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="23" fillId="3" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="23" fillId="3" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="23" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
-    </xf>
-[...7 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8" customBuiltin="1"/>
     <cellStyle name="Hyperlink 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="24">
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color rgb="FF244062"/>
         <name val="Calibri"/>
         <scheme val="none"/>
       </font>
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0">
         <left style="thin">
           <color rgb="FF0070C0"/>
         </left>
@@ -2856,54 +2914,54 @@
         <a:xfrm>
           <a:off x="22387705" y="156635"/>
           <a:ext cx="1257300" cy="447675"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="3" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="KSPendingGC4" displayName="KSPendingGC4" ref="B5:J16" totalsRowShown="0" headerRowDxfId="23" dataDxfId="21" headerRowBorderDxfId="22" tableBorderDxfId="20" totalsRowBorderDxfId="19">
-[...2 lines deleted...]
-    <sortCondition descending="1" ref="F5:F18"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="3" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="KSPendingGC4" displayName="KSPendingGC4" ref="B6:J18" totalsRowShown="0" headerRowDxfId="23" dataDxfId="21" headerRowBorderDxfId="22" tableBorderDxfId="20" totalsRowBorderDxfId="19">
+  <autoFilter ref="B6:J18" xr:uid="{00000000-0009-0000-0100-000003000000}"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="B7:H20">
+    <sortCondition descending="1" ref="F6:F20"/>
   </sortState>
   <tableColumns count="9">
     <tableColumn id="4" xr3:uid="{00000000-0010-0000-0000-000004000000}" name="Număr de referință_x000a_(cu link către comunicat de presă sau aviz)" dataDxfId="18"/>
     <tableColumn id="3" xr3:uid="{00000000-0010-0000-0000-000003000000}" name="Data cererii de aviz consultativ" dataDxfId="17" dataCellStyle="Hyperlink"/>
     <tableColumn id="5" xr3:uid="{00000000-0010-0000-0000-000005000000}" name="Instanța solicitantă" dataDxfId="16"/>
     <tableColumn id="9" xr3:uid="{00000000-0010-0000-0000-000009000000}" name="Cerere de aviz consultativ admisă / respinsă de_x000a_Colegiul MC " dataDxfId="15"/>
     <tableColumn id="8" xr3:uid="{00000000-0010-0000-0000-000008000000}" name="Data admiterii / respingerii cererii de aviz consultativ" dataDxfId="14"/>
     <tableColumn id="1" xr3:uid="{00000000-0010-0000-0000-000001000000}" name="Descrierea cererii de aviz consultativ" dataDxfId="13"/>
     <tableColumn id="2" xr3:uid="{00000000-0010-0000-0000-000002000000}" name="Articolul (articolele) relevant(e) din Convenție" dataDxfId="12"/>
     <tableColumn id="10" xr3:uid="{00000000-0010-0000-0000-00000A000000}" name="Data avizului" dataDxfId="11"/>
     <tableColumn id="6" xr3:uid="{00000000-0010-0000-0000-000006000000}" name="Avizul Curții" dataDxfId="10"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="1"/>
 </table>
 </file>
 
 <file path=xl/tables/table2.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{00000000-000C-0000-FFFF-FFFF01000000}" name="KSPendingGC2" displayName="KSPendingGC2" ref="B3:H23" totalsRowShown="0" headerRowDxfId="9" dataDxfId="8" tableBorderDxfId="7">
   <autoFilter ref="B3:H23" xr:uid="{00000000-0009-0000-0100-000001000000}"/>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="B4:H23">
     <sortCondition ref="B3:B23"/>
   </sortState>
   <tableColumns count="7">
     <tableColumn id="4" xr3:uid="{00000000-0010-0000-0100-000004000000}" name="Application Name" dataDxfId="6">
       <calculatedColumnFormula>#REF!</calculatedColumnFormula>
@@ -3189,572 +3247,603 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=003-7829009-10868837" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hudoc.echr.coe.int/eng?i=003-6380464-8364383" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=003-7623141-10493170" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=003-6708535-9909864" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=003-7306062-9963179" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=003-7385703-10773941" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=003-8120427-11370804" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=003-7317048-10811277" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=003-7989132-11151232" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=003-7879233-10954899" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=003-7829009-10868837" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hudoc.echr.coe.int/eng?i=003-6380464-8364383" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=003-7623141-10493170" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-8323375-11737701&amp;filename=Request%20for%20advisory%20opinion%20lodged%20by%20Ukraine%27s%20Supreme%20Court%20on%20whether%20a%20nun%E2%80%99s%20cell%20can%20qualify%20as%20her%20home.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=003-6708535-9909864" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=003-7306062-9963179" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=003-7385703-10773941" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=003-8120427-11370804" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=003-7317048-10811277" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=003-7989132-11151232" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=003-7879233-10954899" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://insite.dhcour.coe.int/link/tikitlink.asp?doc=2024927%20&amp;lib=court" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="B1:L24"/>
+  <dimension ref="B1:L26"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <selection activeCell="C6" sqref="C6"/>
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A6" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+      <selection activeCell="G7" sqref="G7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="1.7109375" style="1" customWidth="1"/>
     <col min="2" max="2" width="19.28515625" style="2" customWidth="1"/>
     <col min="3" max="3" width="14" style="2" customWidth="1"/>
     <col min="4" max="4" width="30.5703125" style="1" customWidth="1"/>
     <col min="5" max="5" width="20.85546875" style="1" customWidth="1"/>
     <col min="6" max="6" width="15.7109375" style="1" customWidth="1"/>
     <col min="7" max="7" width="103.7109375" style="1" customWidth="1"/>
     <col min="8" max="8" width="26" style="1" customWidth="1"/>
     <col min="9" max="9" width="13.5703125" style="1" customWidth="1"/>
     <col min="10" max="10" width="88.7109375" style="1" customWidth="1"/>
     <col min="11" max="11" width="4" style="28" customWidth="1"/>
     <col min="12" max="12" width="73" style="1" customWidth="1"/>
     <col min="13" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:12" ht="25.5" x14ac:dyDescent="0.25">
-      <c r="J1" s="72" t="s">
+      <c r="J1" s="69" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="2" spans="2:12" s="5" customFormat="1" ht="109.5" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B2" s="73" t="s">
+      <c r="B2" s="82" t="s">
         <v>103</v>
       </c>
-      <c r="C2" s="74"/>
-[...6 lines deleted...]
-      <c r="J2" s="74"/>
+      <c r="C2" s="83"/>
+      <c r="D2" s="83"/>
+      <c r="E2" s="83"/>
+      <c r="F2" s="83"/>
+      <c r="G2" s="83"/>
+      <c r="H2" s="83"/>
+      <c r="I2" s="83"/>
+      <c r="J2" s="83"/>
       <c r="K2" s="68"/>
       <c r="L2" s="29"/>
     </row>
     <row r="3" spans="2:12" s="32" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B3" s="31" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="31"/>
       <c r="D3" s="31"/>
       <c r="E3" s="31"/>
       <c r="F3" s="31"/>
       <c r="G3" s="31"/>
       <c r="H3" s="31"/>
       <c r="I3" s="31"/>
       <c r="K3" s="33"/>
     </row>
-    <row r="4" spans="2:12" s="5" customFormat="1" ht="88.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B4" s="70" t="s">
+    <row r="4" spans="2:12" s="79" customFormat="1" ht="24.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B4" s="79" t="s">
+        <v>109</v>
+      </c>
+      <c r="K4" s="80"/>
+    </row>
+    <row r="5" spans="2:12" s="5" customFormat="1" ht="88.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B5" s="81" t="s">
         <v>1</v>
       </c>
-      <c r="C4" s="70"/>
-[...11 lines deleted...]
-      <c r="B5" s="34" t="s">
+      <c r="C5" s="81"/>
+      <c r="D5" s="81"/>
+      <c r="E5" s="81"/>
+      <c r="F5" s="81"/>
+      <c r="G5" s="81"/>
+      <c r="H5" s="81"/>
+      <c r="I5" s="81"/>
+      <c r="J5" s="81"/>
+      <c r="K5" s="81"/>
+      <c r="L5" s="30"/>
+    </row>
+    <row r="6" spans="2:12" ht="114" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B6" s="34" t="s">
         <v>79</v>
       </c>
-      <c r="C5" s="35" t="s">
+      <c r="C6" s="35" t="s">
         <v>2</v>
       </c>
-      <c r="D5" s="35" t="s">
+      <c r="D6" s="35" t="s">
         <v>3</v>
       </c>
-      <c r="E5" s="35" t="s">
+      <c r="E6" s="35" t="s">
         <v>4</v>
       </c>
-      <c r="F5" s="35" t="s">
+      <c r="F6" s="35" t="s">
         <v>5</v>
       </c>
-      <c r="G5" s="35" t="s">
+      <c r="G6" s="35" t="s">
         <v>6</v>
       </c>
-      <c r="H5" s="35" t="s">
+      <c r="H6" s="35" t="s">
         <v>73</v>
       </c>
-      <c r="I5" s="35" t="s">
+      <c r="I6" s="35" t="s">
         <v>7</v>
       </c>
-      <c r="J5" s="36" t="s">
+      <c r="J6" s="36" t="s">
         <v>8</v>
       </c>
-      <c r="K5" s="1"/>
-[...2 lines deleted...]
-      <c r="B6" s="37" t="s">
+      <c r="K6" s="1"/>
+    </row>
+    <row r="7" spans="2:12" s="78" customFormat="1" ht="134.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B7" s="70" t="s">
+        <v>104</v>
+      </c>
+      <c r="C7" s="71" t="s">
+        <v>107</v>
+      </c>
+      <c r="D7" s="72" t="s">
+        <v>106</v>
+      </c>
+      <c r="E7" s="73" t="s">
+        <v>24</v>
+      </c>
+      <c r="F7" s="71" t="s">
+        <v>105</v>
+      </c>
+      <c r="G7" s="74" t="s">
+        <v>108</v>
+      </c>
+      <c r="H7" s="75" t="s">
+        <v>13</v>
+      </c>
+      <c r="I7" s="76"/>
+      <c r="J7" s="77"/>
+    </row>
+    <row r="8" spans="2:12" ht="87" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B8" s="37" t="s">
         <v>9</v>
       </c>
-      <c r="C6" s="38" t="s">
+      <c r="C8" s="38" t="s">
         <v>80</v>
       </c>
-      <c r="D6" s="39" t="s">
+      <c r="D8" s="39" t="s">
         <v>10</v>
-      </c>
-[...58 lines deleted...]
-        <v>19</v>
       </c>
       <c r="E8" s="40" t="s">
         <v>11</v>
       </c>
       <c r="F8" s="38" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="G8" s="41" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="H8" s="42" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="I8" s="38" t="s">
         <v>14</v>
       </c>
       <c r="J8" s="43" t="s">
         <v>14</v>
       </c>
       <c r="K8" s="1"/>
     </row>
-    <row r="9" spans="2:12" ht="257.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="2:12" ht="72" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B9" s="37" t="s">
+        <v>15</v>
+      </c>
+      <c r="C9" s="38" t="s">
+        <v>81</v>
+      </c>
+      <c r="D9" s="39" t="s">
+        <v>10</v>
+      </c>
+      <c r="E9" s="40" t="s">
+        <v>11</v>
+      </c>
+      <c r="F9" s="38" t="s">
+        <v>71</v>
+      </c>
+      <c r="G9" s="41" t="s">
+        <v>16</v>
+      </c>
+      <c r="H9" s="42" t="s">
+        <v>17</v>
+      </c>
+      <c r="I9" s="38" t="s">
+        <v>14</v>
+      </c>
+      <c r="J9" s="43" t="s">
+        <v>14</v>
+      </c>
+      <c r="K9" s="1"/>
+    </row>
+    <row r="10" spans="2:12" ht="51.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B10" s="37" t="s">
+        <v>18</v>
+      </c>
+      <c r="C10" s="38" t="s">
+        <v>100</v>
+      </c>
+      <c r="D10" s="39" t="s">
+        <v>19</v>
+      </c>
+      <c r="E10" s="40" t="s">
+        <v>11</v>
+      </c>
+      <c r="F10" s="38" t="s">
+        <v>72</v>
+      </c>
+      <c r="G10" s="41" t="s">
+        <v>20</v>
+      </c>
+      <c r="H10" s="42" t="s">
+        <v>21</v>
+      </c>
+      <c r="I10" s="38" t="s">
+        <v>14</v>
+      </c>
+      <c r="J10" s="43" t="s">
+        <v>14</v>
+      </c>
+      <c r="K10" s="1"/>
+    </row>
+    <row r="11" spans="2:12" ht="247.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B11" s="37" t="s">
         <v>22</v>
       </c>
-      <c r="C9" s="38" t="s">
+      <c r="C11" s="38" t="s">
         <v>75</v>
       </c>
-      <c r="D9" s="39" t="s">
+      <c r="D11" s="39" t="s">
         <v>23</v>
       </c>
-      <c r="E9" s="40" t="s">
+      <c r="E11" s="40" t="s">
         <v>24</v>
       </c>
-      <c r="F9" s="38" t="s">
+      <c r="F11" s="38" t="s">
         <v>84</v>
       </c>
-      <c r="G9" s="41" t="s">
+      <c r="G11" s="41" t="s">
         <v>25</v>
       </c>
-      <c r="H9" s="42" t="s">
+      <c r="H11" s="42" t="s">
         <v>26</v>
       </c>
-      <c r="I9" s="44" t="s">
+      <c r="I11" s="44" t="s">
         <v>74</v>
       </c>
-      <c r="J9" s="45" t="s">
+      <c r="J11" s="45" t="s">
         <v>27</v>
       </c>
-      <c r="K9" s="1"/>
-[...2 lines deleted...]
-      <c r="B10" s="37" t="s">
+      <c r="K11" s="1"/>
+    </row>
+    <row r="12" spans="2:12" ht="189.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B12" s="37" t="s">
         <v>28</v>
       </c>
-      <c r="C10" s="46" t="s">
+      <c r="C12" s="46" t="s">
         <v>82</v>
       </c>
-      <c r="D10" s="47" t="s">
+      <c r="D12" s="47" t="s">
         <v>29</v>
-      </c>
-[...58 lines deleted...]
-        <v>38</v>
       </c>
       <c r="E12" s="48" t="s">
         <v>24</v>
       </c>
       <c r="F12" s="46" t="s">
+        <v>85</v>
+      </c>
+      <c r="G12" s="49" t="s">
+        <v>30</v>
+      </c>
+      <c r="H12" s="50" t="s">
+        <v>31</v>
+      </c>
+      <c r="I12" s="44" t="s">
+        <v>75</v>
+      </c>
+      <c r="J12" s="45" t="s">
+        <v>32</v>
+      </c>
+      <c r="K12" s="1"/>
+    </row>
+    <row r="13" spans="2:12" ht="293.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B13" s="37" t="s">
+        <v>33</v>
+      </c>
+      <c r="C13" s="46" t="s">
+        <v>83</v>
+      </c>
+      <c r="D13" s="47" t="s">
+        <v>34</v>
+      </c>
+      <c r="E13" s="48" t="s">
+        <v>24</v>
+      </c>
+      <c r="F13" s="46" t="s">
+        <v>86</v>
+      </c>
+      <c r="G13" s="49" t="s">
+        <v>35</v>
+      </c>
+      <c r="H13" s="50" t="s">
+        <v>36</v>
+      </c>
+      <c r="I13" s="44" t="s">
+        <v>76</v>
+      </c>
+      <c r="J13" s="51" t="s">
+        <v>98</v>
+      </c>
+      <c r="K13" s="1"/>
+    </row>
+    <row r="14" spans="2:12" ht="409.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B14" s="37" t="s">
+        <v>37</v>
+      </c>
+      <c r="C14" s="46" t="s">
+        <v>88</v>
+      </c>
+      <c r="D14" s="47" t="s">
+        <v>38</v>
+      </c>
+      <c r="E14" s="48" t="s">
+        <v>24</v>
+      </c>
+      <c r="F14" s="46" t="s">
         <v>87</v>
       </c>
-      <c r="G12" s="49" t="s">
+      <c r="G14" s="49" t="s">
         <v>39</v>
       </c>
-      <c r="H12" s="50" t="s">
+      <c r="H14" s="50" t="s">
         <v>40</v>
       </c>
-      <c r="I12" s="44" t="s">
+      <c r="I14" s="44" t="s">
         <v>77</v>
       </c>
-      <c r="J12" s="45" t="s">
+      <c r="J14" s="45" t="s">
         <v>99</v>
       </c>
-      <c r="K12" s="1"/>
-[...2 lines deleted...]
-      <c r="B13" s="37" t="s">
+      <c r="K14" s="1"/>
+    </row>
+    <row r="15" spans="2:12" ht="279.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B15" s="37" t="s">
         <v>41</v>
       </c>
-      <c r="C13" s="52" t="s">
+      <c r="C15" s="52" t="s">
         <v>89</v>
       </c>
-      <c r="D13" s="53" t="s">
+      <c r="D15" s="53" t="s">
         <v>42</v>
-      </c>
-[...58 lines deleted...]
-        <v>52</v>
       </c>
       <c r="E15" s="54" t="s">
         <v>43</v>
       </c>
       <c r="F15" s="52" t="s">
+        <v>90</v>
+      </c>
+      <c r="G15" s="49" t="s">
+        <v>44</v>
+      </c>
+      <c r="H15" s="50" t="s">
+        <v>45</v>
+      </c>
+      <c r="I15" s="44" t="s">
+        <v>91</v>
+      </c>
+      <c r="J15" s="45" t="s">
+        <v>46</v>
+      </c>
+      <c r="K15" s="1"/>
+    </row>
+    <row r="16" spans="2:12" ht="93.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B16" s="37" t="s">
+        <v>47</v>
+      </c>
+      <c r="C16" s="46" t="s">
+        <v>101</v>
+      </c>
+      <c r="D16" s="47" t="s">
+        <v>48</v>
+      </c>
+      <c r="E16" s="48" t="s">
+        <v>11</v>
+      </c>
+      <c r="F16" s="46" t="s">
+        <v>92</v>
+      </c>
+      <c r="G16" s="49" t="s">
+        <v>49</v>
+      </c>
+      <c r="H16" s="50" t="s">
+        <v>50</v>
+      </c>
+      <c r="I16" s="55" t="s">
+        <v>14</v>
+      </c>
+      <c r="J16" s="56" t="s">
+        <v>14</v>
+      </c>
+      <c r="K16" s="1"/>
+    </row>
+    <row r="17" spans="2:11" ht="348" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B17" s="37" t="s">
+        <v>51</v>
+      </c>
+      <c r="C17" s="57" t="s">
+        <v>97</v>
+      </c>
+      <c r="D17" s="58" t="s">
+        <v>52</v>
+      </c>
+      <c r="E17" s="54" t="s">
+        <v>43</v>
+      </c>
+      <c r="F17" s="52" t="s">
         <v>93</v>
       </c>
-      <c r="G15" s="49" t="s">
+      <c r="G17" s="49" t="s">
         <v>53</v>
       </c>
-      <c r="H15" s="50" t="s">
+      <c r="H17" s="50" t="s">
         <v>54</v>
       </c>
-      <c r="I15" s="44" t="s">
+      <c r="I17" s="44" t="s">
         <v>78</v>
       </c>
-      <c r="J15" s="59" t="s">
+      <c r="J17" s="59" t="s">
         <v>55</v>
       </c>
-      <c r="K15" s="1"/>
-[...2 lines deleted...]
-      <c r="B16" s="37" t="s">
+      <c r="K17" s="1"/>
+    </row>
+    <row r="18" spans="2:11" ht="223.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B18" s="37" t="s">
         <v>56</v>
       </c>
-      <c r="C16" s="60" t="s">
+      <c r="C18" s="60" t="s">
         <v>95</v>
       </c>
-      <c r="D16" s="61" t="s">
+      <c r="D18" s="61" t="s">
         <v>57</v>
       </c>
-      <c r="E16" s="62" t="s">
+      <c r="E18" s="62" t="s">
         <v>43</v>
       </c>
-      <c r="F16" s="63" t="s">
+      <c r="F18" s="63" t="s">
         <v>96</v>
       </c>
-      <c r="G16" s="64" t="s">
+      <c r="G18" s="64" t="s">
         <v>58</v>
       </c>
-      <c r="H16" s="65" t="s">
+      <c r="H18" s="65" t="s">
         <v>13</v>
       </c>
-      <c r="I16" s="66" t="s">
+      <c r="I18" s="66" t="s">
         <v>94</v>
       </c>
-      <c r="J16" s="67" t="s">
+      <c r="J18" s="67" t="s">
         <v>59</v>
       </c>
-      <c r="K16" s="1"/>
-[...17 lines deleted...]
-      <c r="C24" s="22"/>
+    </row>
+    <row r="19" spans="2:11" x14ac:dyDescent="0.25">
+      <c r="B19" s="23"/>
+      <c r="C19" s="23"/>
+      <c r="D19" s="24"/>
+      <c r="E19" s="24"/>
+      <c r="F19" s="25"/>
+      <c r="G19" s="26"/>
+      <c r="H19" s="27"/>
+      <c r="I19" s="27"/>
+    </row>
+    <row r="25" spans="2:11" x14ac:dyDescent="0.25">
+      <c r="B25" s="21"/>
+      <c r="C25" s="21"/>
+    </row>
+    <row r="26" spans="2:11" x14ac:dyDescent="0.25">
+      <c r="B26" s="22"/>
+      <c r="C26" s="22"/>
     </row>
   </sheetData>
   <mergeCells count="2">
-    <mergeCell ref="B4:K4"/>
+    <mergeCell ref="B5:K5"/>
     <mergeCell ref="B2:J2"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="B13" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
-[...9 lines deleted...]
-    <hyperlink ref="B6" r:id="rId11" xr:uid="{00000000-0004-0000-0000-00000A000000}"/>
+    <hyperlink ref="B15" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
+    <hyperlink ref="B17" r:id="rId2" xr:uid="{00000000-0004-0000-0000-000001000000}"/>
+    <hyperlink ref="B18" r:id="rId3" xr:uid="{00000000-0004-0000-0000-000002000000}"/>
+    <hyperlink ref="B16" r:id="rId4" location="{&quot;itemid&quot;:[&quot;003-6951456-9350980&quot;]}" xr:uid="{00000000-0004-0000-0000-000003000000}"/>
+    <hyperlink ref="B14" r:id="rId5" xr:uid="{00000000-0004-0000-0000-000004000000}"/>
+    <hyperlink ref="B13" r:id="rId6" xr:uid="{00000000-0004-0000-0000-000005000000}"/>
+    <hyperlink ref="B12" r:id="rId7" xr:uid="{00000000-0004-0000-0000-000006000000}"/>
+    <hyperlink ref="B11" r:id="rId8" xr:uid="{00000000-0004-0000-0000-000007000000}"/>
+    <hyperlink ref="B10" r:id="rId9" xr:uid="{00000000-0004-0000-0000-000008000000}"/>
+    <hyperlink ref="B9" r:id="rId10" xr:uid="{00000000-0004-0000-0000-000009000000}"/>
+    <hyperlink ref="B8" r:id="rId11" xr:uid="{00000000-0004-0000-0000-00000A000000}"/>
+    <hyperlink ref="B7" r:id="rId12" display="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-8323375-11737701&amp;filename=Request%20for%20advisory%20opinion%20lodged%20by%20Ukraine%27s%20Supreme%20Court%20on%20whether%20a%20nun%E2%80%99s%20cell%20can%20qualify%20as%20her%20home.pdf" xr:uid="{00000000-0004-0000-0000-00000B000000}"/>
   </hyperlinks>
   <pageMargins left="0.23622047244094491" right="0.15748031496062992" top="0.39370078740157483" bottom="0.43307086614173229" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="8" scale="36" fitToHeight="0" orientation="landscape" r:id="rId12"/>
-  <drawing r:id="rId13"/>
+  <pageSetup paperSize="8" scale="36" fitToHeight="0" orientation="landscape" r:id="rId13"/>
+  <drawing r:id="rId14"/>
   <tableParts count="1">
-    <tablePart r:id="rId14"/>
+    <tablePart r:id="rId15"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr codeName="Sheet2">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B1:H25"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="F4" sqref="F4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="1.7109375" style="1" customWidth="1"/>
     <col min="2" max="2" width="43.5703125" style="2" customWidth="1"/>
     <col min="3" max="3" width="24.7109375" style="3" customWidth="1"/>
     <col min="4" max="4" width="21.7109375" style="1" customWidth="1"/>
     <col min="5" max="5" width="20.140625" style="1" customWidth="1"/>
     <col min="6" max="8" width="19.28515625" style="1" customWidth="1"/>
     <col min="9" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:8" s="5" customFormat="1" ht="158.25" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B1" s="69" t="s">
+      <c r="B1" s="84" t="s">
         <v>60</v>
       </c>
-      <c r="C1" s="69"/>
-[...1 lines deleted...]
-      <c r="E1" s="69"/>
+      <c r="C1" s="84"/>
+      <c r="D1" s="84"/>
+      <c r="E1" s="84"/>
     </row>
     <row r="2" spans="2:8" s="5" customFormat="1" ht="88.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B2" s="71" t="s">
+      <c r="B2" s="85" t="s">
         <v>61</v>
       </c>
-      <c r="C2" s="71"/>
-[...1 lines deleted...]
-      <c r="E2" s="71"/>
+      <c r="C2" s="85"/>
+      <c r="D2" s="85"/>
+      <c r="E2" s="85"/>
     </row>
     <row r="3" spans="2:8" ht="94.5" x14ac:dyDescent="0.25">
       <c r="B3" s="7" t="s">
         <v>62</v>
       </c>
       <c r="C3" s="4" t="s">
         <v>63</v>
       </c>
       <c r="D3" s="6" t="s">
         <v>64</v>
       </c>
       <c r="E3" s="9" t="s">
         <v>65</v>
       </c>
       <c r="F3" s="19" t="s">
         <v>66</v>
       </c>
       <c r="G3" s="19" t="s">
         <v>67</v>
       </c>
       <c r="H3" s="20" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="4" spans="2:8" x14ac:dyDescent="0.25">