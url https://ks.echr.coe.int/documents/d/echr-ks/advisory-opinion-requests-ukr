--- v0 (2025-10-03)
+++ v1 (2025-12-02)
@@ -5,71 +5,70 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="26731"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
+  <fileVersion appName="xl" lastEdited="6" lowestEdited="5" rupBuild="14420"/>
   <workbookPr codeName="ThisWorkbook" autoCompressPictures="0" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\radojevic\AppData\Roaming\OpenText\DM\Temp\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\TarasenkoOY\Desktop\KINGSTON\переклади_KS_ECHR\оновлення_2025\нові матеріали\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{E911A62A-34F2-454C-B8AE-C33E339BF2A9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-23148" yWindow="-48" windowWidth="23256" windowHeight="12576" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="11580"/>
   </bookViews>
   <sheets>
-    <sheet name="01-07-2024" sheetId="5" r:id="rId1"/>
+    <sheet name="Advisory Opinions" sheetId="5" r:id="rId1"/>
     <sheet name="CHECKLIST" sheetId="4" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_GoBack" localSheetId="0">'01-07-2024'!$J$11</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'01-07-2024'!$A$2:$H$19</definedName>
+    <definedName name="_GoBack" localSheetId="0">'Advisory Opinions'!$J$13</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'Advisory Opinions'!$A$2:$H$19</definedName>
   </definedNames>
-  <calcPr calcId="191029"/>
+  <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="C5" i="4" l="1"/>
   <c r="E5" i="4"/>
   <c r="E6" i="4"/>
   <c r="E7" i="4"/>
   <c r="E8" i="4"/>
   <c r="E9" i="4"/>
   <c r="E10" i="4"/>
@@ -128,51 +127,51 @@
   <c r="C4" i="4"/>
   <c r="B5" i="4"/>
   <c r="B6" i="4"/>
   <c r="B7" i="4"/>
   <c r="B8" i="4"/>
   <c r="B9" i="4"/>
   <c r="B10" i="4"/>
   <c r="B11" i="4"/>
   <c r="B12" i="4"/>
   <c r="B13" i="4"/>
   <c r="B14" i="4"/>
   <c r="B15" i="4"/>
   <c r="B16" i="4"/>
   <c r="B17" i="4"/>
   <c r="B18" i="4"/>
   <c r="B19" i="4"/>
   <c r="B20" i="4"/>
   <c r="B21" i="4"/>
   <c r="B22" i="4"/>
   <c r="B23" i="4"/>
   <c r="B4" i="4"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="86" uniqueCount="74">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="98" uniqueCount="81">
   <si>
     <t>* Ця таблиця містить усі запити відповідно до Протоколу № 16 до Конвенції, які були прийняті або відхилені колегією Великої Палати. Підготовлено Секретаріатом Суду. Не покладає зобов’язань на Суд.</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="13"/>
         <color theme="0"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">Номер запиту
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="0"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
@@ -700,86 +699,82 @@
   </si>
   <si>
     <t>Консультативний висновок, щодо надання якого звернувся Касаційний суд Вірменії, стосується виконання рішення у справі «Вірабян проти Вірменії» (Virabyan v. Armenia), ухваленого Європейським судом з прав людини у 2012 році, у якому «жорстоке поводження» із заявником під час його перебування під вартою в поліції у 2004 році було кваліфіковано Судом як «катування». Після ухвалення рішення у 2016 році проти двох працівників поліції було розпочато кримінальне провадження, проте через десять місяців його було закрито на підставі закінчення строків давності згідно з національним законодавством. У своєму запиті Касаційний суд Вірменії попросив Європейський суд з прав людини надати консультативний висновок щодо того, чи відповідає незастосування строків давності до притягнення до кримінальної відповідальності у зв’язку з катуванням або еквівалентними кримінальними правопорушеннями положенням статті 7 Конвенції, із посиланням на джерела міжнародного права, якщо національне законодавство не вимагає незастосування таких строків позовної давності.</t>
   </si>
   <si>
     <t>Конституційний суд запитав висновок щодо певних аспектів статті 7 (ніякого покарання без закону) Конвенції, зокрема поняття «право» у розумінні цього положення, поняття визначеності, доступності, передбачуваності та стабільності права, а також принципу заборони ретроактивності кримінального закону.</t>
   </si>
   <si>
     <t>Конституційний суд Вірменії</t>
   </si>
   <si>
     <t xml:space="preserve">Визнання в національному законодавстві законних відносин батьки-дитина між дитиною, народженою за кордоном, відповідно до угоди про гестаційне сурогатне материнство, і передбачуваною матір’ю. </t>
   </si>
   <si>
     <t xml:space="preserve">У ситуації, в якій (як і в контексті, викладеному в питаннях Касаційного суду) дитина народилася за кордоном відповідно до угоди про гестаційне сурогатне материнство і була зачата з використанням статевих клітин передбачуваного батька та стороннього донора, і в якій законні відносини батьки-дитина між передбачуваним батьком були визнані в національному законодавстві:
 1) право дитини на повагу до приватного життя в розумінні статті 8 Конвенції передбачає можливість визнання національним законодавством відносин батьки-дитина між передбачуваною матір’ю, яка зазначається як «законна мати» у свідоцтві про народження, офіційно виданому за кордоном.
 2) право дитини на повагу до приватного життя в розумінні статті 8 Конвенції не вимагає, щоб таке визнання набуло форми внесення до реєстру народжень, шлюбів та смертей відомостей зі свідоцтва про народження, офіційно виданого за кордоном; інший засіб, наприклад усиновлення дитини передбачуваною матір’ю, може бути використаний за умови, що процедура, встановлена національним законодавством, гарантує її своєчасне та ефективне здійснення відповідно до найкращих інтересів дитини. </t>
   </si>
   <si>
     <t>1. Суд не може дати відповіді на перше та друге запитання, оскільки вони не відповідають вимогам статті 1 Протоколу № 16.
 2. Використання техніки «бланкетного посилання» або «законодавство через посилання на інший закон» для криміналізації діянь або бездіяльності як таке не є несумісним з вимогами статті 7 Конвенції. Положення, яке містить посилання, і положення, на яке дається посилання, що розглядаються разом, мають давати відповідній особі можливість — якщо це необхідно, отримавши відповідну правову консультацію, — передбачити, яка поведінка спричинить її кримінальну відповідальність. Ця вимога однаково застосовується до ситуацій, коли положення, на яке дається посилання, має вищий пріоритет в ієрархії відповідного правового порядку або вищий рівень абстракції, ніж положення, яке містить посилання. 
 Найбільш ефективним способом досягнення чіткості та передбачуваності є забезпечення недвозначності посилання, а для положення, яке містить посилання — викладення складових елементів правопорушення. Крім того, положення, на які даються посилання, не можуть розширювати обсяг криміналізації, викладений у положеннях, які містять посилання. У будь-якому випадку, саме суд, що застосовує положення, яке містить посилання, і положення, на яке дається посилання, повинен оцінювати, чи було настання кримінальної відповідальності передбачуваним за наданих обставин справи.
 3. У рамках статті 7 Конвенції для того, щоб встановити, чи закон, ухвалений після стверджуваного вчинення правопорушення, є більшою чи меншою мірою сприятливим для обвинуваченого, ніж закон, який був чинним на момент стверджуваного вчинення правопорушення, необхідно враховувати конкретні обставини справи (принцип конкретизації). Якщо наступний закон є більш суворим, ніж закон, який був чинним на момент стверджуваного вчинення правопорушення, він не може застосовуватися.</t>
   </si>
   <si>
-    <r>
-[...27 lines deleted...]
-  <si>
     <t>ЄСПЛ-KS</t>
+  </si>
+  <si>
+    <t>P16-2025-001</t>
+  </si>
+  <si>
+    <t>P16-2024-002</t>
+  </si>
+  <si>
+    <t>Запити про надання консультативних висновків відповідно до Протоколу № 16 до Конвенції*</t>
+  </si>
+  <si>
+    <t>Стаття  8</t>
+  </si>
+  <si>
+    <t>Стаття 8</t>
+  </si>
+  <si>
+    <t>Верховний Суд (Україна)</t>
+  </si>
+  <si>
+    <t>Звернувшись із запитом про надання консультативного висновку, Верховний Суд (Україна) просить Суд надати роз'яснення з питань за Конвенцією, які виникли у справі, що перебуває на його розгляді, і стосується спору між монастирем Української Греко-Католицької Церкви та колишньою монахинею щодо її права проживати в монастирі, який вона покинула в умовах конфлікту з релігійною організацією.
+У запиті порушуються питання щодо права на проживання в монастирі особи, яка раніше належала до релігійного ордену, зокрема, чи є приміщення релігійних будівель – монастирів (монастирських келій) – «житлом» у значенні статті 8, і чи поширюється юрисдикція національного суду на такий спір.</t>
+  </si>
+  <si>
+    <t>Запит Верховного суду касації та юстиції Румунії щодо тлумачення та застосування статті 8 був поданий у контексті скарги, що розглядається Верховним судом,  стосовно звільнення судді з посади за неявку на медичну експертизу, метою якої було встановити, чи має вона психічний розлад, що перешкоджає їй належним чином виконувати свої обов'язки.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd/mm/yyyy;@"/>
   </numFmts>
   <fonts count="31" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF0070C0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -1109,51 +1104,51 @@
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="4" tint="0.59996337778862885"/>
       </left>
       <right style="thin">
         <color theme="4" tint="0.59996337778862885"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyProtection="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyProtection="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="67">
+  <cellXfs count="81">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="1" applyFill="1" applyBorder="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
@@ -1294,64 +1289,106 @@
     </xf>
     <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="25" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="25" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="49" fontId="25" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="25" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="25" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="25" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="25" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="25" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="25" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
-    <cellStyle name="Hyperlink" xfId="1" builtinId="8" customBuiltin="1"/>
-[...1 lines deleted...]
-    <cellStyle name="Normal" xfId="0" builtinId="0"/>
+    <cellStyle name="Hyperlink 2" xfId="2"/>
+    <cellStyle name="Гіперпосилання" xfId="1" builtinId="8" customBuiltin="1"/>
+    <cellStyle name="Звичайний" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="20">
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color rgb="FF244062"/>
         <name val="Calibri"/>
         <scheme val="none"/>
       </font>
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0">
         <left style="thin">
           <color rgb="FF0070C0"/>
         </left>
         <right/>
         <top/>
         <bottom/>
         <vertical style="thin">
           <color rgb="FF0070C0"/>
         </vertical>
@@ -2056,211 +2093,211 @@
         <a:xfrm>
           <a:off x="22387705" y="156635"/>
           <a:ext cx="1257300" cy="447675"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="3" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="KSPendingGC4" displayName="KSPendingGC4" ref="B5:J15" totalsRowShown="0" headerRowDxfId="19" dataDxfId="18" tableBorderDxfId="17">
-[...2 lines deleted...]
-    <sortCondition descending="1" ref="F5:F17"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="3" name="KSPendingGC4" displayName="KSPendingGC4" ref="B5:J17" totalsRowShown="0" headerRowDxfId="19" dataDxfId="18" tableBorderDxfId="17">
+  <autoFilter ref="B5:J17"/>
+  <sortState ref="B6:H19">
+    <sortCondition descending="1" ref="F5:F19"/>
   </sortState>
   <tableColumns count="9">
-    <tableColumn id="4" xr3:uid="{00000000-0010-0000-0000-000004000000}" name="Номер запиту_x000a_(з посиланням на пресреліз або висновок)" dataDxfId="16"/>
-[...7 lines deleted...]
-    <tableColumn id="6" xr3:uid="{00000000-0010-0000-0000-000006000000}" name="Висновок Суду" dataDxfId="10"/>
+    <tableColumn id="4" name="Номер запиту_x000a_(з посиланням на пресреліз або висновок)" dataDxfId="16"/>
+    <tableColumn id="3" name="Дата подання запиту" dataDxfId="15"/>
+    <tableColumn id="5" name="Суд, який звернувся із запитом" dataDxfId="14"/>
+    <tableColumn id="9" name="Запит прийнято/_x000a_відхилено_x000a_колегією суддів ВП "/>
+    <tableColumn id="8" name="Дата прийняття/_x000a_відхилення запиту" dataDxfId="13"/>
+    <tableColumn id="1" name="Опис запиту" dataDxfId="12"/>
+    <tableColumn id="2" name="Відповідна стаття(-і) Конвенції" dataDxfId="11"/>
+    <tableColumn id="10" name="Дата надання висновку"/>
+    <tableColumn id="6" name="Висновок Суду" dataDxfId="10"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="1"/>
 </table>
 </file>
 
 <file path=xl/tables/table2.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{00000000-000C-0000-FFFF-FFFF01000000}" name="KSPendingGC2" displayName="KSPendingGC2" ref="B3:H23" totalsRowShown="0" headerRowDxfId="9" dataDxfId="8" tableBorderDxfId="7">
-[...1 lines deleted...]
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="B4:H23">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="KSPendingGC2" displayName="KSPendingGC2" ref="B3:H23" totalsRowShown="0" headerRowDxfId="9" dataDxfId="8" tableBorderDxfId="7">
+  <autoFilter ref="B3:H23"/>
+  <sortState ref="B4:H23">
     <sortCondition ref="B3:B23"/>
   </sortState>
   <tableColumns count="7">
-    <tableColumn id="4" xr3:uid="{00000000-0010-0000-0100-000004000000}" name="Application Name" dataDxfId="6">
+    <tableColumn id="4" name="Application Name" dataDxfId="6">
       <calculatedColumnFormula>#REF!</calculatedColumnFormula>
     </tableColumn>
-    <tableColumn id="6" xr3:uid="{00000000-0010-0000-0100-000006000000}" name="Application No(s) _x000a_(with link to relevant chamber judgment for referrals and press release for relinquisements)" dataDxfId="5">
+    <tableColumn id="6" name="Application No(s) _x000a_(with link to relevant chamber judgment for referrals and press release for relinquisements)" dataDxfId="5">
       <calculatedColumnFormula>#REF!</calculatedColumnFormula>
     </tableColumn>
-    <tableColumn id="5" xr3:uid="{00000000-0010-0000-0100-000005000000}" name="Date of referral / relinquishment" dataDxfId="4">
+    <tableColumn id="5" name="Date of referral / relinquishment" dataDxfId="4">
       <calculatedColumnFormula>#REF!</calculatedColumnFormula>
     </tableColumn>
-    <tableColumn id="3" xr3:uid="{00000000-0010-0000-0100-000003000000}" name="Date of hearing_x000a_link to the GC Calendar for forthcoming deliberations_x000a_(#2024927)" dataDxfId="3">
+    <tableColumn id="3" name="Date of hearing_x000a_link to the GC Calendar for forthcoming deliberations_x000a_(#2024927)" dataDxfId="3">
       <calculatedColumnFormula>#REF!</calculatedColumnFormula>
     </tableColumn>
-    <tableColumn id="2" xr3:uid="{00000000-0010-0000-0100-000002000000}" name="KSCN Table of pending GC cases updated" dataDxfId="2"/>
-[...1 lines deleted...]
-    <tableColumn id="7" xr3:uid="{00000000-0010-0000-0100-000007000000}" name="if stated in article update in KSCN (pending before the GC) added to Chamber judgment" dataDxfId="0"/>
+    <tableColumn id="2" name="KSCN Table of pending GC cases updated" dataDxfId="2"/>
+    <tableColumn id="1" name="if stated in article update in KS (pending before the GC) added to Chamber judgment" dataDxfId="1"/>
+    <tableColumn id="7" name="if stated in article update in KSCN (pending before the GC) added to Chamber judgment" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
-    <a:clrScheme name="Office 2007 - 2010">
+    <a:clrScheme name="Офіс">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office 2007 - 2010">
+    <a:fontScheme name="Офіс">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office 2007 - 2010">
+    <a:fmtScheme name="Офіс">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -2389,1046 +2426,1102 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=003-7829009-10868837" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hudoc.echr.coe.int/fre?i=003-6380464-8364383" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=003-7623141-10493170" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=003-6708535-9909864" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=003-7306062-9963179" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=003-7385703-10773941" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=003-7317048-10811277" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=003-7989132-11151232" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=003-7879233-10954899" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=003-7829009-10868837" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hudoc.echr.coe.int/fre?i=003-6380464-8364383" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=003-7623141-10493170" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-8323375-11737701&amp;filename=Request%20for%20advisory%20opinion%20lodged%20by%20Ukraine%27s%20Supreme%20Court%20on%20whether%20a%20nun%E2%80%99s%20cell%20can%20qualify%20as%20her%20home.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=003-6708535-9909864" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=003-7306062-9963179" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=003-7385703-10773941" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=003-8120427-11370804" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=003-7317048-10811277" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=003-7989132-11151232" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=003-7879233-10954899" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://insite.dhcour.coe.int/link/tikitlink.asp?doc=2024927%20&amp;lib=court" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="B1:L23"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <dimension ref="B1:L25"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <selection activeCell="B1" sqref="B1"/>
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="B4" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+      <selection activeCell="G7" sqref="G7"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="1.6640625" style="1" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="10" max="10" width="87.44140625" style="1" customWidth="1"/>
+    <col min="1" max="1" width="1.7109375" style="1" customWidth="1"/>
+    <col min="2" max="2" width="20.42578125" style="2" customWidth="1"/>
+    <col min="3" max="3" width="15.7109375" style="2" customWidth="1"/>
+    <col min="4" max="4" width="39.140625" style="1" customWidth="1"/>
+    <col min="5" max="5" width="23.7109375" style="1" customWidth="1"/>
+    <col min="6" max="6" width="15.7109375" style="1" customWidth="1"/>
+    <col min="7" max="7" width="115.42578125" style="1" customWidth="1"/>
+    <col min="8" max="8" width="26.5703125" style="1" customWidth="1"/>
+    <col min="9" max="9" width="24.7109375" style="1" customWidth="1"/>
+    <col min="10" max="10" width="87.42578125" style="1" customWidth="1"/>
     <col min="11" max="11" width="21" style="3" customWidth="1"/>
     <col min="12" max="12" width="73" style="1" customWidth="1"/>
-    <col min="13" max="16384" width="9.109375" style="1"/>
+    <col min="13" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:12" ht="31.2" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="2:12" ht="31.15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="J1" s="63" t="s">
-        <v>73</v>
-[...3 lines deleted...]
-      <c r="B2" s="64" t="s">
         <v>72</v>
       </c>
-      <c r="C2" s="64"/>
-[...7 lines deleted...]
-      <c r="K2" s="64"/>
+    </row>
+    <row r="2" spans="2:12" ht="168" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B2" s="77" t="s">
+        <v>75</v>
+      </c>
+      <c r="C2" s="77"/>
+      <c r="D2" s="77"/>
+      <c r="E2" s="77"/>
+      <c r="F2" s="77"/>
+      <c r="G2" s="77"/>
+      <c r="H2" s="77"/>
+      <c r="I2" s="77"/>
+      <c r="J2" s="77"/>
+      <c r="K2" s="77"/>
       <c r="L2" s="44"/>
     </row>
-    <row r="3" spans="2:12" s="55" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="B3" s="54" t="s">
+    <row r="3" spans="2:12" s="55" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="B3" s="64" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="54"/>
       <c r="D3" s="54"/>
       <c r="E3" s="54"/>
       <c r="F3" s="54"/>
       <c r="G3" s="54"/>
       <c r="H3" s="54"/>
       <c r="I3" s="54"/>
       <c r="K3" s="56"/>
     </row>
-    <row r="4" spans="2:12" ht="88.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B4" s="65" t="s">
+    <row r="4" spans="2:12" ht="88.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B4" s="78" t="s">
         <v>53</v>
       </c>
-      <c r="C4" s="65"/>
-[...7 lines deleted...]
-      <c r="K4" s="65"/>
+      <c r="C4" s="78"/>
+      <c r="D4" s="78"/>
+      <c r="E4" s="78"/>
+      <c r="F4" s="78"/>
+      <c r="G4" s="78"/>
+      <c r="H4" s="78"/>
+      <c r="I4" s="78"/>
+      <c r="J4" s="78"/>
+      <c r="K4" s="78"/>
       <c r="L4" s="45"/>
     </row>
-    <row r="5" spans="2:12" ht="114" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="5" spans="2:12" ht="114" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B5" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D5" s="5" t="s">
         <v>3</v>
       </c>
       <c r="E5" s="5" t="s">
         <v>54</v>
       </c>
       <c r="F5" s="5" t="s">
         <v>52</v>
       </c>
       <c r="G5" s="5" t="s">
         <v>4</v>
       </c>
       <c r="H5" s="5" t="s">
         <v>5</v>
       </c>
       <c r="I5" s="33" t="s">
         <v>6</v>
       </c>
       <c r="J5" s="34" t="s">
         <v>7</v>
       </c>
       <c r="K5" s="1"/>
     </row>
-    <row r="6" spans="2:12" ht="53.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B6" s="35" t="s">
+    <row r="6" spans="2:12" ht="109.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B6" s="65" t="s">
+        <v>73</v>
+      </c>
+      <c r="C6" s="66">
+        <v>45890</v>
+      </c>
+      <c r="D6" s="67" t="s">
+        <v>78</v>
+      </c>
+      <c r="E6" s="68" t="s">
+        <v>16</v>
+      </c>
+      <c r="F6" s="66">
+        <v>45915</v>
+      </c>
+      <c r="G6" s="69" t="s">
+        <v>79</v>
+      </c>
+      <c r="H6" s="70" t="s">
+        <v>76</v>
+      </c>
+      <c r="I6" s="71"/>
+      <c r="J6" s="72"/>
+      <c r="K6" s="1"/>
+    </row>
+    <row r="7" spans="2:12" ht="66" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B7" s="65" t="s">
+        <v>74</v>
+      </c>
+      <c r="C7" s="71">
+        <v>45609</v>
+      </c>
+      <c r="D7" s="73" t="s">
+        <v>55</v>
+      </c>
+      <c r="E7" s="74" t="s">
+        <v>9</v>
+      </c>
+      <c r="F7" s="71">
+        <v>45646</v>
+      </c>
+      <c r="G7" s="75" t="s">
+        <v>80</v>
+      </c>
+      <c r="H7" s="76" t="s">
+        <v>77</v>
+      </c>
+      <c r="I7" s="71" t="s">
+        <v>57</v>
+      </c>
+      <c r="J7" s="72" t="s">
+        <v>57</v>
+      </c>
+      <c r="K7" s="1"/>
+    </row>
+    <row r="8" spans="2:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="B8" s="35" t="s">
         <v>8</v>
       </c>
-      <c r="C6" s="57">
+      <c r="C8" s="57">
         <v>45349</v>
       </c>
-      <c r="D6" s="58" t="s">
+      <c r="D8" s="58" t="s">
         <v>55</v>
       </c>
-      <c r="E6" s="59" t="s">
+      <c r="E8" s="59" t="s">
         <v>9</v>
       </c>
-      <c r="F6" s="57">
+      <c r="F8" s="57">
         <v>45471</v>
       </c>
-      <c r="G6" s="60" t="s">
+      <c r="G8" s="60" t="s">
         <v>56</v>
       </c>
-      <c r="H6" s="61" t="s">
+      <c r="H8" s="61" t="s">
         <v>10</v>
       </c>
-      <c r="I6" s="57" t="s">
+      <c r="I8" s="57" t="s">
         <v>57</v>
       </c>
-      <c r="J6" s="62" t="s">
+      <c r="J8" s="62" t="s">
         <v>57</v>
       </c>
-      <c r="K6" s="1"/>
-[...2 lines deleted...]
-      <c r="B7" s="35" t="s">
+      <c r="K8" s="1"/>
+    </row>
+    <row r="9" spans="2:12" ht="154.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B9" s="35" t="s">
         <v>11</v>
       </c>
-      <c r="C7" s="57">
+      <c r="C9" s="57">
         <v>45301</v>
       </c>
-      <c r="D7" s="58" t="s">
+      <c r="D9" s="58" t="s">
         <v>12</v>
       </c>
-      <c r="E7" s="59" t="s">
+      <c r="E9" s="59" t="s">
         <v>9</v>
       </c>
-      <c r="F7" s="57">
+      <c r="F9" s="57">
         <v>45341</v>
       </c>
-      <c r="G7" s="60" t="s">
+      <c r="G9" s="60" t="s">
         <v>58</v>
       </c>
-      <c r="H7" s="61" t="s">
+      <c r="H9" s="61" t="s">
         <v>13</v>
       </c>
-      <c r="I7" s="57" t="s">
+      <c r="I9" s="57" t="s">
         <v>57</v>
       </c>
-      <c r="J7" s="62" t="s">
+      <c r="J9" s="62" t="s">
         <v>57</v>
       </c>
-      <c r="K7" s="1"/>
-[...2 lines deleted...]
-      <c r="B8" s="35" t="s">
+      <c r="K9" s="1"/>
+    </row>
+    <row r="10" spans="2:12" ht="271.14999999999998" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B10" s="35" t="s">
         <v>14</v>
       </c>
-      <c r="C8" s="49">
+      <c r="C10" s="49">
         <v>45029</v>
       </c>
-      <c r="D8" s="50" t="s">
+      <c r="D10" s="50" t="s">
         <v>15</v>
       </c>
-      <c r="E8" s="51" t="s">
+      <c r="E10" s="51" t="s">
         <v>16</v>
       </c>
-      <c r="F8" s="49">
+      <c r="F10" s="49">
         <v>45056</v>
       </c>
-      <c r="G8" s="52" t="s">
+      <c r="G10" s="52" t="s">
         <v>17</v>
       </c>
-      <c r="H8" s="53" t="s">
+      <c r="H10" s="53" t="s">
         <v>18</v>
       </c>
-      <c r="I8" s="41">
+      <c r="I10" s="41">
         <v>45274</v>
       </c>
-      <c r="J8" s="48" t="s">
+      <c r="J10" s="48" t="s">
         <v>59</v>
       </c>
-      <c r="K8" s="1"/>
-[...2 lines deleted...]
-      <c r="B9" s="35" t="s">
+      <c r="K10" s="1"/>
+    </row>
+    <row r="11" spans="2:12" ht="409.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B11" s="35" t="s">
         <v>19</v>
       </c>
-      <c r="C9" s="30">
+      <c r="C11" s="30">
         <v>44844</v>
       </c>
-      <c r="D9" s="32" t="s">
+      <c r="D11" s="32" t="s">
         <v>20</v>
-      </c>
-[...58 lines deleted...]
-        <v>27</v>
       </c>
       <c r="E11" s="46" t="s">
         <v>16</v>
       </c>
       <c r="F11" s="30">
+        <v>44872</v>
+      </c>
+      <c r="G11" s="28" t="s">
+        <v>21</v>
+      </c>
+      <c r="H11" s="39" t="s">
+        <v>22</v>
+      </c>
+      <c r="I11" s="41">
+        <v>45029</v>
+      </c>
+      <c r="J11" s="48" t="s">
+        <v>60</v>
+      </c>
+      <c r="K11" s="1"/>
+    </row>
+    <row r="12" spans="2:12" ht="276" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B12" s="35" t="s">
+        <v>23</v>
+      </c>
+      <c r="C12" s="30">
+        <v>44301</v>
+      </c>
+      <c r="D12" s="32" t="s">
+        <v>24</v>
+      </c>
+      <c r="E12" s="46" t="s">
+        <v>16</v>
+      </c>
+      <c r="F12" s="30">
+        <v>44347</v>
+      </c>
+      <c r="G12" s="28" t="s">
+        <v>61</v>
+      </c>
+      <c r="H12" s="39" t="s">
+        <v>25</v>
+      </c>
+      <c r="I12" s="41">
+        <v>44755</v>
+      </c>
+      <c r="J12" s="48" t="s">
+        <v>62</v>
+      </c>
+      <c r="K12" s="1"/>
+    </row>
+    <row r="13" spans="2:12" ht="124.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B13" s="35" t="s">
+        <v>26</v>
+      </c>
+      <c r="C13" s="30">
+        <v>44266</v>
+      </c>
+      <c r="D13" s="32" t="s">
+        <v>27</v>
+      </c>
+      <c r="E13" s="46" t="s">
+        <v>16</v>
+      </c>
+      <c r="F13" s="30">
         <v>44326</v>
       </c>
-      <c r="G11" s="28" t="s">
+      <c r="G13" s="28" t="s">
         <v>66</v>
       </c>
-      <c r="H11" s="39" t="s">
+      <c r="H13" s="39" t="s">
         <v>28</v>
       </c>
-      <c r="I11" s="41">
+      <c r="I13" s="41">
         <v>44677</v>
       </c>
-      <c r="J11" s="48" t="s">
+      <c r="J13" s="48" t="s">
         <v>63</v>
       </c>
-      <c r="K11" s="1"/>
-[...2 lines deleted...]
-      <c r="B12" s="35" t="s">
+      <c r="K13" s="1"/>
+    </row>
+    <row r="14" spans="2:12" ht="401.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B14" s="35" t="s">
         <v>29</v>
       </c>
-      <c r="C12" s="29">
+      <c r="C14" s="29">
         <v>44140</v>
       </c>
-      <c r="D12" s="32" t="s">
+      <c r="D14" s="32" t="s">
         <v>30</v>
-      </c>
-[...58 lines deleted...]
-        <v>68</v>
       </c>
       <c r="E14" s="46" t="s">
         <v>31</v>
       </c>
-      <c r="F14" s="38">
+      <c r="F14" s="30">
+        <v>44221</v>
+      </c>
+      <c r="G14" s="28" t="s">
+        <v>64</v>
+      </c>
+      <c r="H14" s="31" t="s">
+        <v>32</v>
+      </c>
+      <c r="I14" s="41">
+        <v>44659</v>
+      </c>
+      <c r="J14" s="48" t="s">
+        <v>65</v>
+      </c>
+      <c r="K14" s="1"/>
+    </row>
+    <row r="15" spans="2:12" ht="258.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B15" s="35" t="s">
+        <v>33</v>
+      </c>
+      <c r="C15" s="30">
+        <v>44154</v>
+      </c>
+      <c r="D15" s="32" t="s">
+        <v>34</v>
+      </c>
+      <c r="E15" s="46" t="s">
+        <v>9</v>
+      </c>
+      <c r="F15" s="30">
+        <v>44179</v>
+      </c>
+      <c r="G15" s="28" t="s">
+        <v>35</v>
+      </c>
+      <c r="H15" s="39" t="s">
+        <v>36</v>
+      </c>
+      <c r="I15" s="47" t="s">
+        <v>57</v>
+      </c>
+      <c r="J15" s="47" t="s">
+        <v>57</v>
+      </c>
+      <c r="K15" s="1"/>
+    </row>
+    <row r="16" spans="2:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B16" s="35" t="s">
+        <v>37</v>
+      </c>
+      <c r="C16" s="36">
+        <v>43710</v>
+      </c>
+      <c r="D16" s="37" t="s">
+        <v>68</v>
+      </c>
+      <c r="E16" s="46" t="s">
+        <v>31</v>
+      </c>
+      <c r="F16" s="38">
         <v>43740</v>
       </c>
-      <c r="G14" s="28" t="s">
+      <c r="G16" s="28" t="s">
         <v>67</v>
       </c>
-      <c r="H14" s="39" t="s">
+      <c r="H16" s="39" t="s">
         <v>38</v>
       </c>
-      <c r="I14" s="41">
+      <c r="I16" s="41">
         <v>43980</v>
       </c>
-      <c r="J14" s="40" t="s">
+      <c r="J16" s="40" t="s">
         <v>71</v>
       </c>
-      <c r="K14" s="1"/>
-[...2 lines deleted...]
-      <c r="B15" s="35" t="s">
+    </row>
+    <row r="17" spans="2:10" ht="225" x14ac:dyDescent="0.25">
+      <c r="B17" s="35" t="s">
         <v>39</v>
       </c>
-      <c r="C15" s="36">
+      <c r="C17" s="36">
         <v>43385</v>
       </c>
-      <c r="D15" s="42" t="s">
+      <c r="D17" s="42" t="s">
         <v>40</v>
       </c>
-      <c r="E15" s="46" t="s">
+      <c r="E17" s="46" t="s">
         <v>31</v>
       </c>
-      <c r="F15" s="38">
+      <c r="F17" s="38">
         <v>43437</v>
       </c>
-      <c r="G15" s="27" t="s">
+      <c r="G17" s="27" t="s">
         <v>69</v>
       </c>
-      <c r="H15" s="39" t="s">
+      <c r="H17" s="39" t="s">
         <v>41</v>
       </c>
-      <c r="I15" s="43">
+      <c r="I17" s="43">
         <v>43565</v>
       </c>
-      <c r="J15" s="27" t="s">
+      <c r="J17" s="27" t="s">
         <v>70</v>
       </c>
-      <c r="K15" s="1"/>
-[...17 lines deleted...]
-      <c r="C23" s="21"/>
+    </row>
+    <row r="18" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B18" s="22"/>
+      <c r="C18" s="22"/>
+      <c r="D18" s="23"/>
+      <c r="E18" s="23"/>
+      <c r="F18" s="24"/>
+      <c r="G18" s="25"/>
+      <c r="H18" s="26"/>
+      <c r="I18" s="26"/>
+    </row>
+    <row r="24" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B24" s="20"/>
+      <c r="C24" s="20"/>
+    </row>
+    <row r="25" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B25" s="21"/>
+      <c r="C25" s="21"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="B2:K2"/>
     <mergeCell ref="B4:K4"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="B12" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
-[...8 lines deleted...]
-    <hyperlink ref="B6" r:id="rId10" xr:uid="{00000000-0004-0000-0000-000009000000}"/>
+    <hyperlink ref="B14" r:id="rId1"/>
+    <hyperlink ref="B16" r:id="rId2"/>
+    <hyperlink ref="B17" r:id="rId3"/>
+    <hyperlink ref="B15" r:id="rId4" location="{&quot;itemid&quot;:[&quot;003-6951456-9350980&quot;]}"/>
+    <hyperlink ref="B13" r:id="rId5"/>
+    <hyperlink ref="B12" r:id="rId6"/>
+    <hyperlink ref="B11" r:id="rId7"/>
+    <hyperlink ref="B10" r:id="rId8"/>
+    <hyperlink ref="B9" r:id="rId9"/>
+    <hyperlink ref="B8" r:id="rId10"/>
+    <hyperlink ref="B7" r:id="rId11"/>
+    <hyperlink ref="B6" r:id="rId12" display="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-8323375-11737701&amp;filename=Request%20for%20advisory%20opinion%20lodged%20by%20Ukraine%27s%20Supreme%20Court%20on%20whether%20a%20nun%E2%80%99s%20cell%20can%20qualify%20as%20her%20home.pdf"/>
   </hyperlinks>
   <pageMargins left="0.23622047244094491" right="0.15748031496062992" top="0.39370078740157483" bottom="0.43307086614173229" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="8" scale="70" fitToHeight="0" orientation="landscape" r:id="rId11"/>
-  <drawing r:id="rId12"/>
+  <pageSetup paperSize="8" scale="70" fitToHeight="0" orientation="landscape" r:id="rId13"/>
+  <drawing r:id="rId14"/>
   <tableParts count="1">
-    <tablePart r:id="rId13"/>
+    <tablePart r:id="rId15"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr codeName="Sheet2">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B1:H25"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="F4" sqref="F4"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="1.6640625" style="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="9" max="16384" width="9.109375" style="1"/>
+    <col min="1" max="1" width="1.7109375" style="1" customWidth="1"/>
+    <col min="2" max="2" width="43.5703125" style="2" customWidth="1"/>
+    <col min="3" max="3" width="24.7109375" style="3" customWidth="1"/>
+    <col min="4" max="4" width="21.7109375" style="1" customWidth="1"/>
+    <col min="5" max="5" width="20.140625" style="1" customWidth="1"/>
+    <col min="6" max="8" width="19.28515625" style="1" customWidth="1"/>
+    <col min="9" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:8" ht="158.25" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="B1" s="64" t="s">
+    <row r="1" spans="2:8" ht="158.25" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B1" s="79" t="s">
         <v>42</v>
       </c>
-      <c r="C1" s="64"/>
-[...4 lines deleted...]
-      <c r="B2" s="66" t="s">
+      <c r="C1" s="79"/>
+      <c r="D1" s="79"/>
+      <c r="E1" s="79"/>
+    </row>
+    <row r="2" spans="2:8" ht="88.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B2" s="80" t="s">
         <v>43</v>
       </c>
-      <c r="C2" s="66"/>
-[...3 lines deleted...]
-    <row r="3" spans="2:8" ht="78" x14ac:dyDescent="0.3">
+      <c r="C2" s="80"/>
+      <c r="D2" s="80"/>
+      <c r="E2" s="80"/>
+    </row>
+    <row r="3" spans="2:8" ht="94.5" x14ac:dyDescent="0.25">
       <c r="B3" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C3" s="4" t="s">
         <v>45</v>
       </c>
       <c r="D3" s="5" t="s">
         <v>46</v>
       </c>
       <c r="E3" s="8" t="s">
         <v>47</v>
       </c>
       <c r="F3" s="18" t="s">
         <v>48</v>
       </c>
       <c r="G3" s="18" t="s">
         <v>49</v>
       </c>
       <c r="H3" s="19" t="s">
         <v>50</v>
       </c>
     </row>
-    <row r="4" spans="2:8" x14ac:dyDescent="0.3">
+    <row r="4" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B4" s="13" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="C4" s="14" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="D4" s="15" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="E4" s="15" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="F4" s="15"/>
       <c r="G4" s="16"/>
       <c r="H4" s="17"/>
     </row>
-    <row r="5" spans="2:8" x14ac:dyDescent="0.3">
+    <row r="5" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B5" s="13" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="C5" s="14" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="D5" s="15" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="E5" s="15" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="F5" s="15"/>
       <c r="G5" s="16"/>
       <c r="H5" s="17"/>
     </row>
-    <row r="6" spans="2:8" x14ac:dyDescent="0.3">
+    <row r="6" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B6" s="13" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="C6" s="14" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="D6" s="15" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="E6" s="15" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="F6" s="15"/>
       <c r="G6" s="16"/>
       <c r="H6" s="17"/>
     </row>
-    <row r="7" spans="2:8" x14ac:dyDescent="0.3">
+    <row r="7" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B7" s="13" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="C7" s="14" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="D7" s="15" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="E7" s="15" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="F7" s="15"/>
       <c r="G7" s="16"/>
       <c r="H7" s="17"/>
     </row>
-    <row r="8" spans="2:8" x14ac:dyDescent="0.3">
+    <row r="8" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B8" s="13" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="C8" s="14" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="D8" s="15" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="E8" s="15" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="F8" s="15"/>
       <c r="G8" s="16"/>
       <c r="H8" s="17"/>
     </row>
-    <row r="9" spans="2:8" x14ac:dyDescent="0.3">
+    <row r="9" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B9" s="13" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="C9" s="14" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="D9" s="15" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="E9" s="15" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="16"/>
       <c r="H9" s="17"/>
     </row>
-    <row r="10" spans="2:8" x14ac:dyDescent="0.3">
+    <row r="10" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B10" s="13" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="C10" s="14" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="D10" s="15" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="E10" s="15" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="16"/>
       <c r="H10" s="17"/>
     </row>
-    <row r="11" spans="2:8" x14ac:dyDescent="0.3">
+    <row r="11" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B11" s="13" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="C11" s="14" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="D11" s="15" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="E11" s="15" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="16"/>
       <c r="H11" s="17"/>
     </row>
-    <row r="12" spans="2:8" x14ac:dyDescent="0.3">
+    <row r="12" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B12" s="13" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="C12" s="14" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="D12" s="15" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="E12" s="15" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="16"/>
       <c r="H12" s="17"/>
     </row>
-    <row r="13" spans="2:8" x14ac:dyDescent="0.3">
+    <row r="13" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B13" s="13" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="C13" s="14" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="D13" s="15" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="E13" s="15" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="16"/>
       <c r="H13" s="17"/>
     </row>
-    <row r="14" spans="2:8" x14ac:dyDescent="0.3">
+    <row r="14" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B14" s="13" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="C14" s="14" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="D14" s="15" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="E14" s="15" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="16"/>
       <c r="H14" s="17"/>
     </row>
-    <row r="15" spans="2:8" x14ac:dyDescent="0.3">
+    <row r="15" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B15" s="13" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="C15" s="14" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="D15" s="15" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="E15" s="15" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="16"/>
       <c r="H15" s="17"/>
     </row>
-    <row r="16" spans="2:8" x14ac:dyDescent="0.3">
+    <row r="16" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B16" s="13" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="C16" s="14" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="D16" s="15" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="E16" s="15" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="16"/>
       <c r="H16" s="17"/>
     </row>
-    <row r="17" spans="2:8" x14ac:dyDescent="0.3">
+    <row r="17" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B17" s="13" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="C17" s="14" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="D17" s="15" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="E17" s="15" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="16"/>
       <c r="H17" s="17"/>
     </row>
-    <row r="18" spans="2:8" x14ac:dyDescent="0.3">
+    <row r="18" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B18" s="13" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="C18" s="14" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="D18" s="15" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="E18" s="15" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="16"/>
       <c r="H18" s="17"/>
     </row>
-    <row r="19" spans="2:8" x14ac:dyDescent="0.3">
+    <row r="19" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B19" s="13" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="C19" s="14" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="D19" s="15" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="E19" s="15" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="16"/>
       <c r="H19" s="17"/>
     </row>
-    <row r="20" spans="2:8" x14ac:dyDescent="0.3">
+    <row r="20" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B20" s="13" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="C20" s="14" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="D20" s="15" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="E20" s="15" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="16"/>
       <c r="H20" s="17"/>
     </row>
-    <row r="21" spans="2:8" x14ac:dyDescent="0.3">
+    <row r="21" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B21" s="13" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="C21" s="14" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="D21" s="15" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="E21" s="15" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="16"/>
       <c r="H21" s="17"/>
     </row>
-    <row r="22" spans="2:8" x14ac:dyDescent="0.3">
+    <row r="22" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B22" s="13" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="C22" s="14" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="D22" s="15" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="E22" s="15" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="16"/>
       <c r="H22" s="17"/>
     </row>
-    <row r="23" spans="2:8" x14ac:dyDescent="0.3">
+    <row r="23" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B23" s="13" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="C23" s="14" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="D23" s="15" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="E23" s="15" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="16"/>
       <c r="H23" s="17"/>
     </row>
-    <row r="24" spans="2:8" x14ac:dyDescent="0.3">
+    <row r="24" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B24" s="9"/>
       <c r="C24" s="10"/>
       <c r="D24" s="11"/>
       <c r="E24" s="12"/>
     </row>
-    <row r="25" spans="2:8" x14ac:dyDescent="0.3">
+    <row r="25" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B25" s="7" t="s">
         <v>51</v>
       </c>
       <c r="C25" s="7"/>
       <c r="D25" s="7"/>
       <c r="E25" s="7"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="B1:E1"/>
     <mergeCell ref="B2:E2"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="E3" r:id="rId1" display="http://insite.dhcour.coe.int/link/tikitlink.asp?doc=2024927%20&amp;lib=court" xr:uid="{00000000-0004-0000-0100-000000000000}"/>
+    <hyperlink ref="E3" r:id="rId1" display="http://insite.dhcour.coe.int/link/tikitlink.asp?doc=2024927%20&amp;lib=court"/>
   </hyperlinks>
   <pageMargins left="0.23622047244094491" right="0.15748031496062992" top="0.39370078740157483" bottom="0.43307086614173229" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="8" scale="84" orientation="portrait" r:id="rId2"/>
   <drawing r:id="rId3"/>
   <tableParts count="1">
     <tablePart r:id="rId4"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Worksheets</vt:lpstr>
+        <vt:lpstr>Аркуші</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Named Ranges</vt:lpstr>
+        <vt:lpstr>Іменовані діапазони</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="4" baseType="lpstr">
-      <vt:lpstr>01-07-2024</vt:lpstr>
+      <vt:lpstr>Advisory Opinions</vt:lpstr>
       <vt:lpstr>CHECKLIST</vt:lpstr>
-      <vt:lpstr>'01-07-2024'!_GoBack</vt:lpstr>
-      <vt:lpstr>'01-07-2024'!Print_Area</vt:lpstr>
+      <vt:lpstr>'Advisory Opinions'!_GoBack</vt:lpstr>
+      <vt:lpstr>'Advisory Opinions'!Область_друку</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>European court of Human Right</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>ECHR - CEDH</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="eDOCS AutoSave">
-    <vt:lpwstr>20250307180319656</vt:lpwstr>
+    <vt:lpwstr>20251126210717682</vt:lpwstr>
   </property>
 </Properties>
 </file>