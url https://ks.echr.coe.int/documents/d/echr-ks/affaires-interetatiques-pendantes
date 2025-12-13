--- v0 (2025-10-08)
+++ v1 (2025-12-13)
@@ -2,74 +2,74 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="26731"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27928"/>
   <workbookPr codeName="ThisWorkbook" autoCompressPictures="0" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\Uwamahoro\Downloads\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\Delrue\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{16874379-BD96-405D-817B-60A62CD604FC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{4EE28DD7-9ED4-4ADA-B4A0-991A5AAB4FDC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10420" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="41496" windowHeight="16776" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Affaires interétat. pendantes" sheetId="5" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_GoBack" localSheetId="0">'Affaires interétat. pendantes'!#REF!</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Affaires interétat. pendantes'!$A$2:$E$14</definedName>
   </definedNames>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="48">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="47">
   <si>
     <t>39611/18</t>
   </si>
   <si>
     <t>55855/18</t>
   </si>
   <si>
     <t>35738/20</t>
   </si>
   <si>
     <t>42521/20</t>
   </si>
   <si>
     <t>47319/20</t>
   </si>
   <si>
     <t>10691/21</t>
   </si>
   <si>
     <t>Article 2</t>
   </si>
   <si>
     <t>43517/20</t>
   </si>
   <si>
@@ -188,71 +188,50 @@
   <si>
     <t>La requête porte sur l'allégation, de la part du gouvernement ukrainien, d'une pratique administrative continue, de la part de la Fédération de Russie, qui consisterait à mener des opérations d'assassinat ciblées contre des opposants présumés de la Fédération de Russie, en Russie et sur le territoire d'autres États. Le gouvernement ukrainien allègue également une pratique administrative consistant à ne pas mener d'enquête sur ces opérations d'assassinat et à organiser délibérément des opérations de dissimulation destinées à contrecarrer les efforts visant à trouver les responsables.</t>
   </si>
   <si>
     <t>La requête concerne principalement les récentes hostilités entre l’Arménie et l’Azerbaïdjan (2020) et contient des allégations de violations généralisées de la Convention par l’État défendeur au cours des hostilités, notamment des attaques aveugles contre des civils et des biens et infrastructures civils et publics ; des exécutions, des mauvais traitements et des mutilations infligés à des combattants et à des civils ; la capture et le maintien en détention de prisonniers de guerre ; et le déplacement forcé de la population civile dans les zones touchées par les opérations militaires. 
 L'Azerbaïdjan allègue en outre que l'Arménie est responsable d'un certain nombre de violations de la Convention depuis 1992 dans le Haut-Karabakh et dans les territoires environnants, notamment le déplacement continu de centaines de milliers d'Azerbaïdjanais contraints de quitter leurs foyers et leurs biens, des mauvais traitements et la disparition de ressortissants azerbaïdjanais sans enquête appropriée, et la destruction de biens culturels et religieux.</t>
   </si>
   <si>
     <t>La requête concerne la classification par l'État défendeur des ressortissants du Liechtenstein comme des ressortissants allemands aux fins de l'application des décrets du président de la République de 1945 (également appelés "décrets Beneš"), qui ont notamment permis de confisquer les biens des personnes d'origine ethnique allemande et hongroise après la Seconde Guerre mondiale.</t>
   </si>
   <si>
     <t>La requête concerne des allégations selon lesquelles l'État défendeur aurait adopté des pratiques administratives : a) de harcèlement, d'arrestation et de détention illégales, d'agression, de torture, d'homicide et d'intimidation de personnes d'origine géorgienne qui tentent de franchir ou qui vivent à proximité des lignes de démarcation administratives qui séparent désormais le territoire contrôlé par la Géorgie de l'Abkhazie et de l'Ossétie du Sud ; et b) l'absence d'enquêtes conformes à la Convention à cet égard. Le gouvernement requérant allègue en outre qu'Artchil Tatunachvili a été illégalement privé de liberté, torturé et assassiné par des personnes dont la Russie est responsable et que la Russie n'a pas mené d'enquête conforme à la Convention sur les arrestations illégales et les homicides de Davit Bacharuli, de Giga Otkhozoria et d'Artchil Tatunachvili.</t>
   </si>
   <si>
     <t xml:space="preserve"> * Établi pas le Greffe. Ne lie pas la Cour.</t>
   </si>
   <si>
     <t>Numéro de la requête
 (avec lien vers le communiqué de presse)</t>
   </si>
   <si>
     <t>CEDH-KS</t>
   </si>
   <si>
     <t>Arménie c. Turkiye</t>
-  </si>
-[...19 lines deleted...]
-    </r>
   </si>
   <si>
     <t>Irlande c. Royaume-Uni</t>
   </si>
   <si>
     <t>1859/24</t>
   </si>
   <si>
     <t>La requête concerne la compatibilité de certaines dispositions de la loi de 2023 sur les troubles en Irlande du Nord (leçons et réconciliation), qui a été promulguée le 18 septembre 2023, avec la Convention. Les buts affichés de cette loi sont de tirer les leçons des troubles – le conflit qui s’est déroulé en Irlande du Nord de la fin des années 1960 à 1998 – et promouvoir la réconciliation.</t>
   </si>
   <si>
     <t>Article 2
 Article 3
 Article 6
 Article 13
 Article 14</t>
   </si>
   <si>
     <t xml:space="preserve">Tableau de l’ensemble des affaires interétatiques pendantes*
 </t>
   </si>
   <si>
     <t>Slovaquie c. Belgique</t>
   </si>
   <si>
@@ -1250,359 +1229,356 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/fre?i=001-224473" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-6769238-9041942&amp;filename=Affaire%20inter-%C3%A9tatique%20Liechtenstein%20c.%20R%C3%A9publique%20tch%C3%A8que.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.armenews.com/IMG/pdf/dessaisissement_en_faveur_de_la_grande_chambre_dans_deux_affaires_inter_tatiques.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-7022027-9472982&amp;filename=R%C3%A9ception%20de%20la%20requ%C3%AAte%20inter%C3%A9tatique%20Arm%C3%A9nie%20c.%20Turquie.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-6946900-9342604&amp;filename=Nouvelle%20requ%C3%AAte%20inter%C3%A9tatique%20introduite%20par%20l%27Ukraine%20contre%20la%20Russie.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.armenews.com/IMG/pdf/dessaisissement_en_faveur_de_la_grande_chambre_dans_deux_affaires_inter_tatiques.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-8176523-11469024&amp;filename=Nouvelle%20requ%C3%AAte%20inter%C3%A9tatique%20%3A%20la%20Slovaquie%20contre%20la%20Belgique.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-6176213-8005413&amp;filename=Nouvelle%20requ%C3%AAte%20inter%C3%A9tatique%20introduite%20par%20la%20G%C3%A9orgie%20contre%20la%20Russie.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-7854822-10910607&amp;filename=Nouvelle%20requ%C3%AAte%20inter%C3%A9tatique%20introduite%20par%20l%27Irlande%20contre%20le%20Royaume-Uni.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-6269442-8166578&amp;filename=Octroi%20d%27une%20mesure%20provisoire%20dans%20une%20nouvelle%20affaire%20inter%C3%A9tatique%20Ukraine%20c.%20Russie%20concernant%20les%20%C3%A9v%C3%A9nements%20survenus%20dans%20le%20d%C3%A9troit%20de%20Kertch.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.echr.coe.int/fr/inter-state-applications" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/fre?i=001-224473" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-6769238-9041942&amp;filename=Affaire%20inter-%C3%A9tatique%20Liechtenstein%20c.%20R%C3%A9publique%20tch%C3%A8que.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.armenews.com/IMG/pdf/dessaisissement_en_faveur_de_la_grande_chambre_dans_deux_affaires_inter_tatiques.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-7022027-9472982&amp;filename=R%C3%A9ception%20de%20la%20requ%C3%AAte%20inter%C3%A9tatique%20Arm%C3%A9nie%20c.%20Turquie.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-6946900-9342604&amp;filename=Nouvelle%20requ%C3%AAte%20inter%C3%A9tatique%20introduite%20par%20l%27Ukraine%20contre%20la%20Russie.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.armenews.com/IMG/pdf/dessaisissement_en_faveur_de_la_grande_chambre_dans_deux_affaires_inter_tatiques.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-6176213-8005413&amp;filename=Nouvelle%20requ%C3%AAte%20inter%C3%A9tatique%20introduite%20par%20la%20G%C3%A9orgie%20contre%20la%20Russie.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-8176523-11469024&amp;filename=Nouvelle%20requ%C3%AAte%20inter%C3%A9tatique%20%3A%20la%20Slovaquie%20contre%20la%20Belgique.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-6269442-8166578&amp;filename=Octroi%20d%27une%20mesure%20provisoire%20dans%20une%20nouvelle%20affaire%20inter%C3%A9tatique%20Ukraine%20c.%20Russie%20concernant%20les%20%C3%A9v%C3%A9nements%20survenus%20dans%20le%20d%C3%A9troit%20de%20Kertch.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-7854822-10910607&amp;filename=Nouvelle%20requ%C3%AAte%20inter%C3%A9tatique%20introduite%20par%20l%27Irlande%20contre%20le%20Royaume-Uni.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3190931B-A9BA-40F2-8F31-0A3252409FE2}">
   <dimension ref="B1:K15"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A7" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A8" sqref="A8"/>
+    <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="C5" sqref="C5"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="9.21875" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="1.54296875" style="1" customWidth="1"/>
-[...9 lines deleted...]
-    <col min="12" max="16384" width="9.1796875" style="1"/>
+    <col min="1" max="1" width="1.5546875" style="1" customWidth="1"/>
+    <col min="2" max="2" width="48.77734375" style="2" customWidth="1"/>
+    <col min="3" max="3" width="21.44140625" style="2" customWidth="1"/>
+    <col min="4" max="4" width="19.77734375" style="1" customWidth="1"/>
+    <col min="5" max="5" width="24.5546875" style="1" customWidth="1"/>
+    <col min="6" max="6" width="25.44140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="87.44140625" style="1" customWidth="1"/>
+    <col min="8" max="8" width="25.77734375" style="5" customWidth="1"/>
+    <col min="9" max="10" width="9.21875" style="1"/>
+    <col min="11" max="11" width="9.21875" style="11"/>
+    <col min="12" max="16384" width="9.21875" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:11" ht="25" x14ac:dyDescent="0.35">
+    <row r="1" spans="2:11" ht="24.6" x14ac:dyDescent="0.3">
       <c r="B1" s="39" t="s">
         <v>36</v>
       </c>
       <c r="C1" s="39"/>
       <c r="D1" s="39"/>
       <c r="E1" s="39"/>
       <c r="F1" s="39"/>
       <c r="G1" s="39"/>
       <c r="H1" s="39"/>
     </row>
-    <row r="2" spans="2:11" s="3" customFormat="1" ht="100.5" customHeight="1" x14ac:dyDescent="0.6">
+    <row r="2" spans="2:11" s="3" customFormat="1" ht="100.5" customHeight="1" x14ac:dyDescent="0.5">
       <c r="B2" s="37" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="C2" s="37"/>
       <c r="D2" s="37"/>
       <c r="E2" s="37"/>
       <c r="F2" s="37"/>
       <c r="G2" s="37"/>
       <c r="H2" s="37"/>
       <c r="K2" s="12"/>
     </row>
-    <row r="3" spans="2:11" s="3" customFormat="1" ht="24.75" customHeight="1" x14ac:dyDescent="0.6">
+    <row r="3" spans="2:11" s="3" customFormat="1" ht="24.75" customHeight="1" x14ac:dyDescent="0.5">
       <c r="B3" s="22" t="s">
         <v>34</v>
       </c>
       <c r="C3" s="22"/>
       <c r="D3" s="22"/>
       <c r="E3" s="22"/>
       <c r="F3" s="22"/>
       <c r="G3" s="22"/>
       <c r="H3" s="19"/>
       <c r="K3" s="12"/>
     </row>
-    <row r="4" spans="2:11" s="3" customFormat="1" ht="88.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="4" spans="2:11" s="3" customFormat="1" ht="88.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B4" s="38" t="s">
         <v>21</v>
       </c>
       <c r="C4" s="38"/>
       <c r="D4" s="38"/>
       <c r="E4" s="38"/>
       <c r="F4" s="38"/>
       <c r="G4" s="38"/>
       <c r="H4" s="38"/>
       <c r="K4" s="12"/>
     </row>
-    <row r="5" spans="2:11" s="7" customFormat="1" ht="114" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="5" spans="2:11" s="7" customFormat="1" ht="114" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B5" s="4" t="s">
         <v>8</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>35</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>9</v>
       </c>
       <c r="E5" s="4" t="s">
         <v>10</v>
       </c>
       <c r="F5" s="4" t="s">
         <v>19</v>
       </c>
       <c r="G5" s="6" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6" t="s">
         <v>12</v>
       </c>
       <c r="K5" s="13"/>
     </row>
-    <row r="6" spans="2:11" s="7" customFormat="1" ht="93" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="6" spans="2:11" s="7" customFormat="1" ht="93" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B6" s="31" t="s">
+        <v>43</v>
+      </c>
+      <c r="C6" s="17" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
       <c r="D6" s="32">
         <v>45715</v>
       </c>
       <c r="E6" s="33"/>
       <c r="F6" s="34"/>
       <c r="G6" s="35" t="s">
+        <v>45</v>
+      </c>
+      <c r="H6" s="36" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
       <c r="K6" s="13"/>
     </row>
-    <row r="7" spans="2:11" s="7" customFormat="1" ht="93" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="7" spans="2:11" s="7" customFormat="1" ht="93" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B7" s="8" t="s">
+        <v>38</v>
+      </c>
+      <c r="C7" s="17" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
       <c r="D7" s="23">
         <v>45308</v>
       </c>
       <c r="E7" s="25"/>
       <c r="F7" s="27"/>
       <c r="G7" s="20" t="s">
+        <v>40</v>
+      </c>
+      <c r="H7" s="21" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
       <c r="K7" s="13"/>
     </row>
-    <row r="8" spans="2:11" s="7" customFormat="1" ht="105" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="8" spans="2:11" s="7" customFormat="1" ht="105" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B8" s="8" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="14" t="s">
         <v>5</v>
       </c>
       <c r="D8" s="24">
         <v>44246</v>
       </c>
       <c r="E8" s="26"/>
       <c r="F8" s="28"/>
       <c r="G8" s="9" t="s">
         <v>30</v>
       </c>
       <c r="H8" s="10" t="s">
         <v>6</v>
       </c>
       <c r="K8" s="13"/>
     </row>
-    <row r="9" spans="2:11" s="7" customFormat="1" ht="200.15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="9" spans="2:11" s="7" customFormat="1" ht="200.1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B9" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C9" s="15" t="s">
         <v>4</v>
       </c>
       <c r="D9" s="24">
         <v>44131</v>
       </c>
       <c r="E9" s="26"/>
       <c r="F9" s="28"/>
       <c r="G9" s="9" t="s">
         <v>31</v>
       </c>
       <c r="H9" s="10" t="s">
         <v>26</v>
       </c>
       <c r="K9" s="13"/>
     </row>
-    <row r="10" spans="2:11" s="7" customFormat="1" ht="130.5" x14ac:dyDescent="0.35">
+    <row r="10" spans="2:11" s="7" customFormat="1" ht="129.6" x14ac:dyDescent="0.3">
       <c r="B10" s="8" t="s">
         <v>37</v>
       </c>
       <c r="C10" s="14" t="s">
         <v>7</v>
       </c>
       <c r="D10" s="24">
         <v>44108</v>
       </c>
       <c r="E10" s="26"/>
       <c r="F10" s="28"/>
       <c r="G10" s="9" t="s">
         <v>20</v>
       </c>
       <c r="H10" s="10" t="s">
         <v>24</v>
       </c>
       <c r="K10" s="13"/>
     </row>
-    <row r="11" spans="2:11" s="7" customFormat="1" ht="170.15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="11" spans="2:11" s="7" customFormat="1" ht="170.1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B11" s="8" t="s">
         <v>15</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>3</v>
       </c>
       <c r="D11" s="24">
         <v>44101</v>
       </c>
       <c r="E11" s="26"/>
       <c r="F11" s="28"/>
       <c r="G11" s="9" t="s">
         <v>27</v>
       </c>
       <c r="H11" s="10" t="s">
         <v>25</v>
       </c>
       <c r="K11" s="13"/>
     </row>
-    <row r="12" spans="2:11" s="7" customFormat="1" ht="114.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="12" spans="2:11" s="7" customFormat="1" ht="114.6" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B12" s="8" t="s">
         <v>16</v>
       </c>
       <c r="C12" s="14" t="s">
         <v>2</v>
       </c>
       <c r="D12" s="24">
         <v>44062</v>
       </c>
       <c r="E12" s="26"/>
       <c r="F12" s="28"/>
       <c r="G12" s="9" t="s">
         <v>32</v>
       </c>
       <c r="H12" s="10" t="s">
         <v>28</v>
       </c>
       <c r="K12" s="13"/>
     </row>
-    <row r="13" spans="2:11" s="7" customFormat="1" ht="43.5" x14ac:dyDescent="0.35">
+    <row r="13" spans="2:11" s="7" customFormat="1" ht="43.2" x14ac:dyDescent="0.3">
       <c r="B13" s="8" t="s">
         <v>17</v>
       </c>
       <c r="C13" s="14" t="s">
         <v>1</v>
       </c>
       <c r="D13" s="24">
         <v>43433</v>
       </c>
       <c r="E13" s="26"/>
       <c r="F13" s="29"/>
       <c r="G13" s="9" t="s">
         <v>29</v>
       </c>
       <c r="H13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="K13" s="13"/>
     </row>
-    <row r="14" spans="2:11" s="7" customFormat="1" ht="156" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="14" spans="2:11" s="7" customFormat="1" ht="156" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B14" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C14" s="16" t="s">
         <v>0</v>
       </c>
       <c r="D14" s="24">
         <v>43334</v>
       </c>
       <c r="E14" s="26"/>
       <c r="F14" s="30">
         <v>45013</v>
       </c>
       <c r="G14" s="9" t="s">
         <v>33</v>
       </c>
       <c r="H14" s="10" t="s">
         <v>23</v>
       </c>
       <c r="K14" s="13"/>
     </row>
-    <row r="15" spans="2:11" x14ac:dyDescent="0.35">
-[...2 lines deleted...]
-      </c>
+    <row r="15" spans="2:11" x14ac:dyDescent="0.3">
+      <c r="B15" s="18"/>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="B2:H2"/>
     <mergeCell ref="B4:H4"/>
     <mergeCell ref="B1:H1"/>
   </mergeCells>
   <phoneticPr fontId="10" type="noConversion"/>
   <hyperlinks>
     <hyperlink ref="C8" r:id="rId1" xr:uid="{0A488761-CC13-4928-B576-9D0F7479F127}"/>
     <hyperlink ref="C10" r:id="rId2" xr:uid="{7EBF809C-5382-41E2-9658-79B44E22D1EC}"/>
     <hyperlink ref="C12" r:id="rId3" xr:uid="{CA30D2D1-49E3-44D2-8766-7A15C978EDE2}"/>
     <hyperlink ref="C13" r:id="rId4" xr:uid="{DAF29268-7DEB-44EC-8CD8-F434E8E9275D}"/>
     <hyperlink ref="C14" r:id="rId5" xr:uid="{3C200313-9344-4651-B501-C8122CE46F5B}"/>
     <hyperlink ref="C9" r:id="rId6" xr:uid="{F95D0FD0-BA68-487C-A95D-A6C29730C25F}"/>
     <hyperlink ref="C11" r:id="rId7" xr:uid="{BCD2EB68-7F84-41FF-B880-862D0ECCAFBB}"/>
     <hyperlink ref="F14" r:id="rId8" display="https://hudoc.echr.coe.int/fre?i=001-224473" xr:uid="{6AC561F3-1660-4096-928E-02AED73239AE}"/>
-    <hyperlink ref="B15" r:id="rId9" xr:uid="{A4AEB088-0D57-41EF-9E27-E9A22F03C8B4}"/>
-[...1 lines deleted...]
-    <hyperlink ref="C6" r:id="rId11" display="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-8176523-11469024&amp;filename=Nouvelle%20requ%C3%AAte%20inter%C3%A9tatique%20%3A%20la%20Slovaquie%20contre%20la%20Belgique.pdf" xr:uid="{755346EA-6457-4E93-8DD6-3D43BD9E1731}"/>
+    <hyperlink ref="C7" r:id="rId9" xr:uid="{23C3903D-D7DB-4764-BDE7-CAEC0287825E}"/>
+    <hyperlink ref="C6" r:id="rId10" display="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-8176523-11469024&amp;filename=Nouvelle%20requ%C3%AAte%20inter%C3%A9tatique%20%3A%20la%20Slovaquie%20contre%20la%20Belgique.pdf" xr:uid="{755346EA-6457-4E93-8DD6-3D43BD9E1731}"/>
   </hyperlinks>
   <pageMargins left="0.23622047244094491" right="0.15748031496062992" top="0.39370078740157483" bottom="0.43307086614173229" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="8" scale="70" fitToHeight="0" orientation="landscape" r:id="rId12"/>
-  <drawing r:id="rId13"/>
+  <pageSetup paperSize="8" scale="70" fitToHeight="0" orientation="landscape" r:id="rId11"/>
+  <drawing r:id="rId12"/>
   <tableParts count="1">
-    <tablePart r:id="rId14"/>
+    <tablePart r:id="rId13"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>