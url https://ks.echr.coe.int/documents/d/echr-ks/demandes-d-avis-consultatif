--- v0 (2025-10-10)
+++ v1 (2026-01-17)
@@ -6,60 +6,60 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="26731"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27928"/>
   <workbookPr codeName="ThisWorkbook" autoCompressPictures="0" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\Delrue\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{E500C292-98B6-4F66-BAAD-6A65FB1A1BE8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{9F6CF03D-CACC-4CE8-9EE6-2CD7ED88A84F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10420" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="390" yWindow="390" windowWidth="23775" windowHeight="14730" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Avis consultatifs" sheetId="5" r:id="rId1"/>
     <sheet name="CHECKLIST" sheetId="4" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Avis consultatifs'!$A$2:$H$21</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
@@ -647,87 +647,62 @@
   <si>
     <t>Le demande par la Haute Cour de cassation et de justice de Roumanie, portant sur l’interprétation de l’article 6 et de l’article 1 du Protocole n° 1, était formulée dans le cadre d’un recours pendant devant celle-ci portant sur la confiscation d’une somme d’argent à une fonctionnaire, à la suite d’un contrôle de son patrimoine effectué par l’Agence nationale d’intégrité.</t>
   </si>
   <si>
     <t>Article 6
 Article 1 du Protocole n° 1</t>
   </si>
   <si>
     <t>P16-2024-002</t>
   </si>
   <si>
     <r>
       <t>Le demande par la Haute Cour de cassation et de justice de Roumanie, portant sur l’interprétation</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="3" tint="-0.499984740745262"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> et  l’application de l’article 8, était formulée dans le cadre d’un recours pendant devant la Haute Cour portant sur la révocation d’une magistrate de sa fonction de juge en raison du fait qu’elle ne s’était pas présentée pour établir une expertise visant à déterminer dans quelle mesure elle souffrait d’une maladie mentale de nature à l’empêcher d’exercer sa fonction de manière adéquate.</t>
     </r>
   </si>
   <si>
-    <r>
-[...27 lines deleted...]
-  <si>
     <t>P16-2025-001</t>
   </si>
   <si>
     <t>Cour suprême ukrainienne</t>
   </si>
   <si>
     <t>Par sa demande d'avis consultatif, la Cour suprême ukrainienne sollicite la Cour afin d’obtenir des indications sur les questions relatives à la Convention qui se posent dans une affaire pendante devant elle concernant un litige entre un monastère de l’Église catholique grecque ukrainienne et une ancienne religieuse au sujet du droit de l’intéressée de résider dans un couvent appartenant au monastère, couvent qu’elle avait quitté dans le contexte d’un conflit au sein de la communauté religieuse.
 La demande soulève des questions relatives au droit d’une personne ayant appartenu à un ordre religieux, en particulier celle de savoir si les locaux des édifices religieux – monastères (cellules monastiques) – constituent un « domicile » au sens de l'article 8 et si la compétence de la juridiction nationale s'étend à un tel litige.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Demandes d'avis consultatif au titre du Protocole n° 16 *
+</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd/mm/yyyy;@"/>
   </numFmts>
   <fonts count="29" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -1281,67 +1256,67 @@
     </xf>
     <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="26" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="26" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="49" fontId="26" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="11" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="14" fontId="26" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
-    </xf>
-[...4 lines deleted...]
-      <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8" customBuiltin="1"/>
     <cellStyle name="Hyperlink 2" xfId="2" xr:uid="{9725483A-B166-4BAE-AA5B-A7B7C6310022}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="20">
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color rgb="FF244062"/>
         <name val="Calibri"/>
         <scheme val="none"/>
       </font>
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0">
         <left style="thin">
           <color rgb="FF0070C0"/>
         </left>
@@ -2348,1048 +2323,1048 @@
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/fre?i=003-7828607-11178317" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/fre?i=003-6380431-8364345" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/fre?i=003-7623158-11063191" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-8323362-11737688&amp;filename=Demande%20d%E2%80%99avis%20consultatif%20de%20la%20Cour%20supr%C3%AAme%20ukrainienne%20concernant%20la%20question%20de%20savoir%20si%20la%20cellule%20d%E2%80%99une%20religieuse%20peut%20%C3%AAtre%20consid%C3%A9r%C3%A9e%20comme%20son%20domicile.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/fre?i=003-6708599-9909826" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/fre?i=003-7306131-10801071" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/fre?i=003-7385707-10746862" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/fre?i=003-8120401-11370753" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/fre?i=003-7317049-10805824" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/fre?i=003-7986563-11141730" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=003-6951433-9350948" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/fre?i=003-7879235-10954901" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://insite.dhcour.coe.int/link/tikitlink.asp?doc=2024927%20&amp;lib=court" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3190931B-A9BA-40F2-8F31-0A3252409FE2}">
   <dimension ref="B1:L25"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A4" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <selection activeCell="C5" sqref="C5"/>
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A5" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+      <selection activeCell="B6" sqref="B6"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="1.54296875" style="1" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="10" max="10" width="87.453125" style="1" customWidth="1"/>
+    <col min="1" max="1" width="1.5703125" style="1" customWidth="1"/>
+    <col min="2" max="2" width="20.42578125" style="2" customWidth="1"/>
+    <col min="3" max="3" width="15.5703125" style="2" customWidth="1"/>
+    <col min="4" max="4" width="39.140625" style="1" customWidth="1"/>
+    <col min="5" max="5" width="23.5703125" style="1" customWidth="1"/>
+    <col min="6" max="6" width="17.140625" style="1" customWidth="1"/>
+    <col min="7" max="7" width="115.42578125" style="1" customWidth="1"/>
+    <col min="8" max="8" width="26.85546875" style="1" customWidth="1"/>
+    <col min="9" max="9" width="24.5703125" style="1" customWidth="1"/>
+    <col min="10" max="10" width="87.42578125" style="1" customWidth="1"/>
     <col min="11" max="11" width="21" style="41" customWidth="1"/>
     <col min="12" max="12" width="73" style="1" customWidth="1"/>
-    <col min="13" max="16384" width="9.1796875" style="1"/>
+    <col min="13" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:12" ht="30" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B1" s="78" t="s">
+    <row r="1" spans="2:12" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B1" s="80" t="s">
         <v>50</v>
       </c>
-      <c r="C1" s="78"/>
-[...19 lines deleted...]
-      <c r="J2" s="77"/>
+      <c r="C1" s="80"/>
+      <c r="D1" s="80"/>
+      <c r="E1" s="80"/>
+      <c r="F1" s="80"/>
+      <c r="G1" s="80"/>
+      <c r="H1" s="80"/>
+      <c r="I1" s="80"/>
+      <c r="J1" s="80"/>
+    </row>
+    <row r="2" spans="2:12" s="5" customFormat="1" ht="168" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B2" s="79" t="s">
+        <v>78</v>
+      </c>
+      <c r="C2" s="79"/>
+      <c r="D2" s="79"/>
+      <c r="E2" s="79"/>
+      <c r="F2" s="79"/>
+      <c r="G2" s="79"/>
+      <c r="H2" s="79"/>
+      <c r="I2" s="79"/>
+      <c r="J2" s="79"/>
       <c r="K2" s="42"/>
       <c r="L2" s="42"/>
     </row>
-    <row r="3" spans="2:12" s="59" customFormat="1" x14ac:dyDescent="0.35">
+    <row r="3" spans="2:12" s="59" customFormat="1" x14ac:dyDescent="0.25">
       <c r="B3" s="58" t="s">
         <v>43</v>
       </c>
       <c r="C3" s="58"/>
       <c r="D3" s="58"/>
       <c r="E3" s="58"/>
       <c r="F3" s="58"/>
       <c r="G3" s="58"/>
       <c r="H3" s="58"/>
       <c r="I3" s="58"/>
       <c r="K3" s="60"/>
     </row>
-    <row r="4" spans="2:12" s="5" customFormat="1" ht="88.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B4" s="76" t="s">
+    <row r="4" spans="2:12" s="5" customFormat="1" ht="88.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B4" s="78" t="s">
         <v>38</v>
       </c>
-      <c r="C4" s="76"/>
-[...6 lines deleted...]
-      <c r="J4" s="76"/>
+      <c r="C4" s="78"/>
+      <c r="D4" s="78"/>
+      <c r="E4" s="78"/>
+      <c r="F4" s="78"/>
+      <c r="G4" s="78"/>
+      <c r="H4" s="78"/>
+      <c r="I4" s="78"/>
+      <c r="J4" s="78"/>
       <c r="K4" s="43"/>
       <c r="L4" s="43"/>
     </row>
-    <row r="5" spans="2:12" ht="114" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="5" spans="2:12" ht="114" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B5" s="4" t="s">
         <v>34</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>33</v>
       </c>
       <c r="D5" s="6" t="s">
         <v>45</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>27</v>
       </c>
       <c r="F5" s="6" t="s">
         <v>28</v>
       </c>
       <c r="G5" s="6" t="s">
         <v>29</v>
       </c>
       <c r="H5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="I5" s="32" t="s">
         <v>30</v>
       </c>
       <c r="J5" s="52" t="s">
         <v>31</v>
       </c>
       <c r="K5" s="1"/>
     </row>
-    <row r="6" spans="2:12" ht="115" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="6" spans="2:12" ht="114.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B6" s="75" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="C6" s="69">
         <v>45890</v>
       </c>
       <c r="D6" s="70" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="E6" s="71" t="s">
         <v>21</v>
       </c>
       <c r="F6" s="69">
         <v>45915</v>
       </c>
       <c r="G6" s="72" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H6" s="73" t="s">
         <v>14</v>
       </c>
-      <c r="I6" s="80"/>
-      <c r="J6" s="81"/>
+      <c r="I6" s="76"/>
+      <c r="J6" s="77"/>
       <c r="K6" s="1"/>
     </row>
-    <row r="7" spans="2:12" ht="63" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="7" spans="2:12" ht="63" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B7" s="75" t="s">
         <v>73</v>
       </c>
       <c r="C7" s="69">
         <v>45609</v>
       </c>
       <c r="D7" s="70" t="s">
         <v>70</v>
       </c>
       <c r="E7" s="71" t="s">
         <v>35</v>
       </c>
       <c r="F7" s="69">
         <v>45646</v>
       </c>
       <c r="G7" s="72" t="s">
         <v>74</v>
       </c>
       <c r="H7" s="73" t="s">
         <v>14</v>
       </c>
       <c r="I7" s="67" t="s">
         <v>17</v>
       </c>
       <c r="J7" s="74" t="s">
         <v>17</v>
       </c>
       <c r="K7" s="1"/>
     </row>
-    <row r="8" spans="2:12" ht="58.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="8" spans="2:12" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B8" s="61" t="s">
         <v>69</v>
       </c>
       <c r="C8" s="69">
         <v>45349</v>
       </c>
       <c r="D8" s="70" t="s">
         <v>70</v>
       </c>
       <c r="E8" s="71" t="s">
         <v>35</v>
       </c>
       <c r="F8" s="69">
         <v>45471</v>
       </c>
       <c r="G8" s="72" t="s">
         <v>71</v>
       </c>
       <c r="H8" s="73" t="s">
         <v>72</v>
       </c>
       <c r="I8" s="67" t="s">
         <v>17</v>
       </c>
       <c r="J8" s="74" t="s">
         <v>17</v>
       </c>
       <c r="K8" s="1"/>
     </row>
-    <row r="9" spans="2:12" ht="51" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="9" spans="2:12" ht="51" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B9" s="61" t="s">
         <v>65</v>
       </c>
       <c r="C9" s="62">
         <v>45301</v>
       </c>
       <c r="D9" s="63" t="s">
         <v>66</v>
       </c>
       <c r="E9" s="64" t="s">
         <v>35</v>
       </c>
       <c r="F9" s="62">
         <v>45341</v>
       </c>
       <c r="G9" s="65" t="s">
         <v>67</v>
       </c>
       <c r="H9" s="66" t="s">
         <v>68</v>
       </c>
       <c r="I9" s="67" t="s">
         <v>17</v>
       </c>
       <c r="J9" s="68" t="s">
         <v>17</v>
       </c>
       <c r="K9" s="1"/>
     </row>
-    <row r="10" spans="2:12" ht="244.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="10" spans="2:12" ht="244.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B10" s="61" t="s">
         <v>60</v>
       </c>
       <c r="C10" s="53">
         <v>45029</v>
       </c>
       <c r="D10" s="54" t="s">
         <v>61</v>
       </c>
       <c r="E10" s="55" t="s">
         <v>21</v>
       </c>
       <c r="F10" s="53">
         <v>45056</v>
       </c>
       <c r="G10" s="56" t="s">
         <v>63</v>
       </c>
       <c r="H10" s="57" t="s">
         <v>62</v>
       </c>
       <c r="I10" s="38">
         <v>45274</v>
       </c>
       <c r="J10" s="37" t="s">
         <v>64</v>
       </c>
       <c r="K10" s="1"/>
     </row>
-    <row r="11" spans="2:12" ht="165" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="11" spans="2:12" ht="165" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B11" s="49" t="s">
         <v>55</v>
       </c>
       <c r="C11" s="44">
         <v>44844</v>
       </c>
       <c r="D11" s="45" t="s">
         <v>56</v>
       </c>
       <c r="E11" s="46" t="s">
         <v>21</v>
       </c>
       <c r="F11" s="44">
         <v>44872</v>
       </c>
       <c r="G11" s="29" t="s">
         <v>57</v>
       </c>
       <c r="H11" s="36" t="s">
         <v>58</v>
       </c>
       <c r="I11" s="38">
         <v>45029</v>
       </c>
       <c r="J11" s="37" t="s">
         <v>59</v>
       </c>
       <c r="K11" s="1"/>
     </row>
-    <row r="12" spans="2:12" ht="290.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="12" spans="2:12" ht="290.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B12" s="49" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="44">
         <v>44301</v>
       </c>
       <c r="D12" s="45" t="s">
         <v>49</v>
       </c>
       <c r="E12" s="46" t="s">
         <v>21</v>
       </c>
       <c r="F12" s="44">
         <v>44347</v>
       </c>
       <c r="G12" s="29" t="s">
         <v>52</v>
       </c>
       <c r="H12" s="36" t="s">
         <v>25</v>
       </c>
       <c r="I12" s="38">
         <v>44755</v>
       </c>
       <c r="J12" s="37" t="s">
         <v>51</v>
       </c>
       <c r="K12" s="1"/>
     </row>
-    <row r="13" spans="2:12" ht="376.4" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="13" spans="2:12" ht="376.35" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B13" s="49" t="s">
         <v>18</v>
       </c>
       <c r="C13" s="30">
         <v>44266</v>
       </c>
       <c r="D13" s="50" t="s">
         <v>47</v>
       </c>
       <c r="E13" s="46" t="s">
         <v>21</v>
       </c>
       <c r="F13" s="44">
         <v>44326</v>
       </c>
       <c r="G13" s="29" t="s">
         <v>37</v>
       </c>
       <c r="H13" s="36" t="s">
         <v>19</v>
       </c>
       <c r="I13" s="38">
         <v>44677</v>
       </c>
       <c r="J13" s="37" t="s">
         <v>53</v>
       </c>
       <c r="K13" s="1"/>
     </row>
-    <row r="14" spans="2:12" ht="257.14999999999998" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="14" spans="2:12" ht="257.10000000000002" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B14" s="49" t="s">
         <v>10</v>
       </c>
       <c r="C14" s="51">
         <v>44140</v>
       </c>
       <c r="D14" s="50" t="s">
         <v>48</v>
       </c>
       <c r="E14" s="48" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="30">
         <v>44221</v>
       </c>
       <c r="G14" s="29" t="s">
         <v>40</v>
       </c>
       <c r="H14" s="31" t="s">
         <v>26</v>
       </c>
       <c r="I14" s="38">
         <v>44659</v>
       </c>
       <c r="J14" s="37" t="s">
         <v>54</v>
       </c>
       <c r="K14" s="1"/>
     </row>
-    <row r="15" spans="2:12" ht="99.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="15" spans="2:12" ht="99.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B15" s="49" t="s">
         <v>15</v>
       </c>
       <c r="C15" s="44">
         <v>44154</v>
       </c>
       <c r="D15" s="45" t="s">
         <v>24</v>
       </c>
       <c r="E15" s="46" t="s">
         <v>35</v>
       </c>
       <c r="F15" s="44">
         <v>44179</v>
       </c>
       <c r="G15" s="29" t="s">
         <v>39</v>
       </c>
       <c r="H15" s="36" t="s">
         <v>16</v>
       </c>
       <c r="I15" s="47" t="s">
         <v>17</v>
       </c>
       <c r="J15" s="47" t="s">
         <v>17</v>
       </c>
       <c r="K15" s="1"/>
     </row>
-    <row r="16" spans="2:12" ht="315.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="16" spans="2:12" ht="315.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B16" s="49" t="s">
         <v>12</v>
       </c>
       <c r="C16" s="33">
         <v>43710</v>
       </c>
       <c r="D16" s="34" t="s">
         <v>23</v>
       </c>
       <c r="E16" s="48" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="35">
         <v>43740</v>
       </c>
       <c r="G16" s="29" t="s">
         <v>41</v>
       </c>
       <c r="H16" s="36" t="s">
         <v>13</v>
       </c>
       <c r="I16" s="38">
         <v>43980</v>
       </c>
       <c r="J16" s="37" t="s">
         <v>44</v>
       </c>
       <c r="K16" s="1"/>
     </row>
-    <row r="17" spans="2:11" ht="212.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="17" spans="2:11" ht="212.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B17" s="49" t="s">
         <v>11</v>
       </c>
       <c r="C17" s="33">
         <v>43385</v>
       </c>
       <c r="D17" s="39" t="s">
         <v>42</v>
       </c>
       <c r="E17" s="48" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="35">
         <v>43437</v>
       </c>
       <c r="G17" s="28" t="s">
         <v>36</v>
       </c>
       <c r="H17" s="36" t="s">
         <v>14</v>
       </c>
       <c r="I17" s="40">
         <v>43565</v>
       </c>
       <c r="J17" s="28" t="s">
         <v>46</v>
       </c>
       <c r="K17" s="1"/>
     </row>
-    <row r="18" spans="2:11" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="18" spans="2:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B18" s="23"/>
       <c r="C18" s="23"/>
       <c r="D18" s="24"/>
       <c r="E18" s="24"/>
       <c r="F18" s="25"/>
       <c r="G18" s="26"/>
       <c r="H18" s="27"/>
       <c r="I18" s="27"/>
     </row>
-    <row r="24" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="24" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B24" s="21"/>
       <c r="C24" s="21"/>
     </row>
-    <row r="25" spans="2:11" x14ac:dyDescent="0.35">
+    <row r="25" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B25" s="22"/>
       <c r="C25" s="22"/>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="B4:J4"/>
     <mergeCell ref="B2:J2"/>
     <mergeCell ref="B1:J1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B14" r:id="rId1" xr:uid="{9552A881-6BE8-4641-A430-2DF780C6257A}"/>
     <hyperlink ref="B16" r:id="rId2" xr:uid="{CEF501D3-43AF-4836-B1A3-5F6D8D43DC6B}"/>
     <hyperlink ref="B17" r:id="rId3" xr:uid="{014C54A5-068C-4BAD-80BD-4C5B3E48094B}"/>
     <hyperlink ref="B15" r:id="rId4" xr:uid="{7F26E8E5-0C36-45D6-BE82-26DAB79E4C83}"/>
     <hyperlink ref="B13" r:id="rId5" xr:uid="{5E1A0E4B-8009-4025-99F7-FA04F51F57A5}"/>
     <hyperlink ref="B12" r:id="rId6" xr:uid="{1F3594F7-F526-4440-9F71-F3786E6BB0F1}"/>
     <hyperlink ref="B11" r:id="rId7" xr:uid="{FCA86000-3C4A-4CB3-B349-2C99D36818D4}"/>
     <hyperlink ref="B10" r:id="rId8" xr:uid="{9A88937E-15D1-4FC0-9196-DB56A7C15439}"/>
     <hyperlink ref="B9" r:id="rId9" xr:uid="{2B4D2E9B-8E85-4BEE-A29B-BA075EF843D4}"/>
     <hyperlink ref="B8" r:id="rId10" xr:uid="{29DAACB8-94AE-4BEF-B924-9F44A1EA6C62}"/>
     <hyperlink ref="B7" r:id="rId11" display="https://hudoc.echr.coe.int/fre?i=003-8120401-11370753" xr:uid="{B2A348A7-D92B-46BA-948D-F8DF5C9F18DD}"/>
     <hyperlink ref="B6" r:id="rId12" display="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-8323362-11737688&amp;filename=Demande%20d%E2%80%99avis%20consultatif%20de%20la%20Cour%20supr%C3%AAme%20ukrainienne%20concernant%20la%20question%20de%20savoir%20si%20la%20cellule%20d%E2%80%99une%20religieuse%20peut%20%C3%AAtre%20consid%C3%A9r%C3%A9e%20comme%20son%20domicile.pdf" xr:uid="{009EB434-4A7A-472F-BE38-3524C51A368C}"/>
   </hyperlinks>
   <pageMargins left="0.23622047244094491" right="0.15748031496062992" top="0.39370078740157483" bottom="0.43307086614173229" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="8" scale="70" fitToHeight="0" orientation="landscape" r:id="rId13"/>
   <drawing r:id="rId14"/>
   <tableParts count="1">
     <tablePart r:id="rId15"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr codeName="Sheet2">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B1:H25"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="F4" sqref="F4"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="1.54296875" style="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="9" max="16384" width="9.1796875" style="1"/>
+    <col min="1" max="1" width="1.5703125" style="1" customWidth="1"/>
+    <col min="2" max="2" width="43.5703125" style="2" customWidth="1"/>
+    <col min="3" max="3" width="24.5703125" style="3" customWidth="1"/>
+    <col min="4" max="4" width="21.5703125" style="1" customWidth="1"/>
+    <col min="5" max="5" width="20.140625" style="1" customWidth="1"/>
+    <col min="6" max="8" width="19.42578125" style="1" customWidth="1"/>
+    <col min="9" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:8" s="5" customFormat="1" ht="158.25" customHeight="1" x14ac:dyDescent="0.6">
-      <c r="B1" s="77" t="s">
+    <row r="1" spans="2:8" s="5" customFormat="1" ht="158.25" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B1" s="79" t="s">
         <v>6</v>
       </c>
-      <c r="C1" s="77"/>
-[...4 lines deleted...]
-      <c r="B2" s="79" t="s">
+      <c r="C1" s="79"/>
+      <c r="D1" s="79"/>
+      <c r="E1" s="79"/>
+    </row>
+    <row r="2" spans="2:8" s="5" customFormat="1" ht="88.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B2" s="81" t="s">
         <v>1</v>
       </c>
-      <c r="C2" s="79"/>
-[...3 lines deleted...]
-    <row r="3" spans="2:8" ht="77.5" x14ac:dyDescent="0.35">
+      <c r="C2" s="81"/>
+      <c r="D2" s="81"/>
+      <c r="E2" s="81"/>
+    </row>
+    <row r="3" spans="2:8" ht="94.5" x14ac:dyDescent="0.25">
       <c r="B3" s="7" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D3" s="6" t="s">
         <v>4</v>
       </c>
       <c r="E3" s="9" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="19" t="s">
         <v>7</v>
       </c>
       <c r="G3" s="19" t="s">
         <v>8</v>
       </c>
       <c r="H3" s="20" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="4" spans="2:8" x14ac:dyDescent="0.35">
+    <row r="4" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B4" s="14" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="C4" s="15" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="D4" s="16" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="E4" s="16" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="F4" s="16"/>
       <c r="G4" s="17"/>
       <c r="H4" s="18"/>
     </row>
-    <row r="5" spans="2:8" x14ac:dyDescent="0.35">
+    <row r="5" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B5" s="14" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="C5" s="15" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="D5" s="16" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="E5" s="16" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="F5" s="16"/>
       <c r="G5" s="17"/>
       <c r="H5" s="18"/>
     </row>
-    <row r="6" spans="2:8" x14ac:dyDescent="0.35">
+    <row r="6" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B6" s="14" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="C6" s="15" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="D6" s="16" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="E6" s="16" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="F6" s="16"/>
       <c r="G6" s="17"/>
       <c r="H6" s="18"/>
     </row>
-    <row r="7" spans="2:8" x14ac:dyDescent="0.35">
+    <row r="7" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B7" s="14" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="C7" s="15" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="D7" s="16" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="E7" s="16" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="F7" s="16"/>
       <c r="G7" s="17"/>
       <c r="H7" s="18"/>
     </row>
-    <row r="8" spans="2:8" x14ac:dyDescent="0.35">
+    <row r="8" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B8" s="14" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="C8" s="15" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="D8" s="16" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="E8" s="16" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="F8" s="16"/>
       <c r="G8" s="17"/>
       <c r="H8" s="18"/>
     </row>
-    <row r="9" spans="2:8" x14ac:dyDescent="0.35">
+    <row r="9" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B9" s="14" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="C9" s="15" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="D9" s="16" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="E9" s="16" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="F9" s="16"/>
       <c r="G9" s="17"/>
       <c r="H9" s="18"/>
     </row>
-    <row r="10" spans="2:8" x14ac:dyDescent="0.35">
+    <row r="10" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B10" s="14" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="C10" s="15" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="D10" s="16" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="E10" s="16" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="F10" s="16"/>
       <c r="G10" s="17"/>
       <c r="H10" s="18"/>
     </row>
-    <row r="11" spans="2:8" x14ac:dyDescent="0.35">
+    <row r="11" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B11" s="14" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="C11" s="15" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="D11" s="16" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="E11" s="16" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="F11" s="16"/>
       <c r="G11" s="17"/>
       <c r="H11" s="18"/>
     </row>
-    <row r="12" spans="2:8" x14ac:dyDescent="0.35">
+    <row r="12" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B12" s="14" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="C12" s="15" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="D12" s="16" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="E12" s="16" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="F12" s="16"/>
       <c r="G12" s="17"/>
       <c r="H12" s="18"/>
     </row>
-    <row r="13" spans="2:8" x14ac:dyDescent="0.35">
+    <row r="13" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B13" s="14" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="C13" s="15" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="D13" s="16" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="E13" s="16" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="F13" s="16"/>
       <c r="G13" s="17"/>
       <c r="H13" s="18"/>
     </row>
-    <row r="14" spans="2:8" x14ac:dyDescent="0.35">
+    <row r="14" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B14" s="14" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="C14" s="15" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="D14" s="16" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="E14" s="16" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="F14" s="16"/>
       <c r="G14" s="17"/>
       <c r="H14" s="18"/>
     </row>
-    <row r="15" spans="2:8" x14ac:dyDescent="0.35">
+    <row r="15" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B15" s="14" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="C15" s="15" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="D15" s="16" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="E15" s="16" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="F15" s="16"/>
       <c r="G15" s="17"/>
       <c r="H15" s="18"/>
     </row>
-    <row r="16" spans="2:8" x14ac:dyDescent="0.35">
+    <row r="16" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B16" s="14" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="C16" s="15" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="D16" s="16" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="E16" s="16" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="F16" s="16"/>
       <c r="G16" s="17"/>
       <c r="H16" s="18"/>
     </row>
-    <row r="17" spans="2:8" x14ac:dyDescent="0.35">
+    <row r="17" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B17" s="14" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="C17" s="15" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="D17" s="16" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="E17" s="16" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="F17" s="16"/>
       <c r="G17" s="17"/>
       <c r="H17" s="18"/>
     </row>
-    <row r="18" spans="2:8" x14ac:dyDescent="0.35">
+    <row r="18" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B18" s="14" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="C18" s="15" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="D18" s="16" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="E18" s="16" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="F18" s="16"/>
       <c r="G18" s="17"/>
       <c r="H18" s="18"/>
     </row>
-    <row r="19" spans="2:8" x14ac:dyDescent="0.35">
+    <row r="19" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B19" s="14" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="C19" s="15" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="D19" s="16" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="E19" s="16" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="F19" s="16"/>
       <c r="G19" s="17"/>
       <c r="H19" s="18"/>
     </row>
-    <row r="20" spans="2:8" x14ac:dyDescent="0.35">
+    <row r="20" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B20" s="14" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="C20" s="15" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="D20" s="16" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="E20" s="16" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="F20" s="16"/>
       <c r="G20" s="17"/>
       <c r="H20" s="18"/>
     </row>
-    <row r="21" spans="2:8" x14ac:dyDescent="0.35">
+    <row r="21" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B21" s="14" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="C21" s="15" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="D21" s="16" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="E21" s="16" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="F21" s="16"/>
       <c r="G21" s="17"/>
       <c r="H21" s="18"/>
     </row>
-    <row r="22" spans="2:8" x14ac:dyDescent="0.35">
+    <row r="22" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B22" s="14" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="C22" s="15" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="D22" s="16" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="E22" s="16" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="F22" s="16"/>
       <c r="G22" s="17"/>
       <c r="H22" s="18"/>
     </row>
-    <row r="23" spans="2:8" x14ac:dyDescent="0.35">
+    <row r="23" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B23" s="14" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="C23" s="15" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="D23" s="16" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="E23" s="16" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="F23" s="16"/>
       <c r="G23" s="17"/>
       <c r="H23" s="18"/>
     </row>
-    <row r="24" spans="2:8" x14ac:dyDescent="0.35">
+    <row r="24" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B24" s="10"/>
       <c r="C24" s="11"/>
       <c r="D24" s="12"/>
       <c r="E24" s="13"/>
     </row>
-    <row r="25" spans="2:8" x14ac:dyDescent="0.35">
+    <row r="25" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B25" s="8" t="s">
         <v>2</v>
       </c>
       <c r="C25" s="8"/>
       <c r="D25" s="8"/>
       <c r="E25" s="8"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="B1:E1"/>
     <mergeCell ref="B2:E2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="E3" r:id="rId1" display="http://insite.dhcour.coe.int/link/tikitlink.asp?doc=2024927%20&amp;lib=court" xr:uid="{00000000-0004-0000-0100-000000000000}"/>
   </hyperlinks>
   <pageMargins left="0.23622047244094491" right="0.15748031496062992" top="0.39370078740157483" bottom="0.43307086614173229" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="8" scale="84" orientation="portrait" r:id="rId2"/>
   <drawing r:id="rId3"/>
   <tableParts count="1">
     <tablePart r:id="rId4"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
@@ -3418,29 +3393,29 @@
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Avis consultatifs</vt:lpstr>
       <vt:lpstr>CHECKLIST</vt:lpstr>
       <vt:lpstr>'Avis consultatifs'!Print_Area</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>European court of Human Right</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="eDOCS AutoSave">
-    <vt:lpwstr>20250917151242167</vt:lpwstr>
+    <vt:lpwstr/>
   </property>
 </Properties>
 </file>