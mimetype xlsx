--- v1 (2026-01-17)
+++ v2 (2026-02-27)
@@ -13,60 +13,60 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27928"/>
   <workbookPr codeName="ThisWorkbook" autoCompressPictures="0" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\Delrue\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{9F6CF03D-CACC-4CE8-9EE6-2CD7ED88A84F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{02DA2F51-BDEF-45D2-BEA1-AAD4BAE50EB9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="390" yWindow="390" windowWidth="23775" windowHeight="14730" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-2070" windowWidth="21840" windowHeight="13020" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Avis consultatifs" sheetId="5" r:id="rId1"/>
     <sheet name="CHECKLIST" sheetId="4" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'Avis consultatifs'!$A$2:$H$21</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'Avis consultatifs'!$A$2:$H$22</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="E23" i="4" l="1"/>
   <c r="D23" i="4"/>
   <c r="C23" i="4"/>
   <c r="B23" i="4"/>
   <c r="E22" i="4"/>
   <c r="D22" i="4"/>
   <c r="C22" i="4"/>
@@ -125,51 +125,51 @@
   <c r="B9" i="4"/>
   <c r="E8" i="4"/>
   <c r="D8" i="4"/>
   <c r="C8" i="4"/>
   <c r="B8" i="4"/>
   <c r="E7" i="4"/>
   <c r="D7" i="4"/>
   <c r="C7" i="4"/>
   <c r="B7" i="4"/>
   <c r="E6" i="4"/>
   <c r="D6" i="4"/>
   <c r="C6" i="4"/>
   <c r="B6" i="4"/>
   <c r="E5" i="4"/>
   <c r="D5" i="4"/>
   <c r="C5" i="4"/>
   <c r="B5" i="4"/>
   <c r="E4" i="4"/>
   <c r="D4" i="4"/>
   <c r="C4" i="4"/>
   <c r="B4" i="4"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="98" uniqueCount="79">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="103" uniqueCount="82">
   <si>
     <t>Application Name</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <i/>
         <u/>
         <sz val="11"/>
         <color theme="4" tint="-0.499984740745262"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Excel tips</t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="11"/>
         <color theme="4" tint="-0.499984740745262"/>
         <rFont val="Calibri"/>
         <family val="2"/>
@@ -659,50 +659,59 @@
       <t>Le demande par la Haute Cour de cassation et de justice de Roumanie, portant sur l’interprétation</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="3" tint="-0.499984740745262"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> et  l’application de l’article 8, était formulée dans le cadre d’un recours pendant devant la Haute Cour portant sur la révocation d’une magistrate de sa fonction de juge en raison du fait qu’elle ne s’était pas présentée pour établir une expertise visant à déterminer dans quelle mesure elle souffrait d’une maladie mentale de nature à l’empêcher d’exercer sa fonction de manière adéquate.</t>
     </r>
   </si>
   <si>
     <t>P16-2025-001</t>
   </si>
   <si>
     <t>Cour suprême ukrainienne</t>
   </si>
   <si>
     <t>Par sa demande d'avis consultatif, la Cour suprême ukrainienne sollicite la Cour afin d’obtenir des indications sur les questions relatives à la Convention qui se posent dans une affaire pendante devant elle concernant un litige entre un monastère de l’Église catholique grecque ukrainienne et une ancienne religieuse au sujet du droit de l’intéressée de résider dans un couvent appartenant au monastère, couvent qu’elle avait quitté dans le contexte d’un conflit au sein de la communauté religieuse.
 La demande soulève des questions relatives au droit d’une personne ayant appartenu à un ordre religieux, en particulier celle de savoir si les locaux des édifices religieux – monastères (cellules monastiques) – constituent un « domicile » au sens de l'article 8 et si la compétence de la juridiction nationale s'étend à un tel litige.</t>
   </si>
   <si>
     <t xml:space="preserve">Demandes d'avis consultatif au titre du Protocole n° 16 *
 </t>
+  </si>
+  <si>
+    <t>P16-2026-001</t>
+  </si>
+  <si>
+    <t>Dans sa demande d’avis consultatif, la Cour suprême ukrainienne sollicite la Cour afin d’obtenir des indications sur les questions relatives à la Convention qui se posent dans une affaire pendante devant elle, concernant un litige entre une société privée et l’administration fiscale au sujet de la proportionnalité d’une pénalité dont le montant est forfaitairement fixé par la loi. La demande soulève des questions relatives, d’une part, à la possibilité pour le juge national d’imposer au contribuable une sanction plus clémente mais non prévue par la loi et, d’autre part, aux critères à prendre en considération pour examiner la proportionnalité d’une pénalité.</t>
+  </si>
+  <si>
+    <t>Article 1 du Protocole n° 1</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd/mm/yyyy;@"/>
   </numFmts>
   <fonts count="29" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -1795,52 +1804,52 @@
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>45244</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>2</xdr:col>
-      <xdr:colOff>1037167</xdr:colOff>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>1323</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>596900</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 2" descr="D:\vantland\Pictures\Knowledge Sharing\Template Icons\Court Logo.png">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4B132257-5A80-4183-894E-547F6C7E092A}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
@@ -1979,54 +1988,54 @@
         <a:xfrm>
           <a:off x="22387705" y="156635"/>
           <a:ext cx="1257300" cy="447675"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="3" xr:uid="{E58F078A-978B-4FC7-A9DE-E3638BB07B16}" name="KSPendingGC4" displayName="KSPendingGC4" ref="B5:J17" totalsRowShown="0" headerRowDxfId="19" dataDxfId="18" tableBorderDxfId="17">
-[...2 lines deleted...]
-    <sortCondition descending="1" ref="F5:F19"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="3" xr:uid="{E58F078A-978B-4FC7-A9DE-E3638BB07B16}" name="KSPendingGC4" displayName="KSPendingGC4" ref="B5:J18" totalsRowShown="0" headerRowDxfId="19" dataDxfId="18" tableBorderDxfId="17">
+  <autoFilter ref="B5:J18" xr:uid="{00000000-0009-0000-0100-000002000000}"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="B6:H20">
+    <sortCondition descending="1" ref="F5:F20"/>
   </sortState>
   <tableColumns count="9">
     <tableColumn id="4" xr3:uid="{6B8FBA87-851A-4EFC-B0A5-051FBC693B57}" name="N° de référence_x000a_(avec lien vers le communiqué de presse ou l’avis)" dataDxfId="16"/>
     <tableColumn id="3" xr3:uid="{9E20D850-F72F-4560-AF85-A9E02F34944F}" name="Date de la demande" dataDxfId="15"/>
     <tableColumn id="5" xr3:uid="{C0C3A101-6343-4F3A-92E0-C77ABB9D57D7}" name="Juridiction à l'origine de la demande" dataDxfId="14"/>
     <tableColumn id="9" xr3:uid="{C4DA8A1E-5EC4-43DA-96D8-D13082ACEFB1}" name="Demande acceptée / rejetée par le _x000a_collège de la GC "/>
     <tableColumn id="8" xr3:uid="{0F23A687-A02D-45B9-9DD0-B453316F8C64}" name="Date d’acceptation /de rejet de la demande" dataDxfId="13"/>
     <tableColumn id="1" xr3:uid="{94993CE9-A13C-4DC4-998B-198D40F88F46}" name="Description de la demande" dataDxfId="12"/>
     <tableColumn id="2" xr3:uid="{DB1F89FB-8D81-4B2E-8A75-8D9D383F7CAC}" name="Article(s) concerné(s)  de la Convention" dataDxfId="11"/>
     <tableColumn id="10" xr3:uid="{D3C2BA24-18E0-4A16-BD2A-AD83910A5EF3}" name="Date de l'avis"/>
     <tableColumn id="6" xr3:uid="{05185A56-562C-4C3D-B055-DB33ED978143}" name="Avis de la Cour" dataDxfId="10"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="1"/>
 </table>
 </file>
 
 <file path=xl/tables/table2.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{00000000-000C-0000-FFFF-FFFF01000000}" name="KSPendingGC2" displayName="KSPendingGC2" ref="B3:H23" totalsRowShown="0" headerRowDxfId="9" dataDxfId="8" tableBorderDxfId="7">
   <autoFilter ref="B3:H23" xr:uid="{00000000-0009-0000-0100-000001000000}"/>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="B4:H23">
     <sortCondition ref="B3:B23"/>
   </sortState>
   <tableColumns count="7">
     <tableColumn id="4" xr3:uid="{00000000-0010-0000-0100-000004000000}" name="Application Name" dataDxfId="6">
       <calculatedColumnFormula>#REF!</calculatedColumnFormula>
@@ -2312,62 +2321,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/fre?i=003-7828607-11178317" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/fre?i=003-6380431-8364345" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/fre?i=003-7623158-11063191" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-8323362-11737688&amp;filename=Demande%20d%E2%80%99avis%20consultatif%20de%20la%20Cour%20supr%C3%AAme%20ukrainienne%20concernant%20la%20question%20de%20savoir%20si%20la%20cellule%20d%E2%80%99une%20religieuse%20peut%20%C3%AAtre%20consid%C3%A9r%C3%A9e%20comme%20son%20domicile.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/fre?i=003-6708599-9909826" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/fre?i=003-7306131-10801071" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/fre?i=003-7385707-10746862" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/fre?i=003-8120401-11370753" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/fre?i=003-7317049-10805824" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/fre?i=003-7986563-11141730" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=003-6951433-9350948" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/fre?i=003-7879235-10954901" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/fre?i=003-7828607-11178317" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-8462569-11987919&amp;filename=Demande%20d%E2%80%99avis%20consultatif%20de%20la%20Cour%20supr%C3%AAme%20ukrainienne%20concernant%20un%20litige%20au%20sujet%20de%20la%20proportionnalit%C3%A9%20d%E2%80%99une%20p%C3%A9nalit%C3%A9%20fiscale%20au%20montant%20forfaitairement%20fix%C3%A9%20par%20la%20loi.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/fre?i=003-6380431-8364345" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/fre?i=003-7623158-11063191" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-8323362-11737688&amp;filename=Demande%20d%E2%80%99avis%20consultatif%20de%20la%20Cour%20supr%C3%AAme%20ukrainienne%20concernant%20la%20question%20de%20savoir%20si%20la%20cellule%20d%E2%80%99une%20religieuse%20peut%20%C3%AAtre%20consid%C3%A9r%C3%A9e%20comme%20son%20domicile.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/fre?i=003-6708599-9909826" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/fre?i=003-7306131-10801071" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/fre?i=003-7385707-10746862" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/fre?i=003-8120401-11370753" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/fre?i=003-7317049-10805824" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/fre?i=003-7986563-11141730" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=003-6951433-9350948" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/fre?i=003-7879235-10954901" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://insite.dhcour.coe.int/link/tikitlink.asp?doc=2024927%20&amp;lib=court" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3190931B-A9BA-40F2-8F31-0A3252409FE2}">
-  <dimension ref="B1:L25"/>
+  <dimension ref="B1:L26"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A5" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A4" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
       <selection activeCell="B6" sqref="B6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="1.5703125" style="1" customWidth="1"/>
     <col min="2" max="2" width="20.42578125" style="2" customWidth="1"/>
     <col min="3" max="3" width="15.5703125" style="2" customWidth="1"/>
     <col min="4" max="4" width="39.140625" style="1" customWidth="1"/>
     <col min="5" max="5" width="23.5703125" style="1" customWidth="1"/>
     <col min="6" max="6" width="17.140625" style="1" customWidth="1"/>
     <col min="7" max="7" width="115.42578125" style="1" customWidth="1"/>
     <col min="8" max="8" width="26.85546875" style="1" customWidth="1"/>
     <col min="9" max="9" width="24.5703125" style="1" customWidth="1"/>
     <col min="10" max="10" width="87.42578125" style="1" customWidth="1"/>
     <col min="11" max="11" width="21" style="41" customWidth="1"/>
     <col min="12" max="12" width="73" style="1" customWidth="1"/>
     <col min="13" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:12" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B1" s="80" t="s">
         <v>50</v>
       </c>
       <c r="C1" s="80"/>
@@ -2430,449 +2439,476 @@
         <v>33</v>
       </c>
       <c r="D5" s="6" t="s">
         <v>45</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>27</v>
       </c>
       <c r="F5" s="6" t="s">
         <v>28</v>
       </c>
       <c r="G5" s="6" t="s">
         <v>29</v>
       </c>
       <c r="H5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="I5" s="32" t="s">
         <v>30</v>
       </c>
       <c r="J5" s="52" t="s">
         <v>31</v>
       </c>
       <c r="K5" s="1"/>
     </row>
-    <row r="6" spans="2:12" ht="114.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="6" spans="2:12" ht="101.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B6" s="75" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="C6" s="69">
-        <v>45890</v>
+        <v>46029</v>
       </c>
       <c r="D6" s="70" t="s">
         <v>76</v>
       </c>
       <c r="E6" s="71" t="s">
         <v>21</v>
       </c>
       <c r="F6" s="69">
-        <v>45915</v>
-[...5 lines deleted...]
-        <v>14</v>
+        <v>46069</v>
+      </c>
+      <c r="G6" s="65" t="s">
+        <v>80</v>
+      </c>
+      <c r="H6" s="66" t="s">
+        <v>81</v>
       </c>
       <c r="I6" s="76"/>
       <c r="J6" s="77"/>
       <c r="K6" s="1"/>
     </row>
-    <row r="7" spans="2:12" ht="63" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="2:12" ht="138" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B7" s="75" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="C7" s="69">
-        <v>45609</v>
+        <v>45890</v>
       </c>
       <c r="D7" s="70" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="E7" s="71" t="s">
-        <v>35</v>
+        <v>21</v>
       </c>
       <c r="F7" s="69">
-        <v>45646</v>
+        <v>45915</v>
       </c>
       <c r="G7" s="72" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="H7" s="73" t="s">
         <v>14</v>
       </c>
-      <c r="I7" s="67" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="I7" s="76"/>
+      <c r="J7" s="77"/>
       <c r="K7" s="1"/>
     </row>
-    <row r="8" spans="2:12" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>69</v>
+    <row r="8" spans="2:12" ht="63" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B8" s="75" t="s">
+        <v>73</v>
       </c>
       <c r="C8" s="69">
-        <v>45349</v>
+        <v>45609</v>
       </c>
       <c r="D8" s="70" t="s">
         <v>70</v>
       </c>
       <c r="E8" s="71" t="s">
         <v>35</v>
       </c>
       <c r="F8" s="69">
-        <v>45471</v>
+        <v>45646</v>
       </c>
       <c r="G8" s="72" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="H8" s="73" t="s">
-        <v>72</v>
+        <v>14</v>
       </c>
       <c r="I8" s="67" t="s">
         <v>17</v>
       </c>
       <c r="J8" s="74" t="s">
         <v>17</v>
       </c>
       <c r="K8" s="1"/>
     </row>
-    <row r="9" spans="2:12" ht="51" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="2:12" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B9" s="61" t="s">
-        <v>65</v>
-[...7 lines deleted...]
-      <c r="E9" s="64" t="s">
+        <v>69</v>
+      </c>
+      <c r="C9" s="69">
+        <v>45349</v>
+      </c>
+      <c r="D9" s="70" t="s">
+        <v>70</v>
+      </c>
+      <c r="E9" s="71" t="s">
         <v>35</v>
       </c>
-      <c r="F9" s="62">
-[...6 lines deleted...]
-        <v>68</v>
+      <c r="F9" s="69">
+        <v>45471</v>
+      </c>
+      <c r="G9" s="72" t="s">
+        <v>71</v>
+      </c>
+      <c r="H9" s="73" t="s">
+        <v>72</v>
       </c>
       <c r="I9" s="67" t="s">
         <v>17</v>
       </c>
-      <c r="J9" s="68" t="s">
+      <c r="J9" s="74" t="s">
         <v>17</v>
       </c>
       <c r="K9" s="1"/>
     </row>
-    <row r="10" spans="2:12" ht="244.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="10" spans="2:12" ht="51" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B10" s="61" t="s">
+        <v>65</v>
+      </c>
+      <c r="C10" s="62">
+        <v>45301</v>
+      </c>
+      <c r="D10" s="63" t="s">
+        <v>66</v>
+      </c>
+      <c r="E10" s="64" t="s">
+        <v>35</v>
+      </c>
+      <c r="F10" s="62">
+        <v>45341</v>
+      </c>
+      <c r="G10" s="65" t="s">
+        <v>67</v>
+      </c>
+      <c r="H10" s="66" t="s">
+        <v>68</v>
+      </c>
+      <c r="I10" s="67" t="s">
+        <v>17</v>
+      </c>
+      <c r="J10" s="68" t="s">
+        <v>17</v>
+      </c>
+      <c r="K10" s="1"/>
+    </row>
+    <row r="11" spans="2:12" ht="244.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B11" s="61" t="s">
         <v>60</v>
       </c>
-      <c r="C10" s="53">
+      <c r="C11" s="53">
         <v>45029</v>
       </c>
-      <c r="D10" s="54" t="s">
+      <c r="D11" s="54" t="s">
         <v>61</v>
       </c>
-      <c r="E10" s="55" t="s">
+      <c r="E11" s="55" t="s">
         <v>21</v>
       </c>
-      <c r="F10" s="53">
+      <c r="F11" s="53">
         <v>45056</v>
       </c>
-      <c r="G10" s="56" t="s">
+      <c r="G11" s="56" t="s">
         <v>63</v>
       </c>
-      <c r="H10" s="57" t="s">
+      <c r="H11" s="57" t="s">
         <v>62</v>
       </c>
-      <c r="I10" s="38">
+      <c r="I11" s="38">
         <v>45274</v>
       </c>
-      <c r="J10" s="37" t="s">
+      <c r="J11" s="37" t="s">
         <v>64</v>
       </c>
-      <c r="K10" s="1"/>
-[...2 lines deleted...]
-      <c r="B11" s="49" t="s">
+      <c r="K11" s="1"/>
+    </row>
+    <row r="12" spans="2:12" ht="165" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B12" s="49" t="s">
         <v>55</v>
       </c>
-      <c r="C11" s="44">
+      <c r="C12" s="44">
         <v>44844</v>
       </c>
-      <c r="D11" s="45" t="s">
+      <c r="D12" s="45" t="s">
         <v>56</v>
-      </c>
-[...28 lines deleted...]
-        <v>49</v>
       </c>
       <c r="E12" s="46" t="s">
         <v>21</v>
       </c>
       <c r="F12" s="44">
-        <v>44347</v>
+        <v>44872</v>
       </c>
       <c r="G12" s="29" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="H12" s="36" t="s">
-        <v>25</v>
+        <v>58</v>
       </c>
       <c r="I12" s="38">
-        <v>44755</v>
+        <v>45029</v>
       </c>
       <c r="J12" s="37" t="s">
-        <v>51</v>
+        <v>59</v>
       </c>
       <c r="K12" s="1"/>
     </row>
-    <row r="13" spans="2:12" ht="376.35" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="13" spans="2:12" ht="290.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B13" s="49" t="s">
-        <v>18</v>
-[...5 lines deleted...]
-        <v>47</v>
+        <v>20</v>
+      </c>
+      <c r="C13" s="44">
+        <v>44301</v>
+      </c>
+      <c r="D13" s="45" t="s">
+        <v>49</v>
       </c>
       <c r="E13" s="46" t="s">
         <v>21</v>
       </c>
       <c r="F13" s="44">
+        <v>44347</v>
+      </c>
+      <c r="G13" s="29" t="s">
+        <v>52</v>
+      </c>
+      <c r="H13" s="36" t="s">
+        <v>25</v>
+      </c>
+      <c r="I13" s="38">
+        <v>44755</v>
+      </c>
+      <c r="J13" s="37" t="s">
+        <v>51</v>
+      </c>
+      <c r="K13" s="1"/>
+    </row>
+    <row r="14" spans="2:12" ht="376.35" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B14" s="49" t="s">
+        <v>18</v>
+      </c>
+      <c r="C14" s="30">
+        <v>44266</v>
+      </c>
+      <c r="D14" s="50" t="s">
+        <v>47</v>
+      </c>
+      <c r="E14" s="46" t="s">
+        <v>21</v>
+      </c>
+      <c r="F14" s="44">
         <v>44326</v>
       </c>
-      <c r="G13" s="29" t="s">
+      <c r="G14" s="29" t="s">
         <v>37</v>
       </c>
-      <c r="H13" s="36" t="s">
+      <c r="H14" s="36" t="s">
         <v>19</v>
       </c>
-      <c r="I13" s="38">
+      <c r="I14" s="38">
         <v>44677</v>
       </c>
-      <c r="J13" s="37" t="s">
+      <c r="J14" s="37" t="s">
         <v>53</v>
       </c>
-      <c r="K13" s="1"/>
-[...2 lines deleted...]
-      <c r="B14" s="49" t="s">
+      <c r="K14" s="1"/>
+    </row>
+    <row r="15" spans="2:12" ht="257.10000000000002" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B15" s="49" t="s">
         <v>10</v>
       </c>
-      <c r="C14" s="51">
+      <c r="C15" s="51">
         <v>44140</v>
       </c>
-      <c r="D14" s="50" t="s">
+      <c r="D15" s="50" t="s">
         <v>48</v>
       </c>
-      <c r="E14" s="48" t="s">
+      <c r="E15" s="48" t="s">
         <v>22</v>
       </c>
-      <c r="F14" s="30">
+      <c r="F15" s="30">
         <v>44221</v>
       </c>
-      <c r="G14" s="29" t="s">
+      <c r="G15" s="29" t="s">
         <v>40</v>
       </c>
-      <c r="H14" s="31" t="s">
+      <c r="H15" s="31" t="s">
         <v>26</v>
       </c>
-      <c r="I14" s="38">
+      <c r="I15" s="38">
         <v>44659</v>
       </c>
-      <c r="J14" s="37" t="s">
+      <c r="J15" s="37" t="s">
         <v>54</v>
       </c>
-      <c r="K14" s="1"/>
-[...2 lines deleted...]
-      <c r="B15" s="49" t="s">
+      <c r="K15" s="1"/>
+    </row>
+    <row r="16" spans="2:12" ht="99.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B16" s="49" t="s">
         <v>15</v>
       </c>
-      <c r="C15" s="44">
+      <c r="C16" s="44">
         <v>44154</v>
       </c>
-      <c r="D15" s="45" t="s">
+      <c r="D16" s="45" t="s">
         <v>24</v>
       </c>
-      <c r="E15" s="46" t="s">
+      <c r="E16" s="46" t="s">
         <v>35</v>
       </c>
-      <c r="F15" s="44">
+      <c r="F16" s="44">
         <v>44179</v>
       </c>
-      <c r="G15" s="29" t="s">
+      <c r="G16" s="29" t="s">
         <v>39</v>
       </c>
-      <c r="H15" s="36" t="s">
+      <c r="H16" s="36" t="s">
         <v>16</v>
       </c>
-      <c r="I15" s="47" t="s">
+      <c r="I16" s="47" t="s">
         <v>17</v>
       </c>
-      <c r="J15" s="47" t="s">
+      <c r="J16" s="47" t="s">
         <v>17</v>
       </c>
-      <c r="K15" s="1"/>
-[...2 lines deleted...]
-      <c r="B16" s="49" t="s">
+      <c r="K16" s="1"/>
+    </row>
+    <row r="17" spans="2:11" ht="315.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B17" s="49" t="s">
         <v>12</v>
       </c>
-      <c r="C16" s="33">
+      <c r="C17" s="33">
         <v>43710</v>
       </c>
-      <c r="D16" s="34" t="s">
+      <c r="D17" s="34" t="s">
         <v>23</v>
-      </c>
-[...28 lines deleted...]
-        <v>42</v>
       </c>
       <c r="E17" s="48" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="35">
+        <v>43740</v>
+      </c>
+      <c r="G17" s="29" t="s">
+        <v>41</v>
+      </c>
+      <c r="H17" s="36" t="s">
+        <v>13</v>
+      </c>
+      <c r="I17" s="38">
+        <v>43980</v>
+      </c>
+      <c r="J17" s="37" t="s">
+        <v>44</v>
+      </c>
+      <c r="K17" s="1"/>
+    </row>
+    <row r="18" spans="2:11" ht="212.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B18" s="49" t="s">
+        <v>11</v>
+      </c>
+      <c r="C18" s="33">
+        <v>43385</v>
+      </c>
+      <c r="D18" s="39" t="s">
+        <v>42</v>
+      </c>
+      <c r="E18" s="48" t="s">
+        <v>22</v>
+      </c>
+      <c r="F18" s="35">
         <v>43437</v>
       </c>
-      <c r="G17" s="28" t="s">
+      <c r="G18" s="28" t="s">
         <v>36</v>
       </c>
-      <c r="H17" s="36" t="s">
+      <c r="H18" s="36" t="s">
         <v>14</v>
       </c>
-      <c r="I17" s="40">
+      <c r="I18" s="40">
         <v>43565</v>
       </c>
-      <c r="J17" s="28" t="s">
+      <c r="J18" s="28" t="s">
         <v>46</v>
       </c>
-      <c r="K17" s="1"/>
-[...13 lines deleted...]
-      <c r="C24" s="21"/>
+      <c r="K18" s="1"/>
+    </row>
+    <row r="19" spans="2:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B19" s="23"/>
+      <c r="C19" s="23"/>
+      <c r="D19" s="24"/>
+      <c r="E19" s="24"/>
+      <c r="F19" s="25"/>
+      <c r="G19" s="26"/>
+      <c r="H19" s="27"/>
+      <c r="I19" s="27"/>
     </row>
     <row r="25" spans="2:11" x14ac:dyDescent="0.25">
-      <c r="B25" s="22"/>
-      <c r="C25" s="22"/>
+      <c r="B25" s="21"/>
+      <c r="C25" s="21"/>
+    </row>
+    <row r="26" spans="2:11" x14ac:dyDescent="0.25">
+      <c r="B26" s="22"/>
+      <c r="C26" s="22"/>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="B4:J4"/>
     <mergeCell ref="B2:J2"/>
     <mergeCell ref="B1:J1"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="B14" r:id="rId1" xr:uid="{9552A881-6BE8-4641-A430-2DF780C6257A}"/>
-[...10 lines deleted...]
-    <hyperlink ref="B6" r:id="rId12" display="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-8323362-11737688&amp;filename=Demande%20d%E2%80%99avis%20consultatif%20de%20la%20Cour%20supr%C3%AAme%20ukrainienne%20concernant%20la%20question%20de%20savoir%20si%20la%20cellule%20d%E2%80%99une%20religieuse%20peut%20%C3%AAtre%20consid%C3%A9r%C3%A9e%20comme%20son%20domicile.pdf" xr:uid="{009EB434-4A7A-472F-BE38-3524C51A368C}"/>
+    <hyperlink ref="B15" r:id="rId1" xr:uid="{9552A881-6BE8-4641-A430-2DF780C6257A}"/>
+    <hyperlink ref="B17" r:id="rId2" xr:uid="{CEF501D3-43AF-4836-B1A3-5F6D8D43DC6B}"/>
+    <hyperlink ref="B18" r:id="rId3" xr:uid="{014C54A5-068C-4BAD-80BD-4C5B3E48094B}"/>
+    <hyperlink ref="B16" r:id="rId4" xr:uid="{7F26E8E5-0C36-45D6-BE82-26DAB79E4C83}"/>
+    <hyperlink ref="B14" r:id="rId5" xr:uid="{5E1A0E4B-8009-4025-99F7-FA04F51F57A5}"/>
+    <hyperlink ref="B13" r:id="rId6" xr:uid="{1F3594F7-F526-4440-9F71-F3786E6BB0F1}"/>
+    <hyperlink ref="B12" r:id="rId7" xr:uid="{FCA86000-3C4A-4CB3-B349-2C99D36818D4}"/>
+    <hyperlink ref="B11" r:id="rId8" xr:uid="{9A88937E-15D1-4FC0-9196-DB56A7C15439}"/>
+    <hyperlink ref="B10" r:id="rId9" xr:uid="{2B4D2E9B-8E85-4BEE-A29B-BA075EF843D4}"/>
+    <hyperlink ref="B9" r:id="rId10" xr:uid="{29DAACB8-94AE-4BEF-B924-9F44A1EA6C62}"/>
+    <hyperlink ref="B8" r:id="rId11" display="https://hudoc.echr.coe.int/fre?i=003-8120401-11370753" xr:uid="{B2A348A7-D92B-46BA-948D-F8DF5C9F18DD}"/>
+    <hyperlink ref="B7" r:id="rId12" display="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-8323362-11737688&amp;filename=Demande%20d%E2%80%99avis%20consultatif%20de%20la%20Cour%20supr%C3%AAme%20ukrainienne%20concernant%20la%20question%20de%20savoir%20si%20la%20cellule%20d%E2%80%99une%20religieuse%20peut%20%C3%AAtre%20consid%C3%A9r%C3%A9e%20comme%20son%20domicile.pdf" xr:uid="{009EB434-4A7A-472F-BE38-3524C51A368C}"/>
+    <hyperlink ref="B6" r:id="rId13" xr:uid="{D154A6D2-99C1-4195-9B1C-0B98E6A7DD9A}"/>
   </hyperlinks>
   <pageMargins left="0.23622047244094491" right="0.15748031496062992" top="0.39370078740157483" bottom="0.43307086614173229" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="8" scale="70" fitToHeight="0" orientation="landscape" r:id="rId13"/>
-  <drawing r:id="rId14"/>
+  <pageSetup paperSize="8" scale="70" fitToHeight="0" orientation="landscape" r:id="rId14"/>
+  <drawing r:id="rId15"/>
   <tableParts count="1">
-    <tablePart r:id="rId15"/>
+    <tablePart r:id="rId16"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr codeName="Sheet2">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B1:H25"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="F4" sqref="F4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="1.5703125" style="1" customWidth="1"/>
     <col min="2" max="2" width="43.5703125" style="2" customWidth="1"/>
     <col min="3" max="3" width="24.5703125" style="3" customWidth="1"/>
     <col min="4" max="4" width="21.5703125" style="1" customWidth="1"/>
     <col min="5" max="5" width="20.140625" style="1" customWidth="1"/>
     <col min="6" max="8" width="19.42578125" style="1" customWidth="1"/>
     <col min="9" max="16384" width="9.140625" style="1"/>
   </cols>
@@ -3393,29 +3429,29 @@
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Avis consultatifs</vt:lpstr>
       <vt:lpstr>CHECKLIST</vt:lpstr>
       <vt:lpstr>'Avis consultatifs'!Print_Area</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>European court of Human Right</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="eDOCS AutoSave">
-    <vt:lpwstr/>
+    <vt:lpwstr>20260218155209745</vt:lpwstr>
   </property>
 </Properties>
 </file>