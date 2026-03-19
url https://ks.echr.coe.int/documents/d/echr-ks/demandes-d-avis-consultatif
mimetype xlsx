--- v2 (2026-02-27)
+++ v3 (2026-03-19)
@@ -13,53 +13,53 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27928"/>
   <workbookPr codeName="ThisWorkbook" autoCompressPictures="0" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\Delrue\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{02DA2F51-BDEF-45D2-BEA1-AAD4BAE50EB9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{0072694B-63D0-4075-9E4A-8681DC77E516}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-2070" windowWidth="21840" windowHeight="13020" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Avis consultatifs" sheetId="5" r:id="rId1"/>
     <sheet name="CHECKLIST" sheetId="4" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Avis consultatifs'!$A$2:$H$22</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
@@ -125,51 +125,51 @@
   <c r="B9" i="4"/>
   <c r="E8" i="4"/>
   <c r="D8" i="4"/>
   <c r="C8" i="4"/>
   <c r="B8" i="4"/>
   <c r="E7" i="4"/>
   <c r="D7" i="4"/>
   <c r="C7" i="4"/>
   <c r="B7" i="4"/>
   <c r="E6" i="4"/>
   <c r="D6" i="4"/>
   <c r="C6" i="4"/>
   <c r="B6" i="4"/>
   <c r="E5" i="4"/>
   <c r="D5" i="4"/>
   <c r="C5" i="4"/>
   <c r="B5" i="4"/>
   <c r="E4" i="4"/>
   <c r="D4" i="4"/>
   <c r="C4" i="4"/>
   <c r="B4" i="4"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="103" uniqueCount="82">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="104" uniqueCount="84">
   <si>
     <t>Application Name</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <i/>
         <u/>
         <sz val="11"/>
         <color theme="4" tint="-0.499984740745262"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Excel tips</t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="11"/>
         <color theme="4" tint="-0.499984740745262"/>
         <rFont val="Calibri"/>
         <family val="2"/>
@@ -531,90 +531,61 @@
   <si>
     <t>CEDH-KS</t>
   </si>
   <si>
     <t>Le Conseil d’Etat devra examiner deux questions préliminaires : (1) la différence de traitement en question relève-t-elle du champ d’application de l’art. 14 pris conjointement avec l’art. 1 du Protocole No. 1 ? ; en cas de réponse affirmative (2) quels sont les critères pertinents pour déterminer si la différence de traitement concerne des personnes se trouvant dans des situations analogues ou relativement similaires ?
 Critères pertinents pour apprécier la justification de la différence de traitement en cause : 
 1. La poursuite d’un ou plusieurs « buts légitimes » ; 
 2. L’existence d’un « rapport raisonnable de proportionnalité entre les moyens employés et le but visé ». Les autorités nationales, du fait de leur légitimité démocratique, sont en principe mieux placées que le juge international pour se prononcer sur les besoins et contextes locaux. Sans préjuger de l’issue des débats devant le Conseil d’État, la Cour relève ci-dessous les critères qui lui paraissent pertinents en la matière : 
 a) le respect de l’exigence de légalité ; 
 b) le critère du « défaut manifeste de base raisonnable » ; 
 c) la nature du critère de distinction institué par la loi et son impact sur la marge d’appréciation des autorités nationales ; 
 d) le choix des moyens employés pour atteindre le(s) but(s) visé(s) et l’adéquation entre le(s) but(s) visé(s) et le(s) moyen(s) employé(s) ; 
 e) l’impact du/des moyen(s) employé(s).</t>
   </si>
   <si>
     <t xml:space="preserve">Le Conseil d’Etat français a demandé à la Cour de lui indiquer les critères pertinents afin d’apprécier la compatibilité avec la Convention d’une disposition législative limitant le droit des associations de propriétaires fonciers de retirer leurs terrains du territoire d'une association de chasse agréée (ACCA). Devant le Conseil d’Etat, la fédération Forestiers privés de France a soutenu que la disposition législative pertinente du Code de l'environnement établit une discrimination incompatible avec l'article 14 de la Convention et l'article 1 du Protocole n° 1 à la Convention en privant les associations de propriétaires créées postérieurement à une ACCA existante du droit de se retirer de cette ACCA, même lorsqu'elles détenaient des terrains d'une superficie totale telle qu'elle satisfaisait au critère prévu par le Code de l'environnement.
 </t>
   </si>
   <si>
     <t>1. La Cour a rappelé que l'interdiction de la torture avait atteint le statut de jus cogens ou de norme impérative en droit international. Dans les affaires de torture ou de mauvais traitements infligés par des agents de l'État, les poursuites pénales ne doivent pas être interrompues en raison d'un délai de prescription et la manière dont le délai de prescription est appliqué doit être compatible avec les exigences de la Convention. Il est donc difficile d'accepter des délais de prescription inflexibles n'admettant aucune exception. Par ailleurs, la Cour a constaté une violation du volet procédural de l'article 3 dans un certain nombre d'affaires où les infractions en cause étaient soumises à un délai de prescription permettant à l'auteur d'échapper à sa responsabilité pénale.
 2. Néanmoins, il serait inacceptable que les autorités nationales compensent le manquement à leurs obligations positives au titre de l'article 3 au détriment des garanties de l'article 7, dont l'une est que la loi pénale ne doit pas être interprétée de manière extensive à l'égard d'un accusé. En particulier, et aux fins du présent avis consultatif, la Cour a noté qu'il ne ressortait pas de l'état actuel de la jurisprudence de la Cour qu'une Partie contractante était tenue, en vertu de la Convention, de ne pas appliquer de délai de prescription applicable et donc effectivement faire revivre un délai de prescription expiré.
 3. Concernant la question relative à l'article 7, la Cour rappelle que la prescription peut être définie comme le droit d'un délinquant de ne pas être poursuivi ou jugé après l'écoulement d'un certain laps de temps depuis que l'infraction a été commise. Il appartient en premier lieu au juge national de déterminer, dans le cadre de ses règles internes de droit constitutionnel et pénal, si les règles de droit international ayant force de loi dans l'ordre juridique interne, en l'espèce en application de l'article 5 § 3 de la Constitution, peuvent constituer une base juridique suffisamment claire et prévisible au sens de l'article 7 pour conclure que l'infraction pénale en cause n'était pas imprescriptible.
 4. Conclusion : Lorsqu'une infraction pénale est prescrite en vertu du droit interne et que le délai de prescription applicable a déjà expiré, l'article 7 de la Convention s'oppose à la reprise des poursuites pour une telle infraction.</t>
   </si>
   <si>
-    <t>1. La Cour n'a pas jugé opportun de répondre à la question de savoir si la Cour administrative suprême devait tenir compte des difficultés rencontrées par les autorités lituaniennes dans l'exécution de l'arrêt Paksas, compte tenu du processus d'amendement constitutionnel en cours, ainsi que des limites inhérentes au système d'avis consultatifs prévu par le Protocole 16 lorsqu'il s'agit de questions relatives à l'exécution des arrêts de la Cour.
-[...2 lines deleted...]
-  <si>
     <t>P16-2022-001</t>
   </si>
   <si>
     <t>Cour suprême de Finlande</t>
   </si>
   <si>
     <t>La Cour suprême de Finlande sollicite l’avis de la Cour européenne sur les droits procéduraux d’une mère biologique dans le cadre d’une procédure relative à l’adoption de son fils majeur. Plus précisément, elle demande si, au regard des articles 6 (droit d’accès à un tribunal) et 8 (droit au respect de la vie privée et familiale) de la Convention, la mère biologique doit être entendue par le tribunal saisi de la question et si elle doit également se voir accorder la qualité de partie à la procédure, afin de pouvoir contester la décision d’accorder l’adoption.</t>
   </si>
   <si>
     <t>Article 6
 Article 8</t>
-  </si>
-[...23 lines deleted...]
-    </r>
   </si>
   <si>
     <t>P16-2023-001</t>
   </si>
   <si>
     <r>
       <t>Conseil d’État de</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> Belgique</t>
     </r>
   </si>
   <si>
     <t>Article 9</t>
   </si>
   <si>
     <t>Avis consultatif sur le refus d’autoriser une personne à exercer la profession d’agent de sécurité ou de gardiennage en raison de sa proximité avec un mouvement religieux ou de son appartenance à un tel mouvement.</t>
   </si>
@@ -669,59 +640,107 @@
     </r>
   </si>
   <si>
     <t>P16-2025-001</t>
   </si>
   <si>
     <t>Cour suprême ukrainienne</t>
   </si>
   <si>
     <t>Par sa demande d'avis consultatif, la Cour suprême ukrainienne sollicite la Cour afin d’obtenir des indications sur les questions relatives à la Convention qui se posent dans une affaire pendante devant elle concernant un litige entre un monastère de l’Église catholique grecque ukrainienne et une ancienne religieuse au sujet du droit de l’intéressée de résider dans un couvent appartenant au monastère, couvent qu’elle avait quitté dans le contexte d’un conflit au sein de la communauté religieuse.
 La demande soulève des questions relatives au droit d’une personne ayant appartenu à un ordre religieux, en particulier celle de savoir si les locaux des édifices religieux – monastères (cellules monastiques) – constituent un « domicile » au sens de l'article 8 et si la compétence de la juridiction nationale s'étend à un tel litige.</t>
   </si>
   <si>
     <t xml:space="preserve">Demandes d'avis consultatif au titre du Protocole n° 16 *
 </t>
   </si>
   <si>
     <t>P16-2026-001</t>
   </si>
   <si>
     <t>Dans sa demande d’avis consultatif, la Cour suprême ukrainienne sollicite la Cour afin d’obtenir des indications sur les questions relatives à la Convention qui se posent dans une affaire pendante devant elle, concernant un litige entre une société privée et l’administration fiscale au sujet de la proportionnalité d’une pénalité dont le montant est forfaitairement fixé par la loi. La demande soulève des questions relatives, d’une part, à la possibilité pour le juge national d’imposer au contribuable une sanction plus clémente mais non prévue par la loi et, d’autre part, aux critères à prendre en considération pour examiner la proportionnalité d’une pénalité.</t>
   </si>
   <si>
     <t>Article 1 du Protocole n° 1</t>
   </si>
+  <si>
+    <t>Articles 8, 9 et 6 § 1 et article 1 du Protocole n° 1</t>
+  </si>
+  <si>
+    <t>Question 1 :
+Les locaux d’un monastère ou d’un couvent, y compris les cellules monastiques, peuvent être considérés comme le « domicile », au sens de l’article 8, lu à la lumière de l’article 9, des personnes qui ont des liens suffisants et continus avec les lieux. Si ces liens sont uniquement fondés sur des motifs religieux, alors la situation de ces personnes au sein de la communauté religieuse concernée qui occupe les lieux revêt une importance particulière.
+Question 2 :
+L’applicabilité de l’article 6 de la Convention, et donc du droit d’accès à un tribunal qu’il garantit, à une procédure conduite devant une juridiction nationale dépend de la question de savoir si le litige porte sur l’existence d’un droit que l’on peut prétendre reconnu, au moins de manière défendable, en droit interne. C’est une question qu’il appartient au premier chef à la juridiction nationale de trancher. Ce faisant, cette dernière doit soumettre à un examen attentif les prétentions dont elle est saisie et motiver de manière convaincante la conclusion à laquelle elle parvient sur ce point, en tenant compte du droit et de la jurisprudence internes pertinents. Dans l’affaire en cours devant la juridiction demanderesse, les dispositions et la jurisprudence internes relatives à l’autonomie des organisations religieuses revêtiront aux fins de cette appréciation une pertinence particulière.
+Si la juridiction nationale conclut, au vu des faits de la cause et du droit interne pertinent, que la partie demanderesse au procès ne peut plus, même de manière défendable, prétendre à un « droit » relativement à la cellule qu’elle occupait auparavant, elle ne sera dès lors pas tenue, en vertu de l’article 6 de la Convention, de statuer sur le fond de ces prétentions. En revanche, si la conclusion de la juridiction nationale est que le droit revendiqué par la partie demanderesse est au moins défendable et que les autres conditions d’applicabilité de l’article 6 sont également réunies, cette dernière, en principe, sera alors en droit de faire examiner sa cause dans le respect des exigences d’un procès civil équitable qui sont énoncées dans la jurisprudence constante de la Cour sur le terrain de cette disposition.</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">1. Les procédures judiciaires relatives à l’adoption d’un enfant majeur peuvent être considérées comme affectant la vie privée du parent biologique au sens de l’article 8 de la Convention. Ce parent doit se voir offrir la possibilité d’être entendu et ses arguments doivent être pris en compte aux fins de la décision dans la mesure où ils sont pertinents. Eu égard, toutefois, à l’ample marge d’appréciation dont l’État dispose dans l’encadrement de la procédure d’adoption d’un adulte, le respect de l’article 8 n’exige pas que le parent biologique se voit accorder la qualité de partie ni le droit de former un recours contre la décision ayant autorisé l’adoption.
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="3"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>2.</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="3"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="3"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Si la juridiction dont émane la demande détermine que l’on ne saurait prétendre, même de manière défendable, que le droit revendiqué par la mère biologique est reconnu en droit interne, il s’ensuivra que l’article 6 de la Convention n’est pas applicable à l’égard de cette dernière dans le contexte de la procédure d’adoption d’un adulte.</t>
+    </r>
+  </si>
+  <si>
+    <t>1. La Cour n'a pas jugé opportun de répondre à la question de savoir si la Cour administrative suprême devait tenir compte des difficultés rencontrées par les autorités lituaniennes dans l'exécution de l'arrêt Paksas, compte tenu du processus d'amendement constitutionnel en cours, ainsi que des limites inhérentes au système d'avis consultatifs prévu par le Protocole 16 lorsqu'il s'agit de questions relatives à l'exécution des arrêts de la Cour.
+2. La Cour a précisé les exigences et les critères pertinents pour apprécier si, dans les circonstances concrètes d'une affaire donnée, l'interdiction faite à un ancien député mis en accusation de se présenter aux élections au Parlement était devenue disproportionnée au regard de l'article 3 du Protocole n° 1. Les critères pertinents devraient avoir un caractère objectif et tenir compte de manière transparente des circonstances liées non seulement aux événements ayant conduit à la destitution de la personne concernée, mais aussi – et principalement – ​​à la fonction recherchée par cette personne à l'avenir. En effet, le but de la destitution et de l'interdiction subséquente n'était pas seulement d'imposer une autre sanction à la personne concernée, mais de protéger les institutions parlementaires. De plus, de tels critères devraient être identifiés principalement sous l'angle des exigences du bon fonctionnement de l'institution dont l'intéressé cherche à devenir membre, voire du système constitutionnel et démocratique de l'Etat concerné dans son ensemble .</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd/mm/yyyy;@"/>
   </numFmts>
-  <fonts count="29" x14ac:knownFonts="1">
+  <fonts count="30" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF0070C0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
@@ -863,97 +882,103 @@
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="3" tint="-0.249977111117893"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="4" tint="-0.499984740745262"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <color theme="1"/>
       <name val="Segoe UI Semibold"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
-      <color rgb="FF000000"/>
-[...11 lines deleted...]
-      <sz val="11"/>
       <color theme="3" tint="-0.499984740745262"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FFC00000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="3" tint="-0.499984740745262"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
+    <font>
+      <sz val="11"/>
+      <color theme="3"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="7"/>
+      <color theme="3"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="3"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="3" tint="-0.499984740745262"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="12">
+  <borders count="13">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color theme="4"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color theme="4"/>
       </bottom>
       <diagonal/>
     </border>
@@ -1034,61 +1059,72 @@
         <color rgb="FF0070C0"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color rgb="FF0070C0"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color theme="4"/>
       </top>
       <bottom style="thin">
         <color theme="4"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color rgb="FF0070C0"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF0070C0"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyProtection="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyProtection="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="82">
+  <cellXfs count="84">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
@@ -1198,121 +1234,127 @@
     </xf>
     <xf numFmtId="49" fontId="4" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="49" fontId="4" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="4" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="4" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="164" fontId="20" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="26" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="24" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="26" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="24" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
     </xf>
-    <xf numFmtId="49" fontId="26" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="24" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="26" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="26" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="26" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="24" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="26" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="24" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
     </xf>
-    <xf numFmtId="49" fontId="26" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="24" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="24" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="26" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="24" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="24" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="24" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="26" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
-    </xf>
-[...7 lines deleted...]
-      <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="28" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="11" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="26" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="24" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="24" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8" customBuiltin="1"/>
     <cellStyle name="Hyperlink 2" xfId="2" xr:uid="{9725483A-B166-4BAE-AA5B-A7B7C6310022}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="20">
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
@@ -2332,480 +2374,484 @@
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/fre?i=003-7828607-11178317" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-8462569-11987919&amp;filename=Demande%20d%E2%80%99avis%20consultatif%20de%20la%20Cour%20supr%C3%AAme%20ukrainienne%20concernant%20un%20litige%20au%20sujet%20de%20la%20proportionnalit%C3%A9%20d%E2%80%99une%20p%C3%A9nalit%C3%A9%20fiscale%20au%20montant%20forfaitairement%20fix%C3%A9%20par%20la%20loi.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/fre?i=003-6380431-8364345" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/fre?i=003-7623158-11063191" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-8323362-11737688&amp;filename=Demande%20d%E2%80%99avis%20consultatif%20de%20la%20Cour%20supr%C3%AAme%20ukrainienne%20concernant%20la%20question%20de%20savoir%20si%20la%20cellule%20d%E2%80%99une%20religieuse%20peut%20%C3%AAtre%20consid%C3%A9r%C3%A9e%20comme%20son%20domicile.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/fre?i=003-6708599-9909826" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/fre?i=003-7306131-10801071" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/fre?i=003-7385707-10746862" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/fre?i=003-8120401-11370753" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/fre?i=003-7317049-10805824" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/fre?i=003-7986563-11141730" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=003-6951433-9350948" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/fre?i=003-7879235-10954901" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://insite.dhcour.coe.int/link/tikitlink.asp?doc=2024927%20&amp;lib=court" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3190931B-A9BA-40F2-8F31-0A3252409FE2}">
   <dimension ref="B1:L26"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A4" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <selection activeCell="B6" sqref="B6"/>
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A6" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+      <selection activeCell="D6" sqref="D6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="1.5703125" style="1" customWidth="1"/>
     <col min="2" max="2" width="20.42578125" style="2" customWidth="1"/>
     <col min="3" max="3" width="15.5703125" style="2" customWidth="1"/>
     <col min="4" max="4" width="39.140625" style="1" customWidth="1"/>
     <col min="5" max="5" width="23.5703125" style="1" customWidth="1"/>
     <col min="6" max="6" width="17.140625" style="1" customWidth="1"/>
-    <col min="7" max="7" width="115.42578125" style="1" customWidth="1"/>
+    <col min="7" max="7" width="108.42578125" style="1" customWidth="1"/>
     <col min="8" max="8" width="26.85546875" style="1" customWidth="1"/>
     <col min="9" max="9" width="24.5703125" style="1" customWidth="1"/>
-    <col min="10" max="10" width="87.42578125" style="1" customWidth="1"/>
+    <col min="10" max="10" width="96.5703125" style="1" customWidth="1"/>
     <col min="11" max="11" width="21" style="41" customWidth="1"/>
     <col min="12" max="12" width="73" style="1" customWidth="1"/>
     <col min="13" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:12" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B1" s="80" t="s">
+      <c r="B1" s="82" t="s">
         <v>50</v>
       </c>
-      <c r="C1" s="80"/>
-[...6 lines deleted...]
-      <c r="J1" s="80"/>
+      <c r="C1" s="82"/>
+      <c r="D1" s="82"/>
+      <c r="E1" s="82"/>
+      <c r="F1" s="82"/>
+      <c r="G1" s="82"/>
+      <c r="H1" s="82"/>
+      <c r="I1" s="82"/>
+      <c r="J1" s="82"/>
     </row>
     <row r="2" spans="2:12" s="5" customFormat="1" ht="168" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B2" s="79" t="s">
-[...9 lines deleted...]
-      <c r="J2" s="79"/>
+      <c r="B2" s="81" t="s">
+        <v>76</v>
+      </c>
+      <c r="C2" s="81"/>
+      <c r="D2" s="81"/>
+      <c r="E2" s="81"/>
+      <c r="F2" s="81"/>
+      <c r="G2" s="81"/>
+      <c r="H2" s="81"/>
+      <c r="I2" s="81"/>
+      <c r="J2" s="81"/>
       <c r="K2" s="42"/>
       <c r="L2" s="42"/>
     </row>
     <row r="3" spans="2:12" s="59" customFormat="1" x14ac:dyDescent="0.25">
       <c r="B3" s="58" t="s">
         <v>43</v>
       </c>
       <c r="C3" s="58"/>
       <c r="D3" s="58"/>
       <c r="E3" s="58"/>
       <c r="F3" s="58"/>
       <c r="G3" s="58"/>
       <c r="H3" s="58"/>
       <c r="I3" s="58"/>
       <c r="K3" s="60"/>
     </row>
     <row r="4" spans="2:12" s="5" customFormat="1" ht="88.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B4" s="78" t="s">
+      <c r="B4" s="80" t="s">
         <v>38</v>
       </c>
-      <c r="C4" s="78"/>
-[...6 lines deleted...]
-      <c r="J4" s="78"/>
+      <c r="C4" s="80"/>
+      <c r="D4" s="80"/>
+      <c r="E4" s="80"/>
+      <c r="F4" s="80"/>
+      <c r="G4" s="80"/>
+      <c r="H4" s="80"/>
+      <c r="I4" s="80"/>
+      <c r="J4" s="80"/>
       <c r="K4" s="43"/>
       <c r="L4" s="43"/>
     </row>
     <row r="5" spans="2:12" ht="114" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B5" s="4" t="s">
         <v>34</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>33</v>
       </c>
       <c r="D5" s="6" t="s">
         <v>45</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>27</v>
       </c>
       <c r="F5" s="6" t="s">
         <v>28</v>
       </c>
       <c r="G5" s="6" t="s">
         <v>29</v>
       </c>
       <c r="H5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="I5" s="32" t="s">
         <v>30</v>
       </c>
       <c r="J5" s="52" t="s">
         <v>31</v>
       </c>
       <c r="K5" s="1"/>
     </row>
-    <row r="6" spans="2:12" ht="101.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="6" spans="2:12" ht="114" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B6" s="75" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="C6" s="69">
         <v>46029</v>
       </c>
       <c r="D6" s="70" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="E6" s="71" t="s">
         <v>21</v>
       </c>
       <c r="F6" s="69">
         <v>46069</v>
       </c>
       <c r="G6" s="65" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="H6" s="66" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="I6" s="76"/>
       <c r="J6" s="77"/>
       <c r="K6" s="1"/>
     </row>
-    <row r="7" spans="2:12" ht="138" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="2:12" ht="409.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B7" s="75" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="C7" s="69">
         <v>45890</v>
       </c>
       <c r="D7" s="70" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="E7" s="71" t="s">
         <v>21</v>
       </c>
       <c r="F7" s="69">
         <v>45915</v>
       </c>
       <c r="G7" s="72" t="s">
-        <v>77</v>
-[...5 lines deleted...]
-      <c r="J7" s="77"/>
+        <v>75</v>
+      </c>
+      <c r="H7" s="78" t="s">
+        <v>80</v>
+      </c>
+      <c r="I7" s="79">
+        <v>46086</v>
+      </c>
+      <c r="J7" s="37" t="s">
+        <v>81</v>
+      </c>
       <c r="K7" s="1"/>
     </row>
-    <row r="8" spans="2:12" ht="63" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="2:12" ht="79.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B8" s="75" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="C8" s="69">
         <v>45609</v>
       </c>
       <c r="D8" s="70" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="E8" s="71" t="s">
         <v>35</v>
       </c>
       <c r="F8" s="69">
         <v>45646</v>
       </c>
       <c r="G8" s="72" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="H8" s="73" t="s">
         <v>14</v>
       </c>
       <c r="I8" s="67" t="s">
         <v>17</v>
       </c>
       <c r="J8" s="74" t="s">
         <v>17</v>
       </c>
       <c r="K8" s="1"/>
     </row>
-    <row r="9" spans="2:12" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="2:12" ht="69.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B9" s="61" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="C9" s="69">
         <v>45349</v>
       </c>
       <c r="D9" s="70" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="E9" s="71" t="s">
         <v>35</v>
       </c>
       <c r="F9" s="69">
         <v>45471</v>
       </c>
       <c r="G9" s="72" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="H9" s="73" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="I9" s="67" t="s">
         <v>17</v>
       </c>
       <c r="J9" s="74" t="s">
         <v>17</v>
       </c>
       <c r="K9" s="1"/>
     </row>
     <row r="10" spans="2:12" ht="51" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B10" s="61" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="C10" s="62">
         <v>45301</v>
       </c>
       <c r="D10" s="63" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="E10" s="64" t="s">
         <v>35</v>
       </c>
       <c r="F10" s="62">
         <v>45341</v>
       </c>
       <c r="G10" s="65" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H10" s="66" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="I10" s="67" t="s">
         <v>17</v>
       </c>
       <c r="J10" s="68" t="s">
         <v>17</v>
       </c>
       <c r="K10" s="1"/>
     </row>
-    <row r="11" spans="2:12" ht="244.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="11" spans="2:12" ht="217.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B11" s="61" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="C11" s="53">
         <v>45029</v>
       </c>
       <c r="D11" s="54" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="E11" s="55" t="s">
         <v>21</v>
       </c>
       <c r="F11" s="53">
         <v>45056</v>
       </c>
       <c r="G11" s="56" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="H11" s="57" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="I11" s="38">
         <v>45274</v>
       </c>
       <c r="J11" s="37" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="K11" s="1"/>
     </row>
-    <row r="12" spans="2:12" ht="165" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="12" spans="2:12" ht="191.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B12" s="49" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="C12" s="44">
         <v>44844</v>
       </c>
       <c r="D12" s="45" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="E12" s="46" t="s">
         <v>21</v>
       </c>
       <c r="F12" s="44">
         <v>44872</v>
       </c>
       <c r="G12" s="29" t="s">
+        <v>56</v>
+      </c>
+      <c r="H12" s="36" t="s">
         <v>57</v>
-      </c>
-[...1 lines deleted...]
-        <v>58</v>
       </c>
       <c r="I12" s="38">
         <v>45029</v>
       </c>
       <c r="J12" s="37" t="s">
-        <v>59</v>
+        <v>82</v>
       </c>
       <c r="K12" s="1"/>
     </row>
     <row r="13" spans="2:12" ht="290.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B13" s="49" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="44">
         <v>44301</v>
       </c>
       <c r="D13" s="45" t="s">
         <v>49</v>
       </c>
       <c r="E13" s="46" t="s">
         <v>21</v>
       </c>
       <c r="F13" s="44">
         <v>44347</v>
       </c>
       <c r="G13" s="29" t="s">
         <v>52</v>
       </c>
       <c r="H13" s="36" t="s">
         <v>25</v>
       </c>
       <c r="I13" s="38">
         <v>44755</v>
       </c>
       <c r="J13" s="37" t="s">
         <v>51</v>
       </c>
       <c r="K13" s="1"/>
     </row>
-    <row r="14" spans="2:12" ht="376.35" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="14" spans="2:12" ht="409.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B14" s="49" t="s">
         <v>18</v>
       </c>
       <c r="C14" s="30">
         <v>44266</v>
       </c>
       <c r="D14" s="50" t="s">
         <v>47</v>
       </c>
       <c r="E14" s="46" t="s">
         <v>21</v>
       </c>
       <c r="F14" s="44">
         <v>44326</v>
       </c>
       <c r="G14" s="29" t="s">
         <v>37</v>
       </c>
       <c r="H14" s="36" t="s">
         <v>19</v>
       </c>
       <c r="I14" s="38">
         <v>44677</v>
       </c>
       <c r="J14" s="37" t="s">
         <v>53</v>
       </c>
       <c r="K14" s="1"/>
     </row>
-    <row r="15" spans="2:12" ht="257.10000000000002" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="15" spans="2:12" ht="261" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B15" s="49" t="s">
         <v>10</v>
       </c>
       <c r="C15" s="51">
         <v>44140</v>
       </c>
       <c r="D15" s="50" t="s">
         <v>48</v>
       </c>
       <c r="E15" s="48" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="30">
         <v>44221</v>
       </c>
       <c r="G15" s="29" t="s">
         <v>40</v>
       </c>
       <c r="H15" s="31" t="s">
         <v>26</v>
       </c>
       <c r="I15" s="38">
         <v>44659</v>
       </c>
       <c r="J15" s="37" t="s">
-        <v>54</v>
+        <v>83</v>
       </c>
       <c r="K15" s="1"/>
     </row>
     <row r="16" spans="2:12" ht="99.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B16" s="49" t="s">
         <v>15</v>
       </c>
       <c r="C16" s="44">
         <v>44154</v>
       </c>
       <c r="D16" s="45" t="s">
         <v>24</v>
       </c>
       <c r="E16" s="46" t="s">
         <v>35</v>
       </c>
       <c r="F16" s="44">
         <v>44179</v>
       </c>
       <c r="G16" s="29" t="s">
         <v>39</v>
       </c>
       <c r="H16" s="36" t="s">
         <v>16</v>
       </c>
       <c r="I16" s="47" t="s">
         <v>17</v>
       </c>
       <c r="J16" s="47" t="s">
         <v>17</v>
       </c>
       <c r="K16" s="1"/>
     </row>
-    <row r="17" spans="2:11" ht="315.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="17" spans="2:11" ht="327" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B17" s="49" t="s">
         <v>12</v>
       </c>
       <c r="C17" s="33">
         <v>43710</v>
       </c>
       <c r="D17" s="34" t="s">
         <v>23</v>
       </c>
       <c r="E17" s="48" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="35">
         <v>43740</v>
       </c>
       <c r="G17" s="29" t="s">
         <v>41</v>
       </c>
       <c r="H17" s="36" t="s">
         <v>13</v>
       </c>
       <c r="I17" s="38">
         <v>43980</v>
       </c>
       <c r="J17" s="37" t="s">
@@ -2892,64 +2938,64 @@
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr codeName="Sheet2">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B1:H25"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="F4" sqref="F4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="1.5703125" style="1" customWidth="1"/>
     <col min="2" max="2" width="43.5703125" style="2" customWidth="1"/>
     <col min="3" max="3" width="24.5703125" style="3" customWidth="1"/>
     <col min="4" max="4" width="21.5703125" style="1" customWidth="1"/>
     <col min="5" max="5" width="20.140625" style="1" customWidth="1"/>
     <col min="6" max="8" width="19.42578125" style="1" customWidth="1"/>
     <col min="9" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:8" s="5" customFormat="1" ht="158.25" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B1" s="79" t="s">
+      <c r="B1" s="81" t="s">
         <v>6</v>
       </c>
-      <c r="C1" s="79"/>
-[...1 lines deleted...]
-      <c r="E1" s="79"/>
+      <c r="C1" s="81"/>
+      <c r="D1" s="81"/>
+      <c r="E1" s="81"/>
     </row>
     <row r="2" spans="2:8" s="5" customFormat="1" ht="88.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B2" s="81" t="s">
+      <c r="B2" s="83" t="s">
         <v>1</v>
       </c>
-      <c r="C2" s="81"/>
-[...1 lines deleted...]
-      <c r="E2" s="81"/>
+      <c r="C2" s="83"/>
+      <c r="D2" s="83"/>
+      <c r="E2" s="83"/>
     </row>
     <row r="3" spans="2:8" ht="94.5" x14ac:dyDescent="0.25">
       <c r="B3" s="7" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D3" s="6" t="s">
         <v>4</v>
       </c>
       <c r="E3" s="9" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="19" t="s">
         <v>7</v>
       </c>
       <c r="G3" s="19" t="s">
         <v>8</v>
       </c>
       <c r="H3" s="20" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="2:8" x14ac:dyDescent="0.25">
@@ -3429,29 +3475,29 @@
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Avis consultatifs</vt:lpstr>
       <vt:lpstr>CHECKLIST</vt:lpstr>
       <vt:lpstr>'Avis consultatifs'!Print_Area</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>European court of Human Right</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="eDOCS AutoSave">
-    <vt:lpwstr>20260218155209745</vt:lpwstr>
+    <vt:lpwstr/>
   </property>
 </Properties>
 </file>