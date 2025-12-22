--- v0 (2025-10-03)
+++ v1 (2025-12-22)
@@ -2,73 +2,73 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="26731"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27928"/>
   <workbookPr autoCompressPictures="0" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\radojevic\AppData\Roaming\OpenText\DM\Temp\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\courtcs3\users$\radojevic\My Documents\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{0FE484BE-C7AD-4898-8D44-C58A9E886D1A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{485E549C-DCC5-44D7-84C0-D83E1FA9C3AF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-20724" yWindow="1944" windowWidth="17280" windowHeight="8964" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="Справи на розгляді ВП" sheetId="2" r:id="rId1"/>
+    <sheet name="Справи на розгляді ВП" sheetId="5" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_GoBack" localSheetId="0">'Справи на розгляді ВП'!#REF!</definedName>
   </definedNames>
   <calcPr calcId="162913"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="81" uniqueCount="64">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="66" uniqueCount="55">
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="20"/>
         <color theme="3" tint="-0.499984740745262"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Зведена таблиця справ, що перебувають на розгляді Великої Палати*</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="20"/>
         <color theme="3" tint="-0.499984740745262"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
@@ -89,64 +89,51 @@
         <sz val="20"/>
         <color theme="3" tint="-0.499984740745262"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
   </si>
   <si>
     <t>* Підготовлено Секретаріатом Суду. Не покладає зобов’язань на Суд.</t>
   </si>
   <si>
     <t>Назва заяви</t>
   </si>
   <si>
     <t>Дата слухання</t>
   </si>
   <si>
     <t>Опис справи</t>
   </si>
   <si>
     <t>Відповідна стаття(-і) Конвенції</t>
   </si>
   <si>
-    <t>«Цаава та інші проти Грузії» (Tsaava and Others v. Georgia)</t>
-[...5 lines deleted...]
-  <si>
     <t>Передача на розгляд</t>
-  </si>
-[...4 lines deleted...]
-Стаття 38</t>
   </si>
   <si>
     <t>«H.M.M. та інші проти Латвії» (H.M.M. and Others v. Latvia)</t>
   </si>
   <si>
     <t>42165/21</t>
   </si>
   <si>
     <t>Стаття 3, пункти 1 і 4 статті 5, стаття 13 і стаття 4 Протоколу № 4</t>
   </si>
   <si>
     <t>«Р.А. та інші проти Польщі» (R.A. and Others v. Poland)</t>
   </si>
   <si>
     <t>42120/21</t>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="3" tint="-0.499984740745262"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
@@ -176,202 +163,77 @@
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="4" tint="-0.499984740745262"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="4" tint="-0.499984740745262"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Вони також скаржаться на умови тримання в імпровізованому таборі на кордоні між Білоруссю та Польщею протягом понад двох місяців; на те, що їх було піддано процедурі колективного вислання; на відсутність ефективного засобу правового захисту; і незастосування Польщею тимчасових заходів, призначених Судом.</t>
     </r>
   </si>
   <si>
     <t>Статті 1, 3, 13, 34 і стаття 4 Протоколу № 4</t>
   </si>
   <si>
-    <t>«Даниле проти Румунії» (Danileţ v. Romania)</t>
-[...7 lines deleted...]
-  <si>
     <t>«К.О.К.Ґ. та інші проти Литви» (C.O.C.G. and Others v. Lithuania)</t>
   </si>
   <si>
     <t>17764/22</t>
   </si>
   <si>
     <t xml:space="preserve">Статті 2, 3, пункти 1, 2 і 4 статті 5
 Статті 13, 34
 Стаття 4 Протоколу № 4 </t>
   </si>
   <si>
-    <t>«Мансурі проти Італії» (Mansouri v. Italy)</t>
-[...89 lines deleted...]
-  <si>
     <t>«Азербайджан проти Вірменії» (Azerbaijan v. Armenia)</t>
   </si>
   <si>
     <t>47319/20</t>
   </si>
   <si>
     <t>Декілька статей</t>
   </si>
   <si>
     <t>«Вірменія проти Азербайджану» (Armenia v. Azerbaijan)</t>
   </si>
   <si>
     <t>42521/20</t>
   </si>
   <si>
     <t>Заява стосується переважно нещодавніх бойових дій між Вірменією та Азербайджаном (2020) і містить твердження про широкомасштабні порушення Конвенції Державою-відповідачем під час бойових дій, включаючи невибіркові напади на цивільне населення, а також цивільну і державну власність та інфраструктуру; страти, жорстоке поводження і каліцтва комбатантів і цивільних осіб; захоплення і тривале тримання під вартою військовополонених; і примусове переміщення цивільного населення з районів, що постраждали від бойових дій.</t>
-  </si>
-[...23 lines deleted...]
-Статті 2, 3 і 13 Конвенції</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <i/>
         <u/>
         <sz val="11"/>
         <color theme="3" tint="-0.499984740745262"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Поради з користування таблицею Excel</t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="11"/>
         <color theme="3" tint="-0.499984740745262"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
@@ -395,86 +257,146 @@
   </si>
   <si>
     <r>
       <t>№ заяви
 (</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="0"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>з посиланням на відповідне рішення палати про передачу справи на розгляд і пресреліз про відмову палати від розгляду на користь Великої палати)</t>
     </r>
   </si>
   <si>
     <t>Передача на розгляд / відмова на користь ВП</t>
   </si>
   <si>
     <t>Дата передачі на розгляд / відмови на користь ВП</t>
   </si>
   <si>
-    <t xml:space="preserve">Справа стосується стверджуваного надмірного застосування сили — переважно у вигляді стрільби гумовими кулями і в деяких випадках у вигляді застосування фізичної сили — працівниками правоохоронних органів під час розгону великої акції протесту 2019 року перед будівлею Парламенту, і стверджуваної неефективності поточного кримінального розслідування цих подій. Заявники є демонстрантами та журналістами, які отримали поранення під час розгону. 
-[...2 lines deleted...]
-  <si>
     <t>Справа стосується тверджень громадян Іраку курдського походження (дорослих і неповнолітніх) про їх повернення (відштовхування "pushback") до кордону між Латвією та Білоруссю без оцінки їхніх заяв про надання притулку, умов їх тримання в лісі біля кордону, а також у наметі на території Латвії, а також позбавлення їх свободи в центрі тимчасового тримання іноземців у Латвії.</t>
   </si>
   <si>
     <t>Відмова на користь ВП</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve">Справа стосується дисциплінарного стягнення, застосованого до судді за публікацію двох повідомлень на своїй сторінці у Facebook. Заявник скаржиться на порушення його права на свободу вираження поглядів. </t>
   </si>
   <si>
     <t xml:space="preserve">Справа стосується тверджень громадян Куби про їх повернення (відштовхування "pushback") до кордону між Литвою та Білоруссю без надання їм можливості подання заяв про надання притулку і подальшого позбавлення їх свободи в центрі для шукачів притулку. Заявники також стверджують, що Литва не вжила тимчасового заходу, призначеного Судом. </t>
   </si>
   <si>
     <t>Заява стосується переважно нещодавніх бойових дій між Вірменією та Азербайджаном (2020) і містить твердження про широкомасштабні порушення Конвенції Державою-відповідачем під час бойових дій, включаючи невибіркові напади на цивільне населення, а також цивільну і державну власність та інфраструктуру; страти, жорстоке поводження і каліцтва комбатантів і цивільних осіб; захоплення і тривале тримання під вартою військовополонених; і примусове переміщення цивільного населення з районів, що постраждали від бойових дій. 
 Азербайджан також стверджує, що Вірменія відповідальна за низку порушень Конвенції в Нагірному Карабасі та на прилеглих територіях з 1992 року, включаючи тривале переміщення сотень тисяч азербайджанців з їхніх домівок та майна; жорстоке поводження та зникнення громадян Азербайджану без належного розслідування; а також знищення культурних та релігійних цінностей.</t>
   </si>
   <si>
-    <t>Стаття 8
-[...3 lines deleted...]
-  <si>
     <t>ЄСПЛ-KS</t>
+  </si>
+  <si>
+    <t>Стаття 3                                                  (матеріальний аспект)
+Стаття 7</t>
+  </si>
+  <si>
+    <t>Справа стосується визнання заявника винним у членстві в озброєній терористичній організації, яку турецька влада назвала «Фетуллахістською терористичною організацією/паралельною державною структурою», у зв’язку з діяльністю, яку заявник здійснював таємно як старший офіцер цієї організації.</t>
+  </si>
+  <si>
+    <t>17389/20</t>
+  </si>
+  <si>
+    <t>«Ясак проти Туреччини» (Yasak v. Türkiye)</t>
+  </si>
+  <si>
+    <t>Стаття 4 Протоколу № 7 до Конвенції</t>
+  </si>
+  <si>
+    <t>Справа стосується трьох судових проваджень щодо заявника, розпочатих правоохоронними органами, Комісією з цінних паперів та Банком Португалії за кримінальні та адміністративні правопорушення, вчинені в той час, коли він перебував на посаді заступника голови ради директорів приватного банку. Заявник скаржиться, що його тричі притягували до відповідальності за одні й ті самі діяння.</t>
+  </si>
+  <si>
+    <t>48047/15 та 2276/20</t>
+  </si>
+  <si>
+    <t>«Хесус Піньял проти Португалії» (Jesus Pinhal v. Portugal)</t>
+  </si>
+  <si>
+    <t>Стаття 8
+Стаття 11
+Стаття 13</t>
+  </si>
+  <si>
+    <t>Справа стосується обшуку приміщень італійської масонської асоціації (масонської ложі), проведеного за розпорядженням парламентської слідчої комісії, та вилучення великої кількості паперових і цифрових документів, включно зі списком імен та особистих даних понад 6000 членів асоціації. Обшук був проведений в межах розслідування зв'язків між мафією та масонами, а також можливого проникнення мафії в масонські ложі.</t>
+  </si>
+  <si>
+    <t>29550/17</t>
+  </si>
+  <si>
+    <t>«Гранде Орієнте ді Італія проти Італії» (Grande Oriente d’Italia v. Italy)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Пункт 1 статті 6 </t>
+  </si>
+  <si>
+    <t>Справа стосується давно усталеної практики Верховного Суду Нідерландів, згідно з якою судді кримінальної палати, які не входять до складу колегії, що розглядає справи (резервні судді), можуть брати участь в обговоренні справи. Це дозволяється в інтересах правової єдності.</t>
+  </si>
+  <si>
+    <t>19365/19</t>
+  </si>
+  <si>
+    <t>«Кейт проти Нідерландів» (Kuijt v. the Netherlands)</t>
+  </si>
+  <si>
+    <t>Стаття 8</t>
+  </si>
+  <si>
+    <t>Справа стосується відмови адміністрації в'язниці передати засудженому велику кількість роздруківок з Інтернету, надіслані йому дружиною.</t>
+  </si>
+  <si>
+    <t>39631/20</t>
+  </si>
+  <si>
+    <t>«Тергек проти Туреччини» (Tergek v. Türkiye)</t>
+  </si>
+  <si>
+    <t>Справа стосується стверджуваної відсутності дійсної інформованої згоди заявниці на розширення обсягу операції зі збереження молочної залози, під час якої було проведно резекцію сосково-ареолярного комплексу.</t>
+  </si>
+  <si>
+    <t>5742/22</t>
+  </si>
+  <si>
+    <t>«С.O. проти Іспанії» (S.O. v. Spain)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd/mm/yyyy;@"/>
   </numFmts>
-  <fonts count="22" x14ac:knownFonts="1">
+  <fonts count="20" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF0070C0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="13"/>
@@ -550,74 +472,60 @@
       <i/>
       <u/>
       <sz val="11"/>
       <color theme="3" tint="-0.499984740745262"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="11"/>
       <color theme="3" tint="-0.499984740745262"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="18"/>
       <color theme="3" tint="-0.499984740745262"/>
       <name val="Segoe UI Semibold"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
-      <color theme="3" tint="-0.499984740745262"/>
-[...5 lines deleted...]
-      <sz val="11"/>
       <color rgb="FFC00000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF0F243E"/>
       <name val="Calibri"/>
       <family val="2"/>
-    </font>
-[...5 lines deleted...]
-      <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="4" tint="-0.499984740745262"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <i/>
       <sz val="11"/>
       <color theme="4" tint="-0.499984740745262"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF0F243E"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="3">
@@ -682,153 +590,138 @@
       <right style="thin">
         <color rgb="FF0070C0"/>
       </right>
       <top style="thin">
         <color rgb="FF0070C0"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF4F81BD"/>
       </left>
       <right/>
       <top style="thin">
         <color rgb="FF4F81BD"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="37">
+  <cellXfs count="32">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="17" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="16" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="21" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...11 lines deleted...]
-    <xf numFmtId="14" fontId="17" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="19" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="8" fillId="0" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="8" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...13 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="16" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8" customBuiltin="1"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="10">
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color theme="3" tint="-0.499984740745262"/>
         <name val="Calibri"/>
         <scheme val="minor"/>
       </font>
@@ -1053,119 +946,114 @@
       </border>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-  <xdr:twoCellAnchor editAs="oneCell">
+  <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>138640</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
-    <xdr:to>
-[...4 lines deleted...]
-    </xdr:to>
+    <xdr:ext cx="2356485" cy="875665"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2050" name="Picture 2" descr="D:\vantland\Pictures\Knowledge Sharing\Template Icons\Court Logo.png">
+        <xdr:cNvPr id="2" name="Picture 2" descr="D:\vantland\Pictures\Knowledge Sharing\Template Icons\Court Logo.png">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002080000}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8A96B653-BD2D-4ADB-A747-9774B4C17CFA}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
-          <a:off x="252940" y="95250"/>
-          <a:ext cx="2356485" cy="882015"/>
+          <a:off x="778720" y="95250"/>
+          <a:ext cx="2356485" cy="875665"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
-  </xdr:twoCellAnchor>
+  </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="EKSPendingGC" displayName="EKSPendingGC" ref="B5:H19" totalsRowShown="0" headerRowDxfId="9" dataDxfId="8" tableBorderDxfId="7">
-[...2 lines deleted...]
-    <sortCondition descending="1" ref="E5:E22"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="3" xr:uid="{052AE89E-FC82-4491-BA64-AB6DED2BFE32}" name="EKSPendingGC2" displayName="EKSPendingGC2" ref="B5:H16" totalsRowShown="0" headerRowDxfId="9" dataDxfId="8" tableBorderDxfId="7">
+  <autoFilter ref="B5:H16" xr:uid="{00000000-0009-0000-0100-000002000000}"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="B6:H19">
+    <sortCondition descending="1" ref="E5:E19"/>
   </sortState>
   <tableColumns count="7">
     <tableColumn id="4" xr3:uid="{00000000-0010-0000-0000-000004000000}" name="Назва заяви" dataDxfId="6"/>
     <tableColumn id="6" xr3:uid="{00000000-0010-0000-0000-000006000000}" name="№ заяви_x000a_(з посиланням на відповідне рішення палати про передачу справи на розгляд і пресреліз про відмову палати від розгляду на користь Великої палати)" dataDxfId="5"/>
     <tableColumn id="5" xr3:uid="{00000000-0010-0000-0000-000005000000}" name="Передача на розгляд / відмова на користь ВП" dataDxfId="4"/>
     <tableColumn id="7" xr3:uid="{00000000-0010-0000-0000-000007000000}" name="Дата передачі на розгляд / відмови на користь ВП" dataDxfId="3"/>
     <tableColumn id="3" xr3:uid="{00000000-0010-0000-0000-000003000000}" name="Дата слухання" dataDxfId="2"/>
     <tableColumn id="1" xr3:uid="{00000000-0010-0000-0000-000001000000}" name="Опис справи" dataDxfId="1"/>
     <tableColumn id="2" xr3:uid="{00000000-0010-0000-0000-000002000000}" name="Відповідна стаття(-і) Конвенції" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="1"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -1422,520 +1310,439 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hudoc.echr.coe.int/eng?i=001-172107" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf?library=ECHR&amp;id=003-6284216-8193553&amp;filename=Relinquishment%20in%20favour%20of%20the%20Grand%20Chamber%20Slovenia%20v.%20Croatia.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-7019980-9469559&amp;filename=Relinquishment%20in%20favour%20of%20the%20Grand%20Chamber%20of%20two%20inter-State%20cases.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-7928255-11041779&amp;filename=Relinquishment%20in%20favour%20of%20the%20Grand%20Chamber%20in%20the%20case%20C.O.C.G.%20and%20Others%20v.%20Lithuania.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hudoc.echr.coe.int/eng?i=001-187961" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng/?i=001-224732" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf?library=ECHR&amp;id=003-5725353-7269931&amp;filename=Relinquishment%20in%20favour%20of%20the%20Grand%20Chamber%20in%20the%20case%20Nicolae%20Virgiliu%20Tanase%20v.%20Romania.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng-press" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-7019980-9469559&amp;filename=Relinquishment%20in%20favour%20of%20the%20Grand%20Chamber%20of%20two%20inter-State%20cases.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=001-222889" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hudoc.echr.coe.int/eng?i=001-184665" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://insite.dhcour.coe.int/link/tikitlink.asp?doc=2024927%20&amp;lib=court" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng/?i=001-224733" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-7991237-11149537&amp;filename=Relinquishment%20in%20favour%20of%20the%20Grand%20Chamber%20in%20the%20case%20H.M.M.%20and%20Others%20v.%20Latvia.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hudoc.echr.coe.int/eng?i=001-172107" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf?library=ECHR&amp;id=003-6284216-8193553&amp;filename=Relinquishment%20in%20favour%20of%20the%20Grand%20Chamber%20Slovenia%20v.%20Croatia.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hudoc.echr.coe.int/eng?i=001-178877" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-7883071-10962266&amp;filename=Relinquishment%20in%20favour%20of%20the%20Grand%20Chamber%20in%20the%20case%20Mansouri%20v.%20Italy.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng-press" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://insite.dhcour.coe.int/link/tikitlink.asp?doc=2024927%20&amp;lib=court" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=001-226386" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-7983149-11136336&amp;filename=Relinquishment%20in%20favour%20of%20the%20Grand%20Chamber%20in%20the%20case%20R.A.%20and%20Others%20v.%20Poland%20.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hudoc.echr.coe.int/eng?i=001-187961" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng/?i=001-224734" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hudoc.echr.coe.int/eng?i=001-178877" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hudoc.echr.coe.int/eng?i=001-184665" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf?library=ECHR&amp;id=003-5725353-7269931&amp;filename=Relinquishment%20in%20favour%20of%20the%20Grand%20Chamber%20in%20the%20case%20Nicolae%20Virgiliu%20Tanase%20v.%20Romania.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=001-226011" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=001-231394" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=001-233412" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=001-235709" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=001-237560" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-7019980-9469559&amp;filename=Relinquishment%20in%20favour%20of%20the%20Grand%20Chamber%20of%20two%20inter-State%20cases.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-7991237-11149537&amp;filename=Relinquishment%20in%20favour%20of%20the%20Grand%20Chamber%20in%20the%20case%20H.M.M.%20and%20Others%20v.%20Latvia.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=001-243823" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://insite.dhcour.coe.int/link/tikitlink.asp?doc=2024927%20&amp;lib=court" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://insite.dhcour.coe.int/link/tikitlink.asp?doc=2024927%20&amp;lib=court" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-7983149-11136336&amp;filename=Relinquishment%20in%20favour%20of%20the%20Grand%20Chamber%20in%20the%20case%20R.A.%20and%20Others%20v.%20Poland%20.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=001-242860" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-7928255-11041779&amp;filename=Relinquishment%20in%20favour%20of%20the%20Grand%20Chamber%20in%20the%20case%20C.O.C.G.%20and%20Others%20v.%20Lithuania.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-8306874-11708286&amp;filename=Relinquishment%20in%20favour%20of%20the%20Grand%20Chamber%20in%20the%20case%20Kuijt%20v.%20the%20Netherlands.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-7019980-9469559&amp;filename=Relinquishment%20in%20favour%20of%20the%20Grand%20Chamber%20of%20two%20inter-State%20cases.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=001-238566" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2EFD22BF-9FB5-4B09-B5B2-51A1445AE648}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="B1:H19"/>
+  <dimension ref="B1:H16"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" topLeftCell="F1" zoomScale="75" zoomScaleNormal="75" workbookViewId="0">
-      <selection activeCell="H1" sqref="H1"/>
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A15" zoomScale="75" zoomScaleNormal="75" workbookViewId="0">
+      <selection activeCell="B17" sqref="B17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.33203125" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="1.6640625" style="1" customWidth="1"/>
     <col min="2" max="2" width="43.6640625" style="2" customWidth="1"/>
     <col min="3" max="3" width="19.6640625" style="3" customWidth="1"/>
     <col min="4" max="4" width="25" style="3" customWidth="1"/>
     <col min="5" max="5" width="23" style="3" customWidth="1"/>
     <col min="6" max="6" width="23" style="1" customWidth="1"/>
     <col min="7" max="7" width="107.5546875" style="1" customWidth="1"/>
     <col min="8" max="8" width="25.6640625" style="1" customWidth="1"/>
     <col min="9" max="16384" width="9.33203125" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="2:8" s="1" customFormat="1" ht="32.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B1" s="2"/>
+      <c r="C1" s="3"/>
+      <c r="D1" s="3"/>
+      <c r="E1" s="3"/>
       <c r="H1" s="8" t="s">
-        <v>63</v>
+        <v>31</v>
       </c>
     </row>
-    <row r="2" spans="2:8" ht="83.25" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="B2" s="36" t="s">
+    <row r="2" spans="2:8" s="1" customFormat="1" ht="83.25" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="B2" s="31" t="s">
         <v>0</v>
       </c>
-      <c r="C2" s="36"/>
-[...4 lines deleted...]
-      <c r="H2" s="36"/>
+      <c r="C2" s="31"/>
+      <c r="D2" s="31"/>
+      <c r="E2" s="31"/>
+      <c r="F2" s="31"/>
+      <c r="G2" s="31"/>
+      <c r="H2" s="31"/>
     </row>
-    <row r="3" spans="2:8" ht="23.25" customHeight="1" x14ac:dyDescent="0.5">
+    <row r="3" spans="2:8" s="1" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.5">
       <c r="B3" s="9" t="s">
         <v>1</v>
       </c>
       <c r="C3" s="9"/>
       <c r="D3" s="9"/>
       <c r="E3" s="9"/>
       <c r="F3" s="9"/>
       <c r="G3" s="9"/>
       <c r="H3" s="10"/>
     </row>
-    <row r="4" spans="2:8" ht="88.5" customHeight="1" x14ac:dyDescent="0.3">
-[...8 lines deleted...]
-      <c r="H4" s="35"/>
+    <row r="4" spans="2:8" s="1" customFormat="1" ht="88.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B4" s="30" t="s">
+        <v>23</v>
+      </c>
+      <c r="C4" s="30"/>
+      <c r="D4" s="30"/>
+      <c r="E4" s="30"/>
+      <c r="F4" s="30"/>
+      <c r="G4" s="30"/>
+      <c r="H4" s="30"/>
     </row>
-    <row r="5" spans="2:8" ht="132" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="5" spans="2:8" s="1" customFormat="1" ht="132" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B5" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C5" s="4" t="s">
-        <v>53</v>
+        <v>24</v>
       </c>
       <c r="D5" s="5" t="s">
-        <v>54</v>
+        <v>25</v>
       </c>
       <c r="E5" s="5" t="s">
-        <v>55</v>
+        <v>26</v>
       </c>
       <c r="F5" s="7" t="s">
         <v>3</v>
       </c>
       <c r="G5" s="5" t="s">
         <v>4</v>
       </c>
       <c r="H5" s="5" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="6" spans="2:8" ht="101.7" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B6" s="11" t="s">
+    <row r="6" spans="2:8" s="1" customFormat="1" ht="101.7" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B6" s="27" t="s">
+        <v>54</v>
+      </c>
+      <c r="C6" s="26" t="s">
+        <v>53</v>
+      </c>
+      <c r="D6" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="C6" s="12" t="s">
+      <c r="E6" s="14">
+        <v>45964</v>
+      </c>
+      <c r="F6" s="15"/>
+      <c r="G6" s="24" t="s">
+        <v>52</v>
+      </c>
+      <c r="H6" s="23" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="7" spans="2:8" s="1" customFormat="1" ht="105.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B7" s="27" t="s">
+        <v>51</v>
+      </c>
+      <c r="C7" s="26" t="s">
+        <v>50</v>
+      </c>
+      <c r="D7" s="13" t="s">
+        <v>6</v>
+      </c>
+      <c r="E7" s="14">
+        <v>45915</v>
+      </c>
+      <c r="F7" s="16">
+        <v>46085</v>
+      </c>
+      <c r="G7" s="29" t="s">
+        <v>49</v>
+      </c>
+      <c r="H7" s="23" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="8" spans="2:8" s="1" customFormat="1" ht="108" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B8" s="27" t="s">
+        <v>47</v>
+      </c>
+      <c r="C8" s="26" t="s">
+        <v>46</v>
+      </c>
+      <c r="D8" s="13" t="s">
+        <v>28</v>
+      </c>
+      <c r="E8" s="14">
+        <v>45896</v>
+      </c>
+      <c r="F8" s="15">
+        <v>46043</v>
+      </c>
+      <c r="G8" s="29" t="s">
+        <v>45</v>
+      </c>
+      <c r="H8" s="23" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="9" spans="2:8" s="1" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B9" s="27" t="s">
+        <v>43</v>
+      </c>
+      <c r="C9" s="26" t="s">
+        <v>42</v>
+      </c>
+      <c r="D9" s="13" t="s">
+        <v>6</v>
+      </c>
+      <c r="E9" s="14">
+        <v>45775</v>
+      </c>
+      <c r="F9" s="15">
+        <v>45980</v>
+      </c>
+      <c r="G9" s="29" t="s">
+        <v>41</v>
+      </c>
+      <c r="H9" s="23" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="10" spans="2:8" s="1" customFormat="1" ht="70.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B10" s="27" t="s">
+        <v>39</v>
+      </c>
+      <c r="C10" s="26" t="s">
+        <v>38</v>
+      </c>
+      <c r="D10" s="13" t="s">
+        <v>6</v>
+      </c>
+      <c r="E10" s="25">
+        <v>45733</v>
+      </c>
+      <c r="F10" s="15">
+        <v>45917</v>
+      </c>
+      <c r="G10" s="28" t="s">
+        <v>37</v>
+      </c>
+      <c r="H10" s="23" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="11" spans="2:8" s="1" customFormat="1" ht="63.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B11" s="27" t="s">
+        <v>35</v>
+      </c>
+      <c r="C11" s="26" t="s">
+        <v>34</v>
+      </c>
+      <c r="D11" s="13" t="s">
+        <v>6</v>
+      </c>
+      <c r="E11" s="25">
+        <v>45642</v>
+      </c>
+      <c r="F11" s="15">
+        <v>45784</v>
+      </c>
+      <c r="G11" s="24" t="s">
+        <v>33</v>
+      </c>
+      <c r="H11" s="23" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="12" spans="2:8" s="1" customFormat="1" ht="87" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B12" s="11" t="s">
         <v>7</v>
       </c>
-      <c r="D6" s="13" t="s">
+      <c r="C12" s="12" t="s">
         <v>8</v>
       </c>
-      <c r="E6" s="14">
-[...6 lines deleted...]
-      <c r="H6" s="34" t="s">
+      <c r="D12" s="13" t="s">
+        <v>28</v>
+      </c>
+      <c r="E12" s="14">
+        <v>45475</v>
+      </c>
+      <c r="F12" s="16">
+        <v>45700</v>
+      </c>
+      <c r="G12" s="21" t="s">
+        <v>27</v>
+      </c>
+      <c r="H12" s="22" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="7" spans="2:8" ht="105.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B7" s="11" t="s">
+    <row r="13" spans="2:8" s="1" customFormat="1" ht="51" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B13" s="11" t="s">
         <v>10</v>
       </c>
-      <c r="C7" s="12" t="s">
+      <c r="C13" s="12" t="s">
         <v>11</v>
       </c>
-      <c r="D7" s="13" t="s">
-[...5 lines deleted...]
-      <c r="F7" s="16">
+      <c r="D13" s="13" t="s">
+        <v>28</v>
+      </c>
+      <c r="E13" s="14">
+        <v>45468</v>
+      </c>
+      <c r="F13" s="16">
         <v>45700</v>
       </c>
-      <c r="G7" s="28" t="s">
-[...2 lines deleted...]
-      <c r="H7" s="34" t="s">
+      <c r="G13" s="21" t="s">
         <v>12</v>
       </c>
+      <c r="H13" s="22" t="s">
+        <v>13</v>
+      </c>
     </row>
-    <row r="8" spans="2:8" ht="108" customHeight="1" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="C8" s="12" t="s">
+    <row r="14" spans="2:8" s="1" customFormat="1" ht="51.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B14" s="11" t="s">
         <v>14</v>
       </c>
-      <c r="D8" s="13" t="s">
-[...5 lines deleted...]
-      <c r="F8" s="16">
+      <c r="C14" s="12" t="s">
+        <v>15</v>
+      </c>
+      <c r="D14" s="13" t="s">
+        <v>28</v>
+      </c>
+      <c r="E14" s="14">
+        <v>45398</v>
+      </c>
+      <c r="F14" s="16">
         <v>45700</v>
       </c>
-      <c r="G8" s="28" t="s">
-[...2 lines deleted...]
-      <c r="H8" s="34" t="s">
+      <c r="G14" s="21" t="s">
+        <v>29</v>
+      </c>
+      <c r="H14" s="22" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="9" spans="2:8" ht="71.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B9" s="11" t="s">
+    <row r="15" spans="2:8" s="1" customFormat="1" ht="129.6" x14ac:dyDescent="0.3">
+      <c r="B15" s="19" t="s">
         <v>17</v>
       </c>
-      <c r="C9" s="12" t="s">
+      <c r="C15" s="18" t="s">
         <v>18</v>
       </c>
-      <c r="D9" s="13" t="s">
-[...11 lines deleted...]
-      <c r="H9" s="34" t="s">
+      <c r="D15" s="20" t="s">
+        <v>28</v>
+      </c>
+      <c r="E15" s="17">
+        <v>44327</v>
+      </c>
+      <c r="F15" s="17"/>
+      <c r="G15" s="21" t="s">
+        <v>30</v>
+      </c>
+      <c r="H15" s="22" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="10" spans="2:8" ht="70.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B10" s="11" t="s">
+    <row r="16" spans="2:8" s="1" customFormat="1" ht="72" x14ac:dyDescent="0.3">
+      <c r="B16" s="19" t="s">
         <v>20</v>
       </c>
-      <c r="C10" s="12" t="s">
+      <c r="C16" s="18" t="s">
         <v>21</v>
       </c>
-      <c r="D10" s="13" t="s">
-[...11 lines deleted...]
-      <c r="H10" s="34" t="s">
+      <c r="D16" s="20" t="s">
+        <v>28</v>
+      </c>
+      <c r="E16" s="17">
+        <v>44327</v>
+      </c>
+      <c r="F16" s="17"/>
+      <c r="G16" s="21" t="s">
         <v>22</v>
       </c>
-    </row>
-[...200 lines deleted...]
-        <v>51</v>
+      <c r="H16" s="22" t="s">
+        <v>19</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="B4:H4"/>
     <mergeCell ref="B2:H2"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="C26" r:id="rId1" display="http://hudoc.echr.coe.int/eng?i=001-172107" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
-[...28 lines deleted...]
-    <hyperlink ref="C6" r:id="rId30" display="https://hudoc.echr.coe.int/eng?i=001-233412" xr:uid="{00000000-0004-0000-0000-00001D000000}"/>
+    <hyperlink ref="E5" r:id="rId1" display="http://insite.dhcour.coe.int/link/tikitlink.asp?doc=2024927%20&amp;lib=court" xr:uid="{4D976E37-2904-467C-A7FF-3660B27C00DA}"/>
+    <hyperlink ref="F5" r:id="rId2" display="http://insite.dhcour.coe.int/link/tikitlink.asp?doc=2024927%20&amp;lib=court" xr:uid="{B261C6AB-ACA0-4784-AB59-189CAD7FBBF6}"/>
+    <hyperlink ref="C15" r:id="rId3" xr:uid="{1905400D-E379-4B34-BE6C-23B3BCF7FBBB}"/>
+    <hyperlink ref="C16" r:id="rId4" xr:uid="{8BC43720-70AF-4D45-80BA-87675B029277}"/>
+    <hyperlink ref="C14" r:id="rId5" xr:uid="{7E7A268E-6847-4218-8A6E-FEEFFF4642C2}"/>
+    <hyperlink ref="C13" r:id="rId6" xr:uid="{C8F5F54C-067B-4A8F-B37D-49F28AF23C3D}"/>
+    <hyperlink ref="C12" r:id="rId7" xr:uid="{8D0F974C-0891-4959-AC00-95423FCD776F}"/>
+    <hyperlink ref="C11" r:id="rId8" xr:uid="{D7AFE3C9-E122-4345-9802-8D9EB2556A2B}"/>
+    <hyperlink ref="C9" r:id="rId9" xr:uid="{DDEF40D3-671C-4C41-A893-64AA06BAF442}"/>
+    <hyperlink ref="C8" r:id="rId10" display="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-8306874-11708286&amp;filename=Relinquishment%20in%20favour%20of%20the%20Grand%20Chamber%20in%20the%20case%20Kuijt%20v.%20the%20Netherlands.pdf" xr:uid="{8CAC0E59-24DA-4A06-8FCA-86506FC14AF4}"/>
+    <hyperlink ref="C7" r:id="rId11" xr:uid="{F56D78DA-B653-469A-A5E0-6D78DF9035B7}"/>
+    <hyperlink ref="C6" r:id="rId12" xr:uid="{73210F3B-154D-4C10-BF30-A751E73D5128}"/>
+    <hyperlink ref="C10" r:id="rId13" display="48047/15 and 2276/20" xr:uid="{75C64E37-AC21-4EB1-A281-0D08A2210623}"/>
   </hyperlinks>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.31496062992125984" bottom="0.31496062992125984" header="0.23622047244094491" footer="0.31496062992125984"/>
-  <pageSetup paperSize="8" scale="76" fitToHeight="0" orientation="landscape" r:id="rId31"/>
-  <drawing r:id="rId32"/>
+  <pageSetup paperSize="8" scale="76" fitToHeight="0" orientation="landscape" r:id="rId14"/>
+  <drawing r:id="rId15"/>
   <tableParts count="1">
-    <tablePart r:id="rId33"/>
+    <tablePart r:id="rId16"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Справи на розгляді ВП</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>European Court of Human Rights</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:creator>Radojevic, Srdjan</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="eDOCS AutoSave">
-    <vt:lpwstr>20250307180319504</vt:lpwstr>
+    <vt:lpwstr>20251218221109443</vt:lpwstr>
   </property>
 </Properties>
 </file>