--- v1 (2025-12-22)
+++ v2 (2026-01-12)
@@ -6,56 +6,56 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27928"/>
   <workbookPr autoCompressPictures="0" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\courtcs3\users$\radojevic\My Documents\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\Delrue\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{485E549C-DCC5-44D7-84C0-D83E1FA9C3AF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{7F694C77-72A0-400A-BD55-48E9AF32B032}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Справи на розгляді ВП" sheetId="5" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_GoBack" localSheetId="0">'Справи на розгляді ВП'!#REF!</definedName>
   </definedNames>
   <calcPr calcId="162913"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="66" uniqueCount="55">
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="20"/>
         <color theme="3" tint="-0.499984740745262"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Зведена таблиця справ, що перебувають на розгляді Великої Палати*</t>
     </r>
@@ -590,51 +590,51 @@
       <right style="thin">
         <color rgb="FF0070C0"/>
       </right>
       <top style="thin">
         <color rgb="FF0070C0"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF4F81BD"/>
       </left>
       <right/>
       <top style="thin">
         <color rgb="FF4F81BD"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="32">
+  <cellXfs count="29">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
@@ -658,70 +658,61 @@
     </xf>
     <xf numFmtId="164" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="19" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="8" fillId="0" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="8" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="16" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
-    </xf>
-[...4 lines deleted...]
-      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8" customBuiltin="1"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="10">
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color theme="3" tint="-0.499984740745262"/>
         <name val="Calibri"/>
         <scheme val="minor"/>
       </font>
@@ -1320,359 +1311,357 @@
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=001-235709" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=001-237560" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-7019980-9469559&amp;filename=Relinquishment%20in%20favour%20of%20the%20Grand%20Chamber%20of%20two%20inter-State%20cases.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-7991237-11149537&amp;filename=Relinquishment%20in%20favour%20of%20the%20Grand%20Chamber%20in%20the%20case%20H.M.M.%20and%20Others%20v.%20Latvia.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=001-243823" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://insite.dhcour.coe.int/link/tikitlink.asp?doc=2024927%20&amp;lib=court" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://insite.dhcour.coe.int/link/tikitlink.asp?doc=2024927%20&amp;lib=court" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-7983149-11136336&amp;filename=Relinquishment%20in%20favour%20of%20the%20Grand%20Chamber%20in%20the%20case%20R.A.%20and%20Others%20v.%20Poland%20.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=001-242860" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-7928255-11041779&amp;filename=Relinquishment%20in%20favour%20of%20the%20Grand%20Chamber%20in%20the%20case%20C.O.C.G.%20and%20Others%20v.%20Lithuania.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-8306874-11708286&amp;filename=Relinquishment%20in%20favour%20of%20the%20Grand%20Chamber%20in%20the%20case%20Kuijt%20v.%20the%20Netherlands.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-7019980-9469559&amp;filename=Relinquishment%20in%20favour%20of%20the%20Grand%20Chamber%20of%20two%20inter-State%20cases.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=001-238566" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2EFD22BF-9FB5-4B09-B5B2-51A1445AE648}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B1:H16"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A15" zoomScale="75" zoomScaleNormal="75" workbookViewId="0">
-      <selection activeCell="B17" sqref="B17"/>
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A4" zoomScale="75" zoomScaleNormal="75" workbookViewId="0">
+      <selection activeCell="C6" sqref="C6"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.33203125" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="9.28515625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="1.6640625" style="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="19.6640625" style="3" customWidth="1"/>
+    <col min="1" max="1" width="1.7109375" style="1" customWidth="1"/>
+    <col min="2" max="2" width="43.7109375" style="2" customWidth="1"/>
+    <col min="3" max="3" width="19.7109375" style="3" customWidth="1"/>
     <col min="4" max="4" width="25" style="3" customWidth="1"/>
     <col min="5" max="5" width="23" style="3" customWidth="1"/>
     <col min="6" max="6" width="23" style="1" customWidth="1"/>
-    <col min="7" max="7" width="107.5546875" style="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="9" max="16384" width="9.33203125" style="1"/>
+    <col min="7" max="7" width="107.5703125" style="1" customWidth="1"/>
+    <col min="8" max="8" width="25.7109375" style="1" customWidth="1"/>
+    <col min="9" max="16384" width="9.28515625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:8" s="1" customFormat="1" ht="32.25" customHeight="1" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="E1" s="3"/>
+    <row r="1" spans="2:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="H1" s="8" t="s">
         <v>31</v>
       </c>
     </row>
-    <row r="2" spans="2:8" s="1" customFormat="1" ht="83.25" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="B2" s="31" t="s">
+    <row r="2" spans="2:8" ht="83.25" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B2" s="28" t="s">
         <v>0</v>
       </c>
-      <c r="C2" s="31"/>
-[...4 lines deleted...]
-      <c r="H2" s="31"/>
+      <c r="C2" s="28"/>
+      <c r="D2" s="28"/>
+      <c r="E2" s="28"/>
+      <c r="F2" s="28"/>
+      <c r="G2" s="28"/>
+      <c r="H2" s="28"/>
     </row>
-    <row r="3" spans="2:8" s="1" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.5">
+    <row r="3" spans="2:8" ht="23.25" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B3" s="9" t="s">
         <v>1</v>
       </c>
       <c r="C3" s="9"/>
       <c r="D3" s="9"/>
       <c r="E3" s="9"/>
       <c r="F3" s="9"/>
       <c r="G3" s="9"/>
       <c r="H3" s="10"/>
     </row>
-    <row r="4" spans="2:8" s="1" customFormat="1" ht="88.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B4" s="30" t="s">
+    <row r="4" spans="2:8" ht="88.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B4" s="27" t="s">
         <v>23</v>
       </c>
-      <c r="C4" s="30"/>
-[...4 lines deleted...]
-      <c r="H4" s="30"/>
+      <c r="C4" s="27"/>
+      <c r="D4" s="27"/>
+      <c r="E4" s="27"/>
+      <c r="F4" s="27"/>
+      <c r="G4" s="27"/>
+      <c r="H4" s="27"/>
     </row>
-    <row r="5" spans="2:8" s="1" customFormat="1" ht="132" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="5" spans="2:8" ht="132" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B5" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>24</v>
       </c>
       <c r="D5" s="5" t="s">
         <v>25</v>
       </c>
       <c r="E5" s="5" t="s">
         <v>26</v>
       </c>
       <c r="F5" s="7" t="s">
         <v>3</v>
       </c>
       <c r="G5" s="5" t="s">
         <v>4</v>
       </c>
       <c r="H5" s="5" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="6" spans="2:8" s="1" customFormat="1" ht="101.7" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B6" s="27" t="s">
+    <row r="6" spans="2:8" ht="50.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B6" s="26" t="s">
         <v>54</v>
       </c>
-      <c r="C6" s="26" t="s">
+      <c r="C6" s="25" t="s">
         <v>53</v>
       </c>
       <c r="D6" s="13" t="s">
         <v>6</v>
       </c>
       <c r="E6" s="14">
         <v>45964</v>
       </c>
-      <c r="F6" s="15"/>
-      <c r="G6" s="24" t="s">
+      <c r="F6" s="15">
+        <v>46113</v>
+      </c>
+      <c r="G6" s="21" t="s">
         <v>52</v>
       </c>
-      <c r="H6" s="23" t="s">
+      <c r="H6" s="22" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="7" spans="2:8" s="1" customFormat="1" ht="105.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B7" s="27" t="s">
+    <row r="7" spans="2:8" ht="39.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B7" s="26" t="s">
         <v>51</v>
       </c>
-      <c r="C7" s="26" t="s">
+      <c r="C7" s="25" t="s">
         <v>50</v>
       </c>
       <c r="D7" s="13" t="s">
         <v>6</v>
       </c>
       <c r="E7" s="14">
         <v>45915</v>
       </c>
       <c r="F7" s="16">
         <v>46085</v>
       </c>
-      <c r="G7" s="29" t="s">
+      <c r="G7" s="21" t="s">
         <v>49</v>
       </c>
-      <c r="H7" s="23" t="s">
+      <c r="H7" s="22" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="8" spans="2:8" s="1" customFormat="1" ht="108" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B8" s="27" t="s">
+    <row r="8" spans="2:8" ht="59.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B8" s="26" t="s">
         <v>47</v>
       </c>
-      <c r="C8" s="26" t="s">
+      <c r="C8" s="25" t="s">
         <v>46</v>
       </c>
       <c r="D8" s="13" t="s">
         <v>28</v>
       </c>
       <c r="E8" s="14">
         <v>45896</v>
       </c>
       <c r="F8" s="15">
         <v>46043</v>
       </c>
-      <c r="G8" s="29" t="s">
+      <c r="G8" s="21" t="s">
         <v>45</v>
       </c>
-      <c r="H8" s="23" t="s">
+      <c r="H8" s="22" t="s">
         <v>44</v>
       </c>
     </row>
-    <row r="9" spans="2:8" s="1" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B9" s="27" t="s">
+    <row r="9" spans="2:8" ht="72" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B9" s="26" t="s">
         <v>43</v>
       </c>
-      <c r="C9" s="26" t="s">
+      <c r="C9" s="25" t="s">
         <v>42</v>
       </c>
       <c r="D9" s="13" t="s">
         <v>6</v>
       </c>
       <c r="E9" s="14">
         <v>45775</v>
       </c>
       <c r="F9" s="15">
         <v>45980</v>
       </c>
-      <c r="G9" s="29" t="s">
+      <c r="G9" s="21" t="s">
         <v>41</v>
       </c>
-      <c r="H9" s="23" t="s">
+      <c r="H9" s="22" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="10" spans="2:8" s="1" customFormat="1" ht="70.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B10" s="27" t="s">
+    <row r="10" spans="2:8" ht="70.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B10" s="26" t="s">
         <v>39</v>
       </c>
-      <c r="C10" s="26" t="s">
+      <c r="C10" s="25" t="s">
         <v>38</v>
       </c>
       <c r="D10" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="E10" s="25">
+      <c r="E10" s="24">
         <v>45733</v>
       </c>
       <c r="F10" s="15">
         <v>45917</v>
       </c>
-      <c r="G10" s="28" t="s">
+      <c r="G10" s="21" t="s">
         <v>37</v>
       </c>
-      <c r="H10" s="23" t="s">
+      <c r="H10" s="22" t="s">
         <v>36</v>
       </c>
     </row>
-    <row r="11" spans="2:8" s="1" customFormat="1" ht="63.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B11" s="27" t="s">
+    <row r="11" spans="2:8" ht="63.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B11" s="26" t="s">
         <v>35</v>
       </c>
-      <c r="C11" s="26" t="s">
+      <c r="C11" s="25" t="s">
         <v>34</v>
       </c>
       <c r="D11" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="E11" s="25">
+      <c r="E11" s="24">
         <v>45642</v>
       </c>
       <c r="F11" s="15">
         <v>45784</v>
       </c>
-      <c r="G11" s="24" t="s">
+      <c r="G11" s="23" t="s">
         <v>33</v>
       </c>
-      <c r="H11" s="23" t="s">
+      <c r="H11" s="22" t="s">
         <v>32</v>
       </c>
     </row>
-    <row r="12" spans="2:8" s="1" customFormat="1" ht="87" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="12" spans="2:8" ht="87" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B12" s="11" t="s">
         <v>7</v>
       </c>
       <c r="C12" s="12" t="s">
         <v>8</v>
       </c>
       <c r="D12" s="13" t="s">
         <v>28</v>
       </c>
       <c r="E12" s="14">
         <v>45475</v>
       </c>
       <c r="F12" s="16">
         <v>45700</v>
       </c>
       <c r="G12" s="21" t="s">
         <v>27</v>
       </c>
       <c r="H12" s="22" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="13" spans="2:8" s="1" customFormat="1" ht="51" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="13" spans="2:8" ht="51" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B13" s="11" t="s">
         <v>10</v>
       </c>
       <c r="C13" s="12" t="s">
         <v>11</v>
       </c>
       <c r="D13" s="13" t="s">
         <v>28</v>
       </c>
       <c r="E13" s="14">
         <v>45468</v>
       </c>
       <c r="F13" s="16">
         <v>45700</v>
       </c>
       <c r="G13" s="21" t="s">
         <v>12</v>
       </c>
       <c r="H13" s="22" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="14" spans="2:8" s="1" customFormat="1" ht="51.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="14" spans="2:8" ht="73.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B14" s="11" t="s">
         <v>14</v>
       </c>
       <c r="C14" s="12" t="s">
         <v>15</v>
       </c>
       <c r="D14" s="13" t="s">
         <v>28</v>
       </c>
       <c r="E14" s="14">
         <v>45398</v>
       </c>
       <c r="F14" s="16">
         <v>45700</v>
       </c>
       <c r="G14" s="21" t="s">
         <v>29</v>
       </c>
       <c r="H14" s="22" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="15" spans="2:8" s="1" customFormat="1" ht="129.6" x14ac:dyDescent="0.3">
+    <row r="15" spans="2:8" ht="150" x14ac:dyDescent="0.25">
       <c r="B15" s="19" t="s">
         <v>17</v>
       </c>
       <c r="C15" s="18" t="s">
         <v>18</v>
       </c>
       <c r="D15" s="20" t="s">
         <v>28</v>
       </c>
       <c r="E15" s="17">
         <v>44327</v>
       </c>
       <c r="F15" s="17"/>
       <c r="G15" s="21" t="s">
         <v>30</v>
       </c>
       <c r="H15" s="22" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="16" spans="2:8" s="1" customFormat="1" ht="72" x14ac:dyDescent="0.3">
+    <row r="16" spans="2:8" ht="90" x14ac:dyDescent="0.25">
       <c r="B16" s="19" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="18" t="s">
         <v>21</v>
       </c>
       <c r="D16" s="20" t="s">
         <v>28</v>
       </c>
       <c r="E16" s="17">
         <v>44327</v>
       </c>
       <c r="F16" s="17"/>
       <c r="G16" s="21" t="s">
         <v>22</v>
       </c>
       <c r="H16" s="22" t="s">
         <v>19</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="B4:H4"/>
     <mergeCell ref="B2:H2"/>
   </mergeCells>
@@ -1710,39 +1699,38 @@
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Справи на розгляді ВП</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>European Court of Human Rights</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Radojevic, Srdjan</dc:creator>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="eDOCS AutoSave">
-    <vt:lpwstr>20251218221109443</vt:lpwstr>
+    <vt:lpwstr/>
   </property>
 </Properties>
 </file>