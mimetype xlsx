--- v0 (2025-10-05)
+++ v1 (2025-12-25)
@@ -2,84 +2,84 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="26731"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27928"/>
   <workbookPr codeName="ThisWorkbook" autoCompressPictures="0" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\Uwamahoro\Downloads\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\Delrue\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{ABC64035-5903-47B2-AC0C-46E752820D60}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{67522DA2-DB03-4F7A-80F3-FDA5F9CE0F4E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10420" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="41496" windowHeight="16776" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Pending inter-State cases" sheetId="5" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_GoBack" localSheetId="0">'Pending inter-State cases'!#REF!</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Pending inter-State cases'!$A$2:$E$14</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="48">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="47">
   <si>
     <r>
       <rPr>
         <b/>
         <i/>
         <u/>
         <sz val="11"/>
         <color theme="4" tint="-0.499984740745262"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Excel tips</t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="11"/>
         <color theme="4" tint="-0.499984740745262"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">:
@@ -233,71 +233,50 @@
 Article 3
 Article 5
 Article 8
 Article 10
 Article 13
 Article 34
 Article 1 of Protocol No. 1
 Article 2 of Protocol No. 1</t>
   </si>
   <si>
     <t>Application number
 (with link to press release)</t>
   </si>
   <si>
     <t>Date of decision on admissibility
 (with link to decision)</t>
   </si>
   <si>
     <t xml:space="preserve"> * Prepared by the Registry. It does not bind the Court.</t>
   </si>
   <si>
     <t>ECHR-KS</t>
   </si>
   <si>
     <t>Armenia v. Turkiye</t>
-  </si>
-[...19 lines deleted...]
-    </r>
   </si>
   <si>
     <t>Ireland v. the United Kingdom</t>
   </si>
   <si>
     <t>1859/24</t>
   </si>
   <si>
     <t>The application concerns the compatibility of certain provisions of the Northern Ireland Troubles (Legacy and Reconciliation) Act 2023, which was signed into law on 18 September 2023, with the Convention. The stated purposes of the Act are to address the legacy of the Troubles – a conflict in Northern Ireland that lasted from the late 1960s to 1998 – and promote reconciliation.</t>
   </si>
   <si>
     <t>Article 2
 Article 3
 Article 6
 Article 13
 Article 14</t>
   </si>
   <si>
     <t xml:space="preserve">Table of all pending inter-State cases*
 </t>
   </si>
   <si>
     <t>Slovakia v. Belgium</t>
   </si>
   <si>
@@ -1317,359 +1296,356 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=001-224473" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-6769236-9041940&amp;filename=Liechtenstein%20lodges%20inter-State%20application%20against%20the%20Czech%20Republic.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-7019980-9469559&amp;filename=Relinquishment%20in%20favour%20of%20the%20Grand%20Chamber%20of%20two%20inter-State%20cases.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-7022025-9472980&amp;filename=Reception%20of%20the%20inter-State%20application%20Armenia%20v.%20Turkey%20%20.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-6946898-9342602&amp;filename=New%20inter-state%20application%20brought%20by%20Ukraine%20against%20Russia.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-7019980-9469559&amp;filename=Relinquishment%20in%20favour%20of%20the%20Grand%20Chamber%20of%20two%20inter-State%20cases.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-8176535-11469047&amp;filename=New%20interstate%20application%3A%20Slovakia%20v.%20Belgium.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-6176209-8005403&amp;filename=New%20inter-state%20application%20brought%20by%20Georgia%20against%20Russia.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-7854820-10910604&amp;filename=New%20inter-State%20application%20brought%20by%20Ireland%20against%20the%20United%20Kingdom.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-6269235-8166102&amp;filename=ECHR%20grants%20Rule%2039%20in%20new%20inter-State%20case%20Ukraine%20v.%20Russia%20concerning%20events%20in%20the%20Kerch%20Strait.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.echr.coe.int/inter-state-applications" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=001-224473" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-6769236-9041940&amp;filename=Liechtenstein%20lodges%20inter-State%20application%20against%20the%20Czech%20Republic.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-7019980-9469559&amp;filename=Relinquishment%20in%20favour%20of%20the%20Grand%20Chamber%20of%20two%20inter-State%20cases.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-7022025-9472980&amp;filename=Reception%20of%20the%20inter-State%20application%20Armenia%20v.%20Turkey%20%20.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-6946898-9342602&amp;filename=New%20inter-state%20application%20brought%20by%20Ukraine%20against%20Russia.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-7019980-9469559&amp;filename=Relinquishment%20in%20favour%20of%20the%20Grand%20Chamber%20of%20two%20inter-State%20cases.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-6176209-8005403&amp;filename=New%20inter-state%20application%20brought%20by%20Georgia%20against%20Russia.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-8176535-11469047&amp;filename=New%20interstate%20application%3A%20Slovakia%20v.%20Belgium.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-6269235-8166102&amp;filename=ECHR%20grants%20Rule%2039%20in%20new%20inter-State%20case%20Ukraine%20v.%20Russia%20concerning%20events%20in%20the%20Kerch%20Strait.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-7854820-10910604&amp;filename=New%20inter-State%20application%20brought%20by%20Ireland%20against%20the%20United%20Kingdom.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3190931B-A9BA-40F2-8F31-0A3252409FE2}">
   <dimension ref="B1:K15"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A8" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="E9" sqref="E9"/>
+    <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="B5" sqref="B5"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="9.21875" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="1.54296875" style="1" customWidth="1"/>
-[...9 lines deleted...]
-    <col min="12" max="16384" width="9.1796875" style="1"/>
+    <col min="1" max="1" width="1.5546875" style="1" customWidth="1"/>
+    <col min="2" max="2" width="48.77734375" style="2" customWidth="1"/>
+    <col min="3" max="3" width="21.44140625" style="2" customWidth="1"/>
+    <col min="4" max="4" width="19.77734375" style="1" customWidth="1"/>
+    <col min="5" max="5" width="24.5546875" style="1" customWidth="1"/>
+    <col min="6" max="6" width="25.44140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="87.44140625" style="1" customWidth="1"/>
+    <col min="8" max="8" width="30.5546875" style="5" customWidth="1"/>
+    <col min="9" max="10" width="9.21875" style="1"/>
+    <col min="11" max="11" width="9.21875" style="12"/>
+    <col min="12" max="16384" width="9.21875" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:11" ht="25" x14ac:dyDescent="0.35">
+    <row r="1" spans="2:11" ht="24.6" x14ac:dyDescent="0.3">
       <c r="B1" s="39" t="s">
         <v>36</v>
       </c>
       <c r="C1" s="39"/>
       <c r="D1" s="39"/>
       <c r="E1" s="39"/>
       <c r="F1" s="39"/>
       <c r="G1" s="39"/>
       <c r="H1" s="39"/>
     </row>
-    <row r="2" spans="2:11" s="3" customFormat="1" ht="101.25" customHeight="1" x14ac:dyDescent="0.6">
+    <row r="2" spans="2:11" s="3" customFormat="1" ht="101.25" customHeight="1" x14ac:dyDescent="0.5">
       <c r="B2" s="37" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="C2" s="37"/>
       <c r="D2" s="37"/>
       <c r="E2" s="37"/>
       <c r="F2" s="37"/>
       <c r="G2" s="37"/>
       <c r="H2" s="37"/>
       <c r="K2" s="13"/>
     </row>
-    <row r="3" spans="2:11" s="3" customFormat="1" ht="27.75" customHeight="1" x14ac:dyDescent="0.6">
+    <row r="3" spans="2:11" s="3" customFormat="1" ht="27.75" customHeight="1" x14ac:dyDescent="0.5">
       <c r="B3" s="24" t="s">
         <v>35</v>
       </c>
       <c r="C3" s="24"/>
       <c r="D3" s="24"/>
       <c r="E3" s="24"/>
       <c r="F3" s="24"/>
       <c r="G3" s="24"/>
       <c r="H3" s="23"/>
       <c r="K3" s="13"/>
     </row>
-    <row r="4" spans="2:11" s="3" customFormat="1" ht="88.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="4" spans="2:11" s="3" customFormat="1" ht="88.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B4" s="38" t="s">
         <v>0</v>
       </c>
       <c r="C4" s="38"/>
       <c r="D4" s="38"/>
       <c r="E4" s="38"/>
       <c r="F4" s="38"/>
       <c r="G4" s="38"/>
       <c r="H4" s="38"/>
       <c r="K4" s="13"/>
     </row>
-    <row r="5" spans="2:11" s="7" customFormat="1" ht="114" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="5" spans="2:11" s="7" customFormat="1" ht="114" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B5" s="4" t="s">
         <v>21</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>33</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>1</v>
       </c>
       <c r="E5" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="4" t="s">
         <v>34</v>
       </c>
       <c r="G5" s="6" t="s">
         <v>2</v>
       </c>
       <c r="H5" s="6" t="s">
         <v>3</v>
       </c>
       <c r="K5" s="14"/>
     </row>
-    <row r="6" spans="2:11" s="7" customFormat="1" ht="78" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="6" spans="2:11" s="7" customFormat="1" ht="78" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B6" s="34" t="s">
+        <v>43</v>
+      </c>
+      <c r="C6" s="11" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
       <c r="D6" s="20">
         <v>45715</v>
       </c>
       <c r="E6" s="32"/>
       <c r="F6" s="33"/>
       <c r="G6" s="35" t="s">
+        <v>45</v>
+      </c>
+      <c r="H6" s="36" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
       <c r="K6" s="14"/>
     </row>
-    <row r="7" spans="2:11" s="7" customFormat="1" ht="72.5" x14ac:dyDescent="0.35">
+    <row r="7" spans="2:11" s="7" customFormat="1" ht="72" x14ac:dyDescent="0.3">
       <c r="B7" s="19" t="s">
+        <v>38</v>
+      </c>
+      <c r="C7" s="11" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
       <c r="D7" s="20">
         <v>45308</v>
       </c>
       <c r="E7" s="26"/>
       <c r="F7" s="28"/>
       <c r="G7" s="21" t="s">
+        <v>40</v>
+      </c>
+      <c r="H7" s="22" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
       <c r="K7" s="14"/>
     </row>
-    <row r="8" spans="2:11" s="7" customFormat="1" ht="93" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="8" spans="2:11" s="7" customFormat="1" ht="93" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B8" s="8" t="s">
         <v>24</v>
       </c>
       <c r="C8" s="15" t="s">
         <v>13</v>
       </c>
       <c r="D8" s="25">
         <v>44246</v>
       </c>
       <c r="E8" s="27"/>
       <c r="F8" s="29"/>
       <c r="G8" s="9" t="s">
         <v>27</v>
       </c>
       <c r="H8" s="10" t="s">
         <v>20</v>
       </c>
       <c r="K8" s="14"/>
     </row>
-    <row r="9" spans="2:11" s="7" customFormat="1" ht="189" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="9" spans="2:11" s="7" customFormat="1" ht="189" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B9" s="8" t="s">
         <v>6</v>
       </c>
       <c r="C9" s="16" t="s">
         <v>12</v>
       </c>
       <c r="D9" s="25">
         <v>44131</v>
       </c>
       <c r="E9" s="27"/>
       <c r="F9" s="29"/>
       <c r="G9" s="9" t="s">
         <v>16</v>
       </c>
       <c r="H9" s="10" t="s">
         <v>17</v>
       </c>
       <c r="K9" s="14"/>
     </row>
-    <row r="10" spans="2:11" s="7" customFormat="1" ht="130.5" x14ac:dyDescent="0.35">
+    <row r="10" spans="2:11" s="7" customFormat="1" ht="129.6" x14ac:dyDescent="0.3">
       <c r="B10" s="8" t="s">
         <v>37</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="D10" s="25">
         <v>44108</v>
       </c>
       <c r="E10" s="27"/>
       <c r="F10" s="29"/>
       <c r="G10" s="9" t="s">
         <v>28</v>
       </c>
       <c r="H10" s="10" t="s">
         <v>32</v>
       </c>
       <c r="K10" s="14"/>
     </row>
-    <row r="11" spans="2:11" s="7" customFormat="1" ht="170.15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="11" spans="2:11" s="7" customFormat="1" ht="170.1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B11" s="8" t="s">
         <v>7</v>
       </c>
       <c r="C11" s="16" t="s">
         <v>11</v>
       </c>
       <c r="D11" s="25">
         <v>44101</v>
       </c>
       <c r="E11" s="27"/>
       <c r="F11" s="29"/>
       <c r="G11" s="9" t="s">
         <v>14</v>
       </c>
       <c r="H11" s="10" t="s">
         <v>15</v>
       </c>
       <c r="K11" s="14"/>
     </row>
-    <row r="12" spans="2:11" s="7" customFormat="1" ht="114.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="12" spans="2:11" s="7" customFormat="1" ht="114.6" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B12" s="8" t="s">
         <v>5</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>10</v>
       </c>
       <c r="D12" s="25">
         <v>44062</v>
       </c>
       <c r="E12" s="27"/>
       <c r="F12" s="29"/>
       <c r="G12" s="9" t="s">
         <v>18</v>
       </c>
       <c r="H12" s="10" t="s">
         <v>19</v>
       </c>
       <c r="K12" s="14"/>
     </row>
-    <row r="13" spans="2:11" s="7" customFormat="1" ht="43.5" x14ac:dyDescent="0.35">
+    <row r="13" spans="2:11" s="7" customFormat="1" ht="43.2" x14ac:dyDescent="0.3">
       <c r="B13" s="8" t="s">
         <v>22</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>9</v>
       </c>
       <c r="D13" s="25">
         <v>43433</v>
       </c>
       <c r="E13" s="27"/>
       <c r="F13" s="30"/>
       <c r="G13" s="9" t="s">
         <v>29</v>
       </c>
       <c r="H13" s="10" t="s">
         <v>25</v>
       </c>
       <c r="K13" s="14"/>
     </row>
-    <row r="14" spans="2:11" s="7" customFormat="1" ht="145" x14ac:dyDescent="0.35">
+    <row r="14" spans="2:11" s="7" customFormat="1" ht="144" x14ac:dyDescent="0.3">
       <c r="B14" s="8" t="s">
         <v>23</v>
       </c>
       <c r="C14" s="17" t="s">
         <v>8</v>
       </c>
       <c r="D14" s="25">
         <v>43334</v>
       </c>
       <c r="E14" s="27"/>
       <c r="F14" s="31">
         <v>45013</v>
       </c>
       <c r="G14" s="9" t="s">
         <v>30</v>
       </c>
       <c r="H14" s="10" t="s">
         <v>26</v>
       </c>
       <c r="K14" s="14"/>
     </row>
-    <row r="15" spans="2:11" x14ac:dyDescent="0.35">
-[...2 lines deleted...]
-      </c>
+    <row r="15" spans="2:11" x14ac:dyDescent="0.3">
+      <c r="B15" s="18"/>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="B2:H2"/>
     <mergeCell ref="B4:H4"/>
     <mergeCell ref="B1:H1"/>
   </mergeCells>
   <phoneticPr fontId="12" type="noConversion"/>
   <hyperlinks>
     <hyperlink ref="C8" r:id="rId1" xr:uid="{0A488761-CC13-4928-B576-9D0F7479F127}"/>
     <hyperlink ref="C10" r:id="rId2" xr:uid="{7EBF809C-5382-41E2-9658-79B44E22D1EC}"/>
     <hyperlink ref="C12" r:id="rId3" xr:uid="{CA30D2D1-49E3-44D2-8766-7A15C978EDE2}"/>
     <hyperlink ref="C13" r:id="rId4" xr:uid="{DAF29268-7DEB-44EC-8CD8-F434E8E9275D}"/>
     <hyperlink ref="C14" r:id="rId5" xr:uid="{3C200313-9344-4651-B501-C8122CE46F5B}"/>
     <hyperlink ref="C9" r:id="rId6" xr:uid="{F95D0FD0-BA68-487C-A95D-A6C29730C25F}"/>
     <hyperlink ref="C11" r:id="rId7" xr:uid="{BCD2EB68-7F84-41FF-B880-862D0ECCAFBB}"/>
     <hyperlink ref="F14" r:id="rId8" display="https://hudoc.echr.coe.int/eng?i=001-224473" xr:uid="{CF040E75-999A-4E12-82F2-5CD260EB6955}"/>
-    <hyperlink ref="B15" r:id="rId9" xr:uid="{BD0C16C7-B26C-449F-B773-D3F7E4269D56}"/>
-[...1 lines deleted...]
-    <hyperlink ref="C6" r:id="rId11" xr:uid="{07001E86-A3CA-4D53-8C46-E7CC95EDE937}"/>
+    <hyperlink ref="C7" r:id="rId9" xr:uid="{F3737E1E-E15F-4CFE-AED6-87BE02A2A3C9}"/>
+    <hyperlink ref="C6" r:id="rId10" xr:uid="{07001E86-A3CA-4D53-8C46-E7CC95EDE937}"/>
   </hyperlinks>
   <pageMargins left="0.23622047244094491" right="0.15748031496062992" top="0.39370078740157483" bottom="0.43307086614173229" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="8" scale="70" fitToHeight="0" orientation="landscape" r:id="rId12"/>
-  <drawing r:id="rId13"/>
+  <pageSetup paperSize="8" scale="70" fitToHeight="0" orientation="landscape" r:id="rId11"/>
+  <drawing r:id="rId12"/>
   <tableParts count="1">
-    <tablePart r:id="rId14"/>
+    <tablePart r:id="rId13"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>