--- v0 (2025-10-03)
+++ v1 (2025-12-03)
@@ -2,99 +2,93 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="26731"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27928"/>
   <workbookPr codeName="ThisWorkbook" autoCompressPictures="0" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\Delrue\Downloads\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\Vantland\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{42762264-C62D-45F8-AA12-6842C14AE44E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{D1015283-A113-4053-B013-514F1821570A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="41172" yWindow="-108" windowWidth="30936" windowHeight="16776" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Cauze interstatale pendinte" sheetId="5" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_GoBack" localSheetId="0">'Cauze interstatale pendinte'!#REF!</definedName>
   </definedNames>
   <calcPr calcId="162913"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="66" uniqueCount="66">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="59" uniqueCount="59">
   <si>
     <t>39611/18</t>
   </si>
   <si>
     <t>55855/18</t>
   </si>
   <si>
     <t>35738/20</t>
   </si>
   <si>
     <t>42521/20</t>
   </si>
   <si>
     <t>47319/20</t>
   </si>
   <si>
     <t>10691/21</t>
   </si>
   <si>
     <t>43517/20</t>
-  </si>
-[...4 lines deleted...]
-11055/22</t>
   </si>
   <si>
     <t>1859/24</t>
   </si>
   <si>
     <t xml:space="preserve"> * Întocmit de Grefă. Nu obligă Curtea.</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <i/>
         <u/>
         <sz val="11"/>
         <color theme="4" tint="-0.499984740745262"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Excel tips</t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
@@ -130,64 +124,50 @@
   </si>
   <si>
     <t>Data introducerii</t>
   </si>
   <si>
     <t>Data ședinței de judecată</t>
   </si>
   <si>
     <t>Data deciziei privind admisibilitatea
 (cu link către decizie)</t>
   </si>
   <si>
     <t>Descrierea cauzei</t>
   </si>
   <si>
     <t>Articolul (articolele) din Convenție</t>
   </si>
   <si>
     <t>Art. 2
 Art. 3
 Art. 6
 Art. 13
 Art. 14</t>
   </si>
   <si>
-    <t xml:space="preserve">Art. 1
-[...12 lines deleted...]
-  <si>
     <t>Art. 2</t>
   </si>
   <si>
     <t>Art. 1
 Art. 2
 Art. 3
 Art. 5
 Art. 8
 Art. 9
 Art. 13
 Art. 14
 Art. 1 din Protocolul nr. 1
 Art. 2 din Protocolul nr. 1
 Art. 2 din Protocolul nr. 4
 Art. 3 din Protocolul nr. 4</t>
   </si>
   <si>
     <t>Art. 2
 Art. 3
 Art. 5
 Art. 8
 Art. 10
 Art. 13
 Art. 34
 Art. 1 din Protocolul nr. 1
@@ -211,139 +191,121 @@
 Art. 13
 Art. 1 din Protocolul nr. 1
 Art. 14 coroborat cu art. 6, 8, 13 și art. 1 din Protocolul nr. 1</t>
   </si>
   <si>
     <t xml:space="preserve">Art. 2
 Art. 3
 Art. 5 </t>
   </si>
   <si>
     <t>Art. 2
 Art. 3
 Art. 5
 Art. 8
 Art. 13
 Art. 14
 Art. 18
 Art. 1 din Protocolul nr. 1
 Art. 2 din Protocolul nr. 1 
 Art. 2 din Protocolul nr. 4</t>
   </si>
   <si>
     <t>Irlanda împotriva Regatului Unit</t>
   </si>
   <si>
-    <t xml:space="preserve">Ucraina și Țările de Jos împotriva Rusiei  </t>
-[...1 lines deleted...]
-  <si>
     <t>Ucraina împotriva Rusiei (IX)</t>
   </si>
   <si>
     <t>Azerbaidjan împotriva Armeniei</t>
   </si>
   <si>
     <t>Armenia împotriva Turciei</t>
   </si>
   <si>
     <t>Armenia împotriva Azerbaidjanului</t>
   </si>
   <si>
     <t>Liechtenstein împotriva Republicii Cehe</t>
   </si>
   <si>
     <t>Ucraina împotriva Rusiei (VIII)</t>
   </si>
   <si>
     <t>Georgia împotriva Rusiei (IV)</t>
   </si>
   <si>
     <t>17.01.2024</t>
   </si>
   <si>
-    <t>13.03.2014
-[...4 lines deleted...]
-  <si>
     <t>19.02.2021</t>
   </si>
   <si>
     <t>27.10.2020</t>
   </si>
   <si>
     <t>4.10.2020</t>
   </si>
   <si>
     <t>27.09.2020</t>
   </si>
   <si>
     <t>19.08.2020</t>
   </si>
   <si>
     <t>29.11.2018</t>
   </si>
   <si>
     <t>22.08.2018</t>
   </si>
   <si>
-    <t>30.11.2022</t>
-[...1 lines deleted...]
-  <si>
     <t>28.03.2023</t>
   </si>
   <si>
     <t>Cererea privește compatibilitatea cu Convenția a anumitor dispoziții ale Northern Ireland Troubles (Legacy and Reconciliation) Act 2023 [Legea din 2023 privind tulburările din Irlanda de Nord (lecții și reconciliere)], care a fost promulgată la 18 septembrie 2023. Obiectivele declarate ale acestei legi sunt de a trage învățăminte în urma tulburărilor - conflictul care a avut loc în Irlanda de Nord de la sfârșitul anilor 1960 până în 1998 - și de a promova reconcilierea.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Cauze interstatale comune privind acuzații de încălcări în masă și grave ale drepturilor omului comise de Federația Rusă în cadrul operațiunilor sale militare pe teritoriul Ucrainei începând cu 24 februarie 2022 și plângeri legate de conflictul, care a început în 2014, din estul Ucrainei în care sunt implicați separatiști proruși,  inclusiv doborârea zborului MH17 al Malaysia Airlines, care a dus la moartea a 298 de persoane, printre care 196 de resortisanți neerlandezi.</t>
   </si>
   <si>
     <t xml:space="preserve">Cererea privește acuzațiile guvernului ucrainean privind o practică administrativă în curs a Federației Ruse care constă în operațiuni de asasinat țintit împotriva unor opozanți prezumați ai Federației Ruse, în Rusia și pe teritoriul altor state.   Acesta invocă, de asemenea, o practică administrativă de a nu investiga aceste operațiuni de asasinat și de a desfășura în mod deliberat operațiuni de mușamalizare menite să zădărnicească eforturile de a găsi persoanele răspunzătoare. </t>
   </si>
   <si>
     <t>Cererea privește în principal ostilitățile recente dintre Armenia și Azerbaidjan (2020) și conține acuzații de încălcări larg răspândite ale Convenției de către statul pârât în timpul ostilităților, inclusiv atacuri generalizate asupra civililor, precum și asupra bunurilor și infrastructurii civile și publice; execuții, rele tratamente și mutilări ale combatanților și civililor; capturarea și menținerea în detenție a prizonierilor de război; strămutarea forțată a populației civile în zonele afectate de acțiunile militare.  
 Azerbaidjanul susține, de asemenea, că Armenia este răspunzătoare pentru o serie de încălcări ale Convenției în Nagorno-Karabah și în teritoriile învecinate începând din 1992, inclusiv de strămutarea continuă a sute de mii de azeri din casele și proprietățile lor; relele tratamente și dispariția resortisanților azeri fără cercetări adecvate; distrugerea bunurilor culturale și religioase.</t>
   </si>
   <si>
     <t xml:space="preserve">Cererea privește pretinsul rol al Turciei în ostilitățile recente dintre Armenia și Azerbaidjan, care au avut loc între 27 septembrie și 10 noiembrie 2020 (data intrării în vigoare a unui acord de încetare a focului).  Armenia susține că Turcia a oferit asistență forțelor armate azere în timpul conflictului. </t>
   </si>
   <si>
     <t>Cererea privește în principal ostilitățile recente dintre Armenia și Azerbaidjan (2020) și conține acuzații de încălcări larg răspândite ale Convenției de către statul pârât în timpul ostilităților, inclusiv atacuri generalizate asupra civililor, precum și asupra bunurilor și infrastructurii civile și publice; execuții, rele tratamente și mutilări ale combatanților și civililor; capturarea și menținerea în detenție a prizonierilor de război; și strămutarea forțată a populației civile în zonele afectate de acțiunile militare.</t>
   </si>
   <si>
     <t>Cererea privește clasificarea de către statul pârât a cetățenilor Liechtensteinului ca persoane cu cetățenie germană în scopul aplicării decretelor președintelui Republicii din 1945 (cunoscute și sub denumirea de „decretele Beneš”), în baza cărora, printre altele, s-au confiscat bunuri aparținând tuturor etnicilor germani și maghiari după cel de-Al Doilea Război Mondial.</t>
   </si>
   <si>
     <t xml:space="preserve">Cererea privește incidentul naval care a avut loc în strâmtoarea Kerci în noiembrie 2018, care a dus la capturarea a trei nave militare ucrainene și a echipajelor acestora. </t>
   </si>
   <si>
     <t>Cererea privește presupusele practici administrative ale statului pârât constând în:  a) hărțuirea, arestarea și reținerea în mod nelegal, agresarea, torturarea, uciderea și intimidarea etnicilor georgieni care încearcă să traverseze - sau să locuiască lângă - liniile de demarcație administrativă care separă în prezent teritoriul controlat de Georgia de Abhazia și Osetia de Sud; b) neefectuarea de anchete conforme cu Convenția în acest sens. Aceasta se referă, de asemenea, la afirmația că Archil Tatunașvili a fost privat în mod nelegal de libertate, torturat și ucis de persoane pentru care Rusia poartă răspunderea și că Rusia nu a efectuat o anchetă conformă cu Convenția privind arestarea și uciderea în mod nelegal a lui Davit Bașaruli, Giga Othozoria și Archil Tatunașvili.</t>
-  </si>
-[...1 lines deleted...]
-    <t>26.01.2022</t>
   </si>
   <si>
     <t xml:space="preserve">Tabelul tuturor cauzelor interstatale pendinte*
 </t>
   </si>
   <si>
     <t>CEDO-KS</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">A se vedea, de asemenea, </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="11"/>
         <color rgb="FF0070C0"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Cereri interstatale</t>
     </r>
   </si>
   <si>
@@ -478,56 +440,58 @@
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <color theme="1"/>
       <name val="Segoe UI Semibold"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FFC00000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="4" tint="-0.499984740745262"/>
       <name val="Calibri"/>
+      <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="3" tint="-0.499984740745262"/>
       <name val="Calibri"/>
+      <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <i/>
       <sz val="11"/>
       <color rgb="FF0070C0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <color theme="4" tint="-0.499984740745262"/>
       <name val="Segoe UI Semibold"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -559,51 +523,51 @@
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyProtection="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyProtection="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="40">
+  <cellXfs count="39">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
@@ -619,53 +583,50 @@
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="1" applyFill="1" applyBorder="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="164" fontId="11" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="11" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="164" fontId="11" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
@@ -947,51 +908,51 @@
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>38100</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>57150</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>2435490</xdr:colOff>
       <xdr:row>1</xdr:row>
-      <xdr:rowOff>619125</xdr:rowOff>
+      <xdr:rowOff>615315</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 2" descr="D:\vantland\Pictures\Knowledge Sharing\Template Icons\Court Logo.png">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4B132257-5A80-4183-894E-547F6C7E092A}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
@@ -1001,52 +962,52 @@
         <a:xfrm>
           <a:off x="142875" y="57150"/>
           <a:ext cx="2397390" cy="885825"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="3" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="KSPendingGC4" displayName="KSPendingGC4" ref="B6:H16" totalsRowShown="0" headerRowDxfId="9" dataDxfId="8" tableBorderDxfId="7">
-  <autoFilter ref="B6:H16" xr:uid="{00000000-0009-0000-0100-000003000000}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="3" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="KSPendingGC4" displayName="KSPendingGC4" ref="B6:H15" totalsRowShown="0" headerRowDxfId="9" dataDxfId="8" tableBorderDxfId="7">
+  <autoFilter ref="B6:H15" xr:uid="{00000000-0009-0000-0100-000003000000}"/>
   <tableColumns count="7">
     <tableColumn id="4" xr3:uid="{00000000-0010-0000-0000-000004000000}" name="Numele cererii" dataDxfId="6" dataCellStyle="Normal"/>
     <tableColumn id="11" xr3:uid="{00000000-0010-0000-0000-00000B000000}" name="Nr. cererii_x000a_(cu link către comunicatul de presă)" dataDxfId="5" dataCellStyle="Hyperlink"/>
     <tableColumn id="3" xr3:uid="{00000000-0010-0000-0000-000003000000}" name="Data introducerii" dataDxfId="4" dataCellStyle="Hyperlink"/>
     <tableColumn id="1" xr3:uid="{00000000-0010-0000-0000-000001000000}" name="Data ședinței de judecată" dataDxfId="3"/>
     <tableColumn id="2" xr3:uid="{00000000-0010-0000-0000-000002000000}" name="Data deciziei privind admisibilitatea_x000a_(cu link către decizie)" dataDxfId="2"/>
     <tableColumn id="10" xr3:uid="{00000000-0010-0000-0000-00000A000000}" name="Descrierea cauzei" dataDxfId="1"/>
     <tableColumn id="6" xr3:uid="{00000000-0010-0000-0000-000006000000}" name="Articolul (articolele) din Convenție" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="1"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1302,428 +1263,404 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng-press" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-8176535-11469047&amp;filename=New%20interstate%20application%3A%20Slovakia%20v.%20Belgium.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-6769236-9041940&amp;filename=Liechtenstein%20lodges%20inter-State%20application%20against%20the%20Czech%20Republic.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-7019980-9469559&amp;filename=Relinquishment%20in%20favour%20of%20the%20Grand%20Chamber%20of%20two%20inter-State%20cases.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=001-222889" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-7022025-9472980&amp;filename=Reception%20of%20the%20inter-State%20application%20Armenia%20v.%20Turkey%20%20.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-6946898-9342602&amp;filename=New%20inter-state%20application%20brought%20by%20Ukraine%20against%20Russia.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-7019980-9469559&amp;filename=Relinquishment%20in%20favour%20of%20the%20Grand%20Chamber%20of%20two%20inter-State%20cases.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=001-224473" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-6176209-8005403&amp;filename=New%20inter-state%20application%20brought%20by%20Georgia%20against%20Russia.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.echr.coe.int/inter-state-applications" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-6269235-8166102&amp;filename=ECHR%20grants%20Rule%2039%20in%20new%20inter-State%20case%20Ukraine%20v.%20Russia%20concerning%20events%20in%20the%20Kerch%20Strait.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-7854820-10910604&amp;filename=New%20inter-State%20application%20brought%20by%20Ireland%20against%20the%20United%20Kingdom.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-7854820-10910604&amp;filename=New%20inter-State%20application%20brought%20by%20Ireland%20against%20the%20United%20Kingdom.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-6769236-9041940&amp;filename=Liechtenstein%20lodges%20inter-State%20application%20against%20the%20Czech%20Republic.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-7019980-9469559&amp;filename=Relinquishment%20in%20favour%20of%20the%20Grand%20Chamber%20of%20two%20inter-State%20cases.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-7022025-9472980&amp;filename=Reception%20of%20the%20inter-State%20application%20Armenia%20v.%20Turkey%20%20.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-6946898-9342602&amp;filename=New%20inter-state%20application%20brought%20by%20Ukraine%20against%20Russia.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-7019980-9469559&amp;filename=Relinquishment%20in%20favour%20of%20the%20Grand%20Chamber%20of%20two%20inter-State%20cases.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-8176535-11469047&amp;filename=New%20interstate%20application%3A%20Slovakia%20v.%20Belgium.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-6176209-8005403&amp;filename=New%20inter-state%20application%20brought%20by%20Georgia%20against%20Russia.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=001-224473" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-6269235-8166102&amp;filename=ECHR%20grants%20Rule%2039%20in%20new%20inter-State%20case%20Ukraine%20v.%20Russia%20concerning%20events%20in%20the%20Kerch%20Strait.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.echr.coe.int/inter-state-applications" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="B1:K17"/>
+  <dimension ref="B1:K16"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A6" zoomScaleNormal="100" zoomScalePageLayoutView="46" workbookViewId="0">
-      <selection activeCell="B7" sqref="B7"/>
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A7" zoomScaleNormal="100" zoomScalePageLayoutView="46" workbookViewId="0">
+      <selection activeCell="B9" sqref="B9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="1.5703125" style="1" customWidth="1"/>
     <col min="2" max="2" width="48.85546875" style="2" customWidth="1"/>
     <col min="3" max="3" width="21.42578125" style="2" customWidth="1"/>
     <col min="4" max="4" width="19.85546875" style="1" customWidth="1"/>
     <col min="5" max="5" width="23.140625" style="1" customWidth="1"/>
     <col min="6" max="6" width="25.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="87.42578125" style="1" customWidth="1"/>
     <col min="8" max="8" width="30.5703125" style="5" customWidth="1"/>
     <col min="9" max="10" width="9.140625" style="1"/>
     <col min="11" max="11" width="9.140625" style="8"/>
     <col min="12" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:11" ht="25.5" x14ac:dyDescent="0.25">
-      <c r="B1" s="37" t="s">
-[...7 lines deleted...]
-      <c r="H1" s="38"/>
+      <c r="B1" s="36" t="s">
+        <v>51</v>
+      </c>
+      <c r="C1" s="37"/>
+      <c r="D1" s="37"/>
+      <c r="E1" s="37"/>
+      <c r="F1" s="37"/>
+      <c r="G1" s="37"/>
+      <c r="H1" s="37"/>
     </row>
     <row r="2" spans="2:11" s="3" customFormat="1" ht="94.5" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B2" s="35" t="s">
-[...7 lines deleted...]
-      <c r="H2" s="35"/>
+      <c r="B2" s="34" t="s">
+        <v>50</v>
+      </c>
+      <c r="C2" s="34"/>
+      <c r="D2" s="34"/>
+      <c r="E2" s="34"/>
+      <c r="F2" s="34"/>
+      <c r="G2" s="34"/>
+      <c r="H2" s="34"/>
       <c r="K2" s="9"/>
     </row>
     <row r="3" spans="2:11" s="3" customFormat="1" ht="27.75" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B3" s="12" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="C3" s="12"/>
       <c r="D3" s="12"/>
       <c r="E3" s="12"/>
       <c r="F3" s="12"/>
       <c r="G3" s="12"/>
       <c r="H3" s="11"/>
       <c r="K3" s="9"/>
     </row>
     <row r="4" spans="2:11" x14ac:dyDescent="0.25">
-      <c r="B4" s="39" t="s">
-[...7 lines deleted...]
-      <c r="H4" s="39"/>
+      <c r="B4" s="38" t="s">
+        <v>53</v>
+      </c>
+      <c r="C4" s="38"/>
+      <c r="D4" s="38"/>
+      <c r="E4" s="38"/>
+      <c r="F4" s="38"/>
+      <c r="G4" s="38"/>
+      <c r="H4" s="38"/>
     </row>
     <row r="5" spans="2:11" s="3" customFormat="1" ht="88.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B5" s="36" t="s">
-[...7 lines deleted...]
-      <c r="H5" s="36"/>
+      <c r="B5" s="35" t="s">
+        <v>9</v>
+      </c>
+      <c r="C5" s="35"/>
+      <c r="D5" s="35"/>
+      <c r="E5" s="35"/>
+      <c r="F5" s="35"/>
+      <c r="G5" s="35"/>
+      <c r="H5" s="35"/>
       <c r="K5" s="9"/>
     </row>
     <row r="6" spans="2:11" s="7" customFormat="1" ht="114" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B6" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="C6" s="4" t="s">
         <v>11</v>
       </c>
-      <c r="C6" s="4" t="s">
+      <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
-      <c r="D6" s="4" t="s">
+      <c r="E6" s="4" t="s">
         <v>13</v>
       </c>
-      <c r="E6" s="4" t="s">
+      <c r="F6" s="4" t="s">
         <v>14</v>
       </c>
-      <c r="F6" s="4" t="s">
+      <c r="G6" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="G6" s="6" t="s">
+      <c r="H6" s="6" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="K6" s="10"/>
     </row>
     <row r="7" spans="2:11" s="7" customFormat="1" ht="96.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B7" s="14" t="s">
-        <v>61</v>
+        <v>54</v>
       </c>
       <c r="C7" s="15" t="s">
-        <v>62</v>
+        <v>55</v>
       </c>
       <c r="D7" s="16" t="s">
-        <v>63</v>
+        <v>56</v>
       </c>
       <c r="E7" s="17"/>
       <c r="F7" s="18"/>
       <c r="G7" s="19" t="s">
-        <v>64</v>
+        <v>57</v>
       </c>
       <c r="H7" s="20" t="s">
-        <v>65</v>
+        <v>58</v>
       </c>
       <c r="K7" s="10"/>
     </row>
     <row r="8" spans="2:11" s="7" customFormat="1" ht="105.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B8" s="14" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="C8" s="15" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="D8" s="16" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="E8" s="17"/>
       <c r="F8" s="18"/>
       <c r="G8" s="19" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="H8" s="20" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="K8" s="10"/>
     </row>
     <row r="9" spans="2:11" s="7" customFormat="1" ht="342.6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B9" s="14" t="s">
-        <v>28</v>
+      <c r="B9" s="21" t="s">
+        <v>26</v>
       </c>
       <c r="C9" s="15" t="s">
-        <v>7</v>
-[...14 lines deleted...]
-        <v>19</v>
+        <v>5</v>
+      </c>
+      <c r="D9" s="22" t="s">
+        <v>34</v>
+      </c>
+      <c r="E9" s="23"/>
+      <c r="F9" s="24"/>
+      <c r="G9" s="25" t="s">
+        <v>43</v>
+      </c>
+      <c r="H9" s="26" t="s">
+        <v>18</v>
       </c>
       <c r="K9" s="10"/>
     </row>
-    <row r="10" spans="2:11" s="7" customFormat="1" ht="93" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>29</v>
+    <row r="10" spans="2:11" s="7" customFormat="1" ht="145.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B10" s="21" t="s">
+        <v>27</v>
       </c>
       <c r="C10" s="15" t="s">
-        <v>5</v>
-[...10 lines deleted...]
-        <v>20</v>
+        <v>4</v>
+      </c>
+      <c r="D10" s="22" t="s">
+        <v>35</v>
+      </c>
+      <c r="E10" s="23"/>
+      <c r="F10" s="24"/>
+      <c r="G10" s="25" t="s">
+        <v>44</v>
+      </c>
+      <c r="H10" s="26" t="s">
+        <v>19</v>
       </c>
       <c r="K10" s="10"/>
     </row>
     <row r="11" spans="2:11" s="7" customFormat="1" ht="189" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B11" s="22" t="s">
-        <v>30</v>
+      <c r="B11" s="21" t="s">
+        <v>28</v>
       </c>
       <c r="C11" s="15" t="s">
-        <v>4</v>
-[...10 lines deleted...]
-        <v>21</v>
+        <v>6</v>
+      </c>
+      <c r="D11" s="22" t="s">
+        <v>36</v>
+      </c>
+      <c r="E11" s="23"/>
+      <c r="F11" s="24"/>
+      <c r="G11" s="25" t="s">
+        <v>45</v>
+      </c>
+      <c r="H11" s="26" t="s">
+        <v>20</v>
       </c>
       <c r="K11" s="10"/>
     </row>
-    <row r="12" spans="2:11" s="7" customFormat="1" ht="135" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>31</v>
+    <row r="12" spans="2:11" s="7" customFormat="1" ht="150" x14ac:dyDescent="0.25">
+      <c r="B12" s="21" t="s">
+        <v>29</v>
       </c>
       <c r="C12" s="15" t="s">
-        <v>6</v>
-[...10 lines deleted...]
-        <v>22</v>
+        <v>3</v>
+      </c>
+      <c r="D12" s="22" t="s">
+        <v>37</v>
+      </c>
+      <c r="E12" s="23"/>
+      <c r="F12" s="24"/>
+      <c r="G12" s="25" t="s">
+        <v>46</v>
+      </c>
+      <c r="H12" s="26" t="s">
+        <v>21</v>
       </c>
       <c r="K12" s="10"/>
     </row>
     <row r="13" spans="2:11" s="7" customFormat="1" ht="170.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B13" s="22" t="s">
-        <v>32</v>
+      <c r="B13" s="21" t="s">
+        <v>30</v>
       </c>
       <c r="C13" s="15" t="s">
-        <v>3</v>
-[...10 lines deleted...]
-        <v>23</v>
+        <v>2</v>
+      </c>
+      <c r="D13" s="22" t="s">
+        <v>38</v>
+      </c>
+      <c r="E13" s="23"/>
+      <c r="F13" s="24"/>
+      <c r="G13" s="25" t="s">
+        <v>47</v>
+      </c>
+      <c r="H13" s="26" t="s">
+        <v>22</v>
       </c>
       <c r="K13" s="10"/>
     </row>
     <row r="14" spans="2:11" s="7" customFormat="1" ht="114.6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B14" s="22" t="s">
-        <v>33</v>
+      <c r="B14" s="21" t="s">
+        <v>31</v>
       </c>
       <c r="C14" s="15" t="s">
-        <v>2</v>
-[...10 lines deleted...]
-        <v>24</v>
+        <v>1</v>
+      </c>
+      <c r="D14" s="22" t="s">
+        <v>39</v>
+      </c>
+      <c r="E14" s="23"/>
+      <c r="F14" s="24"/>
+      <c r="G14" s="25" t="s">
+        <v>48</v>
+      </c>
+      <c r="H14" s="26" t="s">
+        <v>23</v>
       </c>
       <c r="K14" s="10"/>
     </row>
-    <row r="15" spans="2:11" s="7" customFormat="1" ht="45" x14ac:dyDescent="0.25">
-[...15 lines deleted...]
-        <v>25</v>
+    <row r="15" spans="2:11" s="7" customFormat="1" ht="150" x14ac:dyDescent="0.25">
+      <c r="B15" s="21" t="s">
+        <v>32</v>
+      </c>
+      <c r="C15" s="27" t="s">
+        <v>0</v>
+      </c>
+      <c r="D15" s="22" t="s">
+        <v>40</v>
+      </c>
+      <c r="E15" s="23"/>
+      <c r="F15" s="18" t="s">
+        <v>41</v>
+      </c>
+      <c r="G15" s="25" t="s">
+        <v>49</v>
+      </c>
+      <c r="H15" s="26" t="s">
+        <v>24</v>
       </c>
       <c r="K15" s="10"/>
     </row>
-    <row r="16" spans="2:11" s="7" customFormat="1" ht="150" x14ac:dyDescent="0.25">
-[...18 lines deleted...]
-      </c>
+    <row r="16" spans="2:11" s="7" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B16" s="33" t="s">
+        <v>52</v>
+      </c>
+      <c r="C16" s="13"/>
+      <c r="D16" s="28"/>
+      <c r="E16" s="29"/>
+      <c r="F16" s="30"/>
+      <c r="G16" s="31"/>
+      <c r="H16" s="32"/>
       <c r="K16" s="10"/>
-    </row>
-[...9 lines deleted...]
-      <c r="H17" s="33"/>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="B2:H2"/>
     <mergeCell ref="B5:H5"/>
     <mergeCell ref="B1:H1"/>
     <mergeCell ref="B4:H4"/>
   </mergeCells>
   <phoneticPr fontId="12" type="noConversion"/>
   <hyperlinks>
-    <hyperlink ref="C10" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
-[...11 lines deleted...]
-    <hyperlink ref="C7" r:id="rId13" xr:uid="{1106C2F4-48CE-4EF2-9198-50FB5FF8D8C8}"/>
+    <hyperlink ref="C9" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
+    <hyperlink ref="C11" r:id="rId2" xr:uid="{00000000-0004-0000-0000-000001000000}"/>
+    <hyperlink ref="C13" r:id="rId3" xr:uid="{00000000-0004-0000-0000-000002000000}"/>
+    <hyperlink ref="C14" r:id="rId4" xr:uid="{00000000-0004-0000-0000-000003000000}"/>
+    <hyperlink ref="C15" r:id="rId5" xr:uid="{00000000-0004-0000-0000-000004000000}"/>
+    <hyperlink ref="C10" r:id="rId6" xr:uid="{00000000-0004-0000-0000-000005000000}"/>
+    <hyperlink ref="C12" r:id="rId7" xr:uid="{00000000-0004-0000-0000-000006000000}"/>
+    <hyperlink ref="C8" r:id="rId8" xr:uid="{00000000-0004-0000-0000-000008000000}"/>
+    <hyperlink ref="B16" r:id="rId9" xr:uid="{00000000-0004-0000-0000-000009000000}"/>
+    <hyperlink ref="F15" r:id="rId10" display="https://hudoc.echr.coe.int/eng?i=001-224473" xr:uid="{00000000-0004-0000-0000-00000A000000}"/>
+    <hyperlink ref="C7" r:id="rId11" xr:uid="{1106C2F4-48CE-4EF2-9198-50FB5FF8D8C8}"/>
   </hyperlinks>
   <pageMargins left="0.23622047244094491" right="0.15748031496062992" top="0.39370078740157483" bottom="0.43307086614173229" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="8" scale="79" fitToHeight="0" orientation="landscape" r:id="rId14"/>
-  <drawing r:id="rId15"/>
+  <pageSetup paperSize="8" scale="79" fitToHeight="0" orientation="landscape" r:id="rId12"/>
+  <drawing r:id="rId13"/>
   <tableParts count="1">
-    <tablePart r:id="rId16"/>
+    <tablePart r:id="rId14"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Cauze interstatale pendinte</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="eDOCS AutoSave">
-    <vt:lpwstr/>
+    <vt:lpwstr>20251127084713150</vt:lpwstr>
   </property>
 </Properties>
 </file>