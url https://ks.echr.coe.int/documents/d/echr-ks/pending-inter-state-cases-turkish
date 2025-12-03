--- v0 (2025-10-22)
+++ v1 (2025-12-03)
@@ -6,80 +6,80 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27928"/>
   <workbookPr codeName="ThisWorkbook" autoCompressPictures="0" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Vantland\AppData\Roaming\OpenText\DM\Temp\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\vantland\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{A99B7FE2-6856-4F9F-B0F3-FBBBA521083A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{711F57DB-9120-4B56-8DC6-032FB4624EAE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="41172" yWindow="-108" windowWidth="30936" windowHeight="16776" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Derdest Davalar" sheetId="6" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_GoBack" localSheetId="0">'Derdest Davalar'!#REF!</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Derdest Davalar'!$A$2:$E$15</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="53" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="48">
   <si>
     <t>39611/18</t>
   </si>
   <si>
     <t>55855/18</t>
   </si>
   <si>
     <t>35738/20</t>
   </si>
   <si>
     <t>42521/20</t>
   </si>
   <si>
     <t>47319/20</t>
   </si>
   <si>
     <t>10691/21</t>
   </si>
   <si>
     <t>43517/20</t>
   </si>
   <si>
     <t>1859/24</t>
   </si>
   <si>
@@ -230,82 +230,50 @@
         <sz val="11"/>
         <color theme="3" tint="-0.499984740745262"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Legacy and Reconciliation</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="3" tint="-0.499984740745262"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>) Kanunu'nun bazı hükümlerinin Sözleşme ile uyumluluğuna ilişkindir. Kanunun belirtilen amaçları, Kuzey İrlanda'da 1960'ların sonlarından başlayarak 1998'e kadar süren bir çatışma sürecini ifade eden Sorunun mirasını ele almak ve uzlaşmayı teşvik etmektir.</t>
     </r>
   </si>
   <si>
     <t>Madde 2
 Madde 3
 Madde 6
  Madde 13
  Madde 14</t>
-  </si>
-[...30 lines deleted...]
-Sözleşme'nin 2, 3 ve 13. Maddeleri</t>
   </si>
   <si>
     <t>Ukrayna/Rusya (IX)</t>
   </si>
   <si>
     <t>Başvuru, Ukrayna Hükümetinin, Rusya Federasyonu tarafından, Rusya'da ve diğer Devletlere ait topraklarda, Rusya Federasyonu'na muhalif olarak algılanan kişilere karşı hedef gözeterek gerçekleştirilen suikast operasyonlarını içeren devam eden bir idari uygulamayla ilgili iddialarına ilişkindir. Ukrayna Hükümeti ayrıca, söz konusu suikast operasyonlarının soruşturulmaması ve sorumluların bulunmasına yönelik çalışmaları engellemek amacıyla kasıtlı olarak örtbas etme faaliyetinde bulunulması şeklinde bir idari uygulama olduğunu iddia etmektedir.</t>
   </si>
   <si>
     <t>Madde 2</t>
   </si>
   <si>
     <t>Azerbaycan/Ermenistan</t>
   </si>
   <si>
     <t xml:space="preserve">Başvuru esasen Ermenistan ile Azerbaycan arasında 2020 yılında yaşanan son çatışmalarla ilgilidir. Başvuru kapsamında, çatışmalar sırasında Ermenistan tarafından sivillere, kamuya ait yapılara ve sivil altyapıya yönelik ayrım gözetmeyen saldırılar gerçekleştirildiği; sivil halkın ve askerlerin infaz edildiği, kötü muameleye maruz bırakıldığı ve sakatlandığı; savaş esirlerinin alıkonulduğu ve serbest bırakılmaksızın tutulduğu; askeri operasyonlardan etkilenen bölgelerde yaşayan sivillerin zorla yerlerinden edildiği yönündeki iddialarla Avrupa İnsan Hakları Sözleşmesi’nin ciddi ve yaygın biçimde ihlal edildiği öne sürülmektedir.
 Azerbaycan ayrıca, Ermenistan’ın 1992 yılından bu yana Dağlık Karabağ ve çevresindeki Azerbaycan topraklarını işgal altında tuttuğunu, bu süreçte yüzbinlerce Azerbaycan Türkünün evlerinden ve mülklerinden zorla mahrum bırakıldığını; işgal altındaki bölgelerde Ermeni güçlerince gözaltına alınan Azerbaycan vatandaşlarına yönelik işkence, kötü muamele ve zorla kaybetme vakalarının yaşandığını; Azerbaycan’a ait kültürel ve dini mirasın da sistematik olarak yok edildiğini belirterek, bu eylemlerin de Sözleşme kapsamındaki hak ihlalleri oluşturduğunu ileri sürmektedir.                                                                                         </t>
   </si>
   <si>
     <t>Madde 1
 Madde 2
 Madde 3
 Madde 5
 Madde 8
 Madde 9
 Madde 13
@@ -525,51 +493,51 @@
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="3" tint="-0.499984740745262"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="3" tint="-0.499984740745262"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="15">
+  <borders count="14">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color theme="4"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF0070C0"/>
       </left>
       <right style="thin">
         <color rgb="FF0070C0"/>
       </right>
       <top style="thin">
         <color rgb="FF0070C0"/>
@@ -680,185 +648,161 @@
       <right/>
       <top style="thin">
         <color rgb="FF0070C0"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color rgb="FF0070C0"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF0070C0"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
-    <border>
-[...7 lines deleted...]
-    </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyProtection="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyProtection="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="39">
+  <cellXfs count="34">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFill="1" applyBorder="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="1" applyFill="1" applyBorder="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFill="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="14" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="7" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="7" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="7" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="7" fillId="0" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
-    </xf>
-[...67 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Followed Hyperlink" xfId="3" builtinId="9" customBuiltin="1"/>
     <cellStyle name="Hyperlink" xfId="1" builtinId="8" customBuiltin="1"/>
     <cellStyle name="Hyperlink 2" xfId="2" xr:uid="{9725483A-B166-4BAE-AA5B-A7B7C6310022}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="10">
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color theme="3" tint="-0.499984740745262"/>
         <name val="Calibri"/>
         <scheme val="minor"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
@@ -1083,51 +1027,51 @@
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>2403740</xdr:colOff>
       <xdr:row>1</xdr:row>
-      <xdr:rowOff>933450</xdr:rowOff>
+      <xdr:rowOff>937260</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 2" descr="D:\vantland\Pictures\Knowledge Sharing\Template Icons\Court Logo.png">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E276F4C9-28E6-49DF-A817-E844EC36678B}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
@@ -1137,52 +1081,52 @@
         <a:xfrm>
           <a:off x="123825" y="371475"/>
           <a:ext cx="2394215" cy="885825"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{5D94C7E8-ACAB-48A8-BD24-72312EAAF4B6}" name="KSPendingGC42" displayName="KSPendingGC42" ref="B5:H15" totalsRowShown="0" headerRowDxfId="9" dataDxfId="8" tableBorderDxfId="7">
-  <autoFilter ref="B5:H15" xr:uid="{00000000-0009-0000-0100-000003000000}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{5D94C7E8-ACAB-48A8-BD24-72312EAAF4B6}" name="KSPendingGC42" displayName="KSPendingGC42" ref="B5:H14" totalsRowShown="0" headerRowDxfId="9" dataDxfId="8" tableBorderDxfId="7">
+  <autoFilter ref="B5:H14" xr:uid="{00000000-0009-0000-0100-000003000000}"/>
   <tableColumns count="7">
     <tableColumn id="4" xr3:uid="{F5AC371B-5CF6-4296-94CA-3913C201A442}" name="Başvuru Adı" dataDxfId="6" dataCellStyle="Normal"/>
     <tableColumn id="11" xr3:uid="{F6F66823-BD1E-4EE1-882B-AE26A3571F10}" name="Başvuru numarası_x000a_(basın bildirisi bağlantısı içerir)" dataDxfId="5"/>
     <tableColumn id="3" xr3:uid="{352D0EF8-F5D7-4AC9-957E-5DF966F506D7}" name="Başvuru tarihi" dataDxfId="4"/>
     <tableColumn id="1" xr3:uid="{25885D28-9708-4746-85BF-12BBB6E80DEA}" name="Duruşma tarihi" dataDxfId="3"/>
     <tableColumn id="2" xr3:uid="{8D238B6A-52A0-4845-AA80-62BC89D40470}" name="Kabul edilebilirlik hakkında karar tarihi_x000a_(karar bağlantısı içerir)" dataDxfId="2"/>
     <tableColumn id="10" xr3:uid="{96D8A07B-B751-42F3-A9F1-BA1344D84889}" name="Davanın açıklaması" dataDxfId="1"/>
     <tableColumn id="6" xr3:uid="{A9D18259-1FC2-4696-A5F9-E7BD59045412}" name="Sözleşme Maddesi" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="1"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1438,398 +1382,383 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=001-224473" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-6769236-9041940&amp;filename=Liechtenstein%20lodges%20inter-State%20application%20against%20the%20Czech%20Republic.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-7019980-9469559&amp;filename=Relinquishment%20in%20favour%20of%20the%20Grand%20Chamber%20of%20two%20inter-State%20cases.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-8176535-11469047&amp;filename=New%20interstate%20application%3A%20Slovakia%20v.%20Belgium.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-7022025-9472980&amp;filename=Reception%20of%20the%20inter-State%20application%20Armenia%20v.%20Turkey%20%20.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-6946898-9342602&amp;filename=New%20inter-state%20application%20brought%20by%20Ukraine%20against%20Russia.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-7019980-9469559&amp;filename=Relinquishment%20in%20favour%20of%20the%20Grand%20Chamber%20of%20two%20inter-State%20cases.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-7854820-10910604&amp;filename=New%20inter-State%20application%20brought%20by%20Ireland%20against%20the%20United%20Kingdom.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-6176209-8005403&amp;filename=New%20inter-state%20application%20brought%20by%20Georgia%20against%20Russia.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng-press" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-6269235-8166102&amp;filename=ECHR%20grants%20Rule%2039%20in%20new%20inter-State%20case%20Ukraine%20v.%20Russia%20concerning%20events%20in%20the%20Kerch%20Strait.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=001-222889" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=001-224473" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-6769236-9041940&amp;filename=Liechtenstein%20lodges%20inter-State%20application%20against%20the%20Czech%20Republic.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-7019980-9469559&amp;filename=Relinquishment%20in%20favour%20of%20the%20Grand%20Chamber%20of%20two%20inter-State%20cases.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-7022025-9472980&amp;filename=Reception%20of%20the%20inter-State%20application%20Armenia%20v.%20Turkey%20%20.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-6946898-9342602&amp;filename=New%20inter-state%20application%20brought%20by%20Ukraine%20against%20Russia.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-7019980-9469559&amp;filename=Relinquishment%20in%20favour%20of%20the%20Grand%20Chamber%20of%20two%20inter-State%20cases.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-6176209-8005403&amp;filename=New%20inter-state%20application%20brought%20by%20Georgia%20against%20Russia.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-8176535-11469047&amp;filename=New%20interstate%20application%3A%20Slovakia%20v.%20Belgium.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-6269235-8166102&amp;filename=ECHR%20grants%20Rule%2039%20in%20new%20inter-State%20case%20Ukraine%20v.%20Russia%20concerning%20events%20in%20the%20Kerch%20Strait.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-7854820-10910604&amp;filename=New%20inter-State%20application%20brought%20by%20Ireland%20against%20the%20United%20Kingdom.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BDFCC50C-6322-4A81-A8BE-64951531621F}">
-  <dimension ref="B1:H17"/>
+  <dimension ref="B1:H16"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="B4" sqref="B4:H4"/>
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A7" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="B8" sqref="B8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="1.7109375" style="1" customWidth="1"/>
     <col min="2" max="2" width="48.85546875" style="2" customWidth="1"/>
     <col min="3" max="3" width="21.28515625" style="2" customWidth="1"/>
     <col min="4" max="4" width="19.85546875" style="1" customWidth="1"/>
     <col min="5" max="5" width="24.7109375" style="1" customWidth="1"/>
     <col min="6" max="6" width="25.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="94.140625" style="1" customWidth="1"/>
     <col min="8" max="8" width="30.5703125" style="4" customWidth="1"/>
     <col min="9" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:8" ht="25.5" x14ac:dyDescent="0.25">
-      <c r="B1" s="12" t="s">
+      <c r="B1" s="31" t="s">
         <v>9</v>
       </c>
-      <c r="C1" s="12"/>
-[...4 lines deleted...]
-      <c r="H1" s="12"/>
+      <c r="C1" s="31"/>
+      <c r="D1" s="31"/>
+      <c r="E1" s="31"/>
+      <c r="F1" s="31"/>
+      <c r="G1" s="31"/>
+      <c r="H1" s="31"/>
     </row>
     <row r="2" spans="2:8" ht="101.25" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B2" s="13" t="s">
+      <c r="B2" s="32" t="s">
         <v>10</v>
       </c>
-      <c r="C2" s="13"/>
-[...4 lines deleted...]
-      <c r="H2" s="13"/>
+      <c r="C2" s="32"/>
+      <c r="D2" s="32"/>
+      <c r="E2" s="32"/>
+      <c r="F2" s="32"/>
+      <c r="G2" s="32"/>
+      <c r="H2" s="32"/>
     </row>
     <row r="3" spans="2:8" ht="27.75" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B3" s="9" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="9"/>
       <c r="D3" s="9"/>
       <c r="E3" s="9"/>
       <c r="F3" s="9"/>
       <c r="G3" s="9"/>
-      <c r="H3" s="14"/>
+      <c r="H3" s="12"/>
     </row>
     <row r="4" spans="2:8" ht="88.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B4" s="15" t="s">
+      <c r="B4" s="33" t="s">
         <v>12</v>
       </c>
-      <c r="C4" s="15"/>
-[...4 lines deleted...]
-      <c r="H4" s="15"/>
+      <c r="C4" s="33"/>
+      <c r="D4" s="33"/>
+      <c r="E4" s="33"/>
+      <c r="F4" s="33"/>
+      <c r="G4" s="33"/>
+      <c r="H4" s="33"/>
     </row>
     <row r="5" spans="2:8" s="5" customFormat="1" ht="114" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="G5" s="16" t="s">
+      <c r="G5" s="13" t="s">
         <v>18</v>
       </c>
-      <c r="H5" s="16" t="s">
+      <c r="H5" s="13" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="6" spans="2:8" s="5" customFormat="1" ht="114" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B6" s="10" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="D6" s="17">
+      <c r="D6" s="14">
         <v>45715</v>
       </c>
-      <c r="E6" s="18"/>
-[...1 lines deleted...]
-      <c r="G6" s="20" t="s">
+      <c r="E6" s="15"/>
+      <c r="F6" s="16"/>
+      <c r="G6" s="17" t="s">
         <v>21</v>
       </c>
-      <c r="H6" s="21" t="s">
+      <c r="H6" s="18" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="7" spans="2:8" s="5" customFormat="1" ht="105.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B7" s="10" t="s">
         <v>23</v>
       </c>
       <c r="C7" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="D7" s="22">
+      <c r="D7" s="19">
         <v>45308</v>
       </c>
-      <c r="E7" s="23"/>
-      <c r="F7" s="24"/>
+      <c r="E7" s="20"/>
+      <c r="F7" s="21"/>
       <c r="G7" s="11" t="s">
         <v>24</v>
       </c>
-      <c r="H7" s="25" t="s">
+      <c r="H7" s="22" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="8" spans="2:8" s="5" customFormat="1" ht="342.6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B8" s="26" t="s">
+      <c r="B8" s="10" t="s">
         <v>26</v>
       </c>
-      <c r="C8" s="27" t="s">
+      <c r="C8" s="7" t="s">
+        <v>5</v>
+      </c>
+      <c r="D8" s="25">
+        <v>44246</v>
+      </c>
+      <c r="E8" s="26"/>
+      <c r="F8" s="27"/>
+      <c r="G8" s="23" t="s">
         <v>27</v>
       </c>
-      <c r="D8" s="28" t="s">
+      <c r="H8" s="24" t="s">
         <v>28</v>
-      </c>
-[...10 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="9" spans="2:8" s="5" customFormat="1" ht="93" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B9" s="10" t="s">
+        <v>29</v>
+      </c>
+      <c r="C9" s="8" t="s">
+        <v>4</v>
+      </c>
+      <c r="D9" s="25">
+        <v>44131</v>
+      </c>
+      <c r="E9" s="26"/>
+      <c r="F9" s="27"/>
+      <c r="G9" s="23" t="s">
+        <v>30</v>
+      </c>
+      <c r="H9" s="24" t="s">
         <v>31</v>
-      </c>
-[...12 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="10" spans="2:8" s="5" customFormat="1" ht="365.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B10" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="C10" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D10" s="25">
+        <v>44108</v>
+      </c>
+      <c r="E10" s="26"/>
+      <c r="F10" s="27"/>
+      <c r="G10" s="23" t="s">
+        <v>33</v>
+      </c>
+      <c r="H10" s="24" t="s">
         <v>34</v>
       </c>
-      <c r="C10" s="8" t="s">
-[...7 lines deleted...]
-      <c r="G10" s="31" t="s">
+    </row>
+    <row r="11" spans="2:8" s="5" customFormat="1" ht="150" x14ac:dyDescent="0.25">
+      <c r="B11" s="10" t="s">
         <v>35</v>
       </c>
-      <c r="H10" s="32" t="s">
+      <c r="C11" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D11" s="25">
+        <v>44101</v>
+      </c>
+      <c r="E11" s="26"/>
+      <c r="F11" s="27"/>
+      <c r="G11" s="23" t="s">
         <v>36</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B11" s="10" t="s">
+      <c r="H11" s="24" t="s">
         <v>37</v>
-      </c>
-[...12 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="12" spans="2:8" s="5" customFormat="1" ht="169.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B12" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="C12" s="7" t="s">
+        <v>2</v>
+      </c>
+      <c r="D12" s="25">
+        <v>44062</v>
+      </c>
+      <c r="E12" s="26"/>
+      <c r="F12" s="27"/>
+      <c r="G12" s="23" t="s">
+        <v>39</v>
+      </c>
+      <c r="H12" s="24" t="s">
         <v>40</v>
-      </c>
-[...12 lines deleted...]
-        <v>42</v>
       </c>
     </row>
     <row r="13" spans="2:8" s="5" customFormat="1" ht="114.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B13" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="C13" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="D13" s="25">
+        <v>43433</v>
+      </c>
+      <c r="E13" s="26"/>
+      <c r="F13" s="28"/>
+      <c r="G13" s="23" t="s">
+        <v>42</v>
+      </c>
+      <c r="H13" s="24" t="s">
         <v>43</v>
       </c>
-      <c r="C13" s="7" t="s">
-[...7 lines deleted...]
-      <c r="G13" s="31" t="s">
+    </row>
+    <row r="14" spans="2:8" s="5" customFormat="1" ht="150" x14ac:dyDescent="0.25">
+      <c r="B14" s="10" t="s">
         <v>44</v>
       </c>
-      <c r="H13" s="32" t="s">
+      <c r="C14" s="29" t="s">
+        <v>0</v>
+      </c>
+      <c r="D14" s="25">
+        <v>43334</v>
+      </c>
+      <c r="E14" s="26"/>
+      <c r="F14" s="30">
+        <v>45013</v>
+      </c>
+      <c r="G14" s="23" t="s">
         <v>45</v>
       </c>
+      <c r="H14" s="24" t="s">
+        <v>46</v>
+      </c>
     </row>
-    <row r="14" spans="2:8" s="5" customFormat="1" ht="45" x14ac:dyDescent="0.25">
-[...11 lines deleted...]
-      <c r="G14" s="31" t="s">
+    <row r="15" spans="2:8" s="5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B15" s="2"/>
+      <c r="C15" s="2"/>
+      <c r="D15" s="1"/>
+      <c r="E15" s="1"/>
+      <c r="F15" s="1"/>
+      <c r="G15" s="1"/>
+      <c r="H15" s="4"/>
+    </row>
+    <row r="16" spans="2:8" x14ac:dyDescent="0.25">
+      <c r="B16" s="1" t="s">
         <v>47</v>
-      </c>
-[...27 lines deleted...]
-        <v>52</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="B1:H1"/>
     <mergeCell ref="B2:H2"/>
     <mergeCell ref="B4:H4"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="C9" r:id="rId1" xr:uid="{D5BD39EC-48BE-465A-8779-398243271FFB}"/>
-[...10 lines deleted...]
-    <hyperlink ref="C6" r:id="rId12" xr:uid="{4C18F9CF-E2C5-4A45-B92E-3A02368F176C}"/>
+    <hyperlink ref="C8" r:id="rId1" xr:uid="{D5BD39EC-48BE-465A-8779-398243271FFB}"/>
+    <hyperlink ref="C10" r:id="rId2" xr:uid="{0C5FD342-6F8B-4802-B452-FB356091EB74}"/>
+    <hyperlink ref="C12" r:id="rId3" xr:uid="{3AE221F9-6B43-4CAA-B1E8-05BEA73DCAD0}"/>
+    <hyperlink ref="C13" r:id="rId4" xr:uid="{4A948F3B-8ADC-45D7-BA18-9F019792EA40}"/>
+    <hyperlink ref="C14" r:id="rId5" xr:uid="{81598704-BBE7-440D-820F-1A74F7D574A8}"/>
+    <hyperlink ref="C9" r:id="rId6" xr:uid="{30A2F756-C7C1-480D-B386-02BE311E4F00}"/>
+    <hyperlink ref="C11" r:id="rId7" xr:uid="{C41E31AB-B0FF-4103-BEA1-91899C90E3EE}"/>
+    <hyperlink ref="F14" r:id="rId8" display="https://hudoc.echr.coe.int/eng?i=001-224473" xr:uid="{CA4ED1BE-C5C3-41C7-94CB-9D92C0D77D52}"/>
+    <hyperlink ref="C7" r:id="rId9" xr:uid="{7F8562FF-3F10-461E-8DE6-D8DA7027577D}"/>
+    <hyperlink ref="C6" r:id="rId10" xr:uid="{4C18F9CF-E2C5-4A45-B92E-3A02368F176C}"/>
   </hyperlinks>
   <pageMargins left="0.23622047244094491" right="0.15748031496062992" top="0.39370078740157483" bottom="0.43307086614173229" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="8" scale="70" fitToHeight="0" orientation="landscape" r:id="rId13"/>
-  <drawing r:id="rId14"/>
+  <pageSetup paperSize="8" scale="70" fitToHeight="0" orientation="landscape" r:id="rId11"/>
+  <drawing r:id="rId12"/>
   <tableParts count="1">
-    <tablePart r:id="rId15"/>
+    <tablePart r:id="rId13"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Derdest Davalar</vt:lpstr>
       <vt:lpstr>'Derdest Davalar'!Print_Area</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>European court of Human Right</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:creator>Vantland, Nur</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="eDOCS AutoSave">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>