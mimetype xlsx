--- v0 (2025-10-02)
+++ v1 (2025-12-02)
@@ -2,134 +2,102 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="26731"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27928"/>
   <workbookPr codeName="ThisWorkbook" autoCompressPictures="0" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\courtcs3\users$\radojevic\My Documents\srdjan\NOLs\UKR\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\Vantland\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{CDD00056-D5A9-4C55-8CE6-57BFB0EDDC42}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{1CC8A806-F1C5-43FF-80F8-08A16600BAA1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-23148" yWindow="-48" windowWidth="23256" windowHeight="12576" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="41172" yWindow="-108" windowWidth="30936" windowHeight="16776" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Міждержавні справи, що перебува" sheetId="5" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_GoBack" localSheetId="0">'Міждержавні справи, що перебува'!#REF!</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Міждержавні справи, що перебува'!$A$2:$E$16</definedName>
   </definedNames>
   <calcPr calcId="162913"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="54" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="49" uniqueCount="48">
   <si>
     <t>Назва заяви</t>
   </si>
   <si>
     <t>Номер заяви
 (з посиланням на пресреліз)</t>
   </si>
   <si>
     <t>Дата слухання</t>
   </si>
   <si>
     <t>Опис справи</t>
   </si>
   <si>
     <t>Стаття(-і) Конвенції</t>
   </si>
   <si>
     <t>«Ірландія проти Сполученого Королівства» (Ireland v. the United Kingdom)</t>
   </si>
   <si>
     <t>1859/24</t>
   </si>
   <si>
     <t>Стаття 2
 Стаття 3
 Стаття 6
 Стаття 13
 Стаття 14</t>
-  </si>
-[...30 lines deleted...]
-Статті 2, 3 і 13 Конвенції</t>
   </si>
   <si>
     <t>«Україна проти Росії (IX)» (Ukraine v. Russia (IX))</t>
   </si>
   <si>
     <t>10691/21</t>
   </si>
   <si>
     <t>Стаття 2</t>
   </si>
   <si>
     <t>«Азербайджан проти Вірменії» (Azerbaijan v. Armenia)</t>
   </si>
   <si>
     <t>47319/20</t>
   </si>
   <si>
     <t>Стаття 1
 Стаття 2
 Стаття 3
 Стаття 5
 Стаття 8
 Стаття 9
 Стаття 13
 Стаття 14
@@ -485,51 +453,51 @@
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF244062"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="3" tint="-0.499984740745262"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="13">
+  <borders count="11">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color theme="4"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF0070C0"/>
       </left>
       <right style="thin">
         <color rgb="FF0070C0"/>
       </right>
       <top style="thin">
         <color rgb="FF0070C0"/>
@@ -590,107 +558,87 @@
       <right style="thin">
         <color theme="4"/>
       </right>
       <top/>
       <bottom style="thin">
         <color rgb="FF0070C0"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF0070C0"/>
       </left>
       <right style="thin">
         <color rgb="FF0070C0"/>
       </right>
       <top style="thin">
         <color rgb="FF0070C0"/>
       </top>
       <bottom style="thin">
         <color rgb="FF0070C0"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
-[...9 lines deleted...]
-    <border>
       <left/>
       <right style="thin">
         <color rgb="FF0070C0"/>
       </right>
       <top style="thin">
         <color rgb="FF0070C0"/>
       </top>
       <bottom style="thin">
         <color rgb="FF0070C0"/>
       </bottom>
-      <diagonal/>
-[...7 lines deleted...]
-      <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color rgb="FF4F81BD"/>
       </left>
       <right/>
       <top style="medium">
         <color rgb="FF4F81BD"/>
       </top>
       <bottom style="medium">
         <color rgb="FF4F81BD"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyProtection="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyProtection="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="44">
+  <cellXfs count="38">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
@@ -702,124 +650,106 @@
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="1" applyFill="1" applyBorder="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFill="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="1" applyFill="1" applyBorder="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="10" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="10" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="4" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="11" xfId="1" applyFill="1" applyBorder="1">
-[...13 lines deleted...]
-    </xf>
     <xf numFmtId="164" fontId="3" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="2"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="19" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="14" fontId="19" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
-    </xf>
-[...7 lines deleted...]
-      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Followed Hyperlink" xfId="3" builtinId="9" customBuiltin="1"/>
     <cellStyle name="Hyperlink" xfId="1" builtinId="8" customBuiltin="1"/>
     <cellStyle name="Hyperlink 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="10">
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color theme="3" tint="-0.499984740745262"/>
         <name val="Calibri"/>
         <scheme val="minor"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
@@ -1044,51 +974,51 @@
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>98425</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>2403740</xdr:colOff>
       <xdr:row>1</xdr:row>
-      <xdr:rowOff>654050</xdr:rowOff>
+      <xdr:rowOff>652145</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 2" descr="D:\vantland\Pictures\Knowledge Sharing\Template Icons\Court Logo.png">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4B132257-5A80-4183-894E-547F6C7E092A}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
@@ -1098,52 +1028,52 @@
         <a:xfrm>
           <a:off x="123825" y="98425"/>
           <a:ext cx="2394215" cy="885825"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="3" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="KSPendingGC4" displayName="KSPendingGC4" ref="B6:H16" totalsRowShown="0" headerRowDxfId="9" dataDxfId="8" tableBorderDxfId="7">
-  <autoFilter ref="B6:H16" xr:uid="{00000000-0009-0000-0100-000003000000}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="3" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="KSPendingGC4" displayName="KSPendingGC4" ref="B6:H15" totalsRowShown="0" headerRowDxfId="9" dataDxfId="8" tableBorderDxfId="7">
+  <autoFilter ref="B6:H15" xr:uid="{00000000-0009-0000-0100-000003000000}"/>
   <tableColumns count="7">
     <tableColumn id="4" xr3:uid="{00000000-0010-0000-0000-000004000000}" name="Назва заяви" dataDxfId="6"/>
     <tableColumn id="11" xr3:uid="{00000000-0010-0000-0000-00000B000000}" name="Номер заяви_x000a_(з посиланням на пресреліз)" dataDxfId="5"/>
     <tableColumn id="3" xr3:uid="{00000000-0010-0000-0000-000003000000}" name="Дата внесення" dataDxfId="4"/>
     <tableColumn id="1" xr3:uid="{00000000-0010-0000-0000-000001000000}" name="Дата слухання" dataDxfId="3"/>
     <tableColumn id="2" xr3:uid="{00000000-0010-0000-0000-000002000000}" name="Дата ухвали про прийнятність скарги_x000a_(з посиланням)" dataDxfId="2"/>
     <tableColumn id="10" xr3:uid="{00000000-0010-0000-0000-00000A000000}" name="Опис справи" dataDxfId="1"/>
     <tableColumn id="6" xr3:uid="{00000000-0010-0000-0000-000006000000}" name="Стаття(-і) Конвенції" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="1"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1399,381 +1329,365 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=001-224473" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-8176535-11469047&amp;filename=New%20interstate%20application%3A%20Slovakia%20v.%20Belgium.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-6769236-9041940&amp;filename=Liechtenstein%20lodges%20inter-State%20application%20against%20the%20Czech%20Republic.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-7019980-9469559&amp;filename=Relinquishment%20in%20favour%20of%20the%20Grand%20Chamber%20of%20two%20inter-State%20cases.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-7854820-10910604&amp;filename=New%20inter-State%20application%20brought%20by%20Ireland%20against%20the%20United%20Kingdom.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-7022025-9472980&amp;filename=Reception%20of%20the%20inter-State%20application%20Armenia%20v.%20Turkey%20%20.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-6946898-9342602&amp;filename=New%20inter-state%20application%20brought%20by%20Ukraine%20against%20Russia.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-7019980-9469559&amp;filename=Relinquishment%20in%20favour%20of%20the%20Grand%20Chamber%20of%20two%20inter-State%20cases.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.echr.coe.int/inter-state-applications" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-6176209-8005403&amp;filename=New%20inter-state%20application%20brought%20by%20Georgia%20against%20Russia.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng-press" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-6269235-8166102&amp;filename=ECHR%20grants%20Rule%2039%20in%20new%20inter-State%20case%20Ukraine%20v.%20Russia%20concerning%20events%20in%20the%20Kerch%20Strait.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=001-222889" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=001-224473" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-6769236-9041940&amp;filename=Liechtenstein%20lodges%20inter-State%20application%20against%20the%20Czech%20Republic.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-7019980-9469559&amp;filename=Relinquishment%20in%20favour%20of%20the%20Grand%20Chamber%20of%20two%20inter-State%20cases.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-7022025-9472980&amp;filename=Reception%20of%20the%20inter-State%20application%20Armenia%20v.%20Turkey%20%20.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-6946898-9342602&amp;filename=New%20inter-state%20application%20brought%20by%20Ukraine%20against%20Russia.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-7019980-9469559&amp;filename=Relinquishment%20in%20favour%20of%20the%20Grand%20Chamber%20of%20two%20inter-State%20cases.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-8176535-11469047&amp;filename=New%20interstate%20application%3A%20Slovakia%20v.%20Belgium.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-6176209-8005403&amp;filename=New%20inter-state%20application%20brought%20by%20Georgia%20against%20Russia.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-7854820-10910604&amp;filename=New%20inter-State%20application%20brought%20by%20Ireland%20against%20the%20United%20Kingdom.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-6269235-8166102&amp;filename=ECHR%20grants%20Rule%2039%20in%20new%20inter-State%20case%20Ukraine%20v.%20Russia%20concerning%20events%20in%20the%20Kerch%20Strait.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.echr.coe.int/inter-state-applications" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="B1:H18"/>
+  <dimension ref="B1:H17"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A6" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <selection activeCell="G7" sqref="G7"/>
+    <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="B6" sqref="B6"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="1.6640625" style="1" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="9" max="16384" width="9.109375" style="1"/>
+    <col min="1" max="1" width="1.7109375" style="1" customWidth="1"/>
+    <col min="2" max="2" width="48.85546875" style="2" customWidth="1"/>
+    <col min="3" max="3" width="21.28515625" style="2" customWidth="1"/>
+    <col min="4" max="4" width="19.85546875" style="1" customWidth="1"/>
+    <col min="5" max="5" width="24.7109375" style="1" customWidth="1"/>
+    <col min="6" max="6" width="25.42578125" style="1" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="87.42578125" style="1" customWidth="1"/>
+    <col min="8" max="8" width="30.5703125" style="4" customWidth="1"/>
+    <col min="9" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:8" ht="24.6" x14ac:dyDescent="0.3">
-[...8 lines deleted...]
-      <c r="H1" s="39"/>
+    <row r="1" spans="2:8" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="B1" s="36" t="s">
+        <v>39</v>
+      </c>
+      <c r="C1" s="36"/>
+      <c r="D1" s="36"/>
+      <c r="E1" s="36"/>
+      <c r="F1" s="36"/>
+      <c r="G1" s="36"/>
+      <c r="H1" s="36"/>
     </row>
-    <row r="2" spans="2:8" ht="101.25" customHeight="1" x14ac:dyDescent="0.5">
-[...8 lines deleted...]
-      <c r="H2" s="37"/>
+    <row r="2" spans="2:8" ht="101.25" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B2" s="34" t="s">
+        <v>40</v>
+      </c>
+      <c r="C2" s="34"/>
+      <c r="D2" s="34"/>
+      <c r="E2" s="34"/>
+      <c r="F2" s="34"/>
+      <c r="G2" s="34"/>
+      <c r="H2" s="34"/>
     </row>
-    <row r="3" spans="2:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
-[...8 lines deleted...]
-      <c r="H3" s="40"/>
+    <row r="3" spans="2:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B3" s="37" t="s">
+        <v>42</v>
+      </c>
+      <c r="C3" s="37"/>
+      <c r="D3" s="37"/>
+      <c r="E3" s="37"/>
+      <c r="F3" s="37"/>
+      <c r="G3" s="37"/>
+      <c r="H3" s="37"/>
     </row>
-    <row r="4" spans="2:8" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
-[...8 lines deleted...]
-      <c r="H4" s="31"/>
+    <row r="4" spans="2:8" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B4" s="26" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" s="25"/>
+      <c r="D4" s="25"/>
+      <c r="E4" s="25"/>
+      <c r="F4" s="25"/>
+      <c r="G4" s="25"/>
+      <c r="H4" s="25"/>
     </row>
-    <row r="5" spans="2:8" ht="88.5" customHeight="1" x14ac:dyDescent="0.3">
-[...8 lines deleted...]
-      <c r="H5" s="38"/>
+    <row r="5" spans="2:8" ht="88.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B5" s="35" t="s">
+        <v>31</v>
+      </c>
+      <c r="C5" s="35"/>
+      <c r="D5" s="35"/>
+      <c r="E5" s="35"/>
+      <c r="F5" s="35"/>
+      <c r="G5" s="35"/>
+      <c r="H5" s="35"/>
     </row>
-    <row r="6" spans="2:8" s="6" customFormat="1" ht="114" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="6" spans="2:8" s="6" customFormat="1" ht="114" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B6" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>1</v>
       </c>
       <c r="D6" s="3" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>2</v>
       </c>
       <c r="F6" s="3" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="G6" s="5" t="s">
         <v>3</v>
       </c>
       <c r="H6" s="5" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="7" spans="2:8" s="6" customFormat="1" ht="114" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-[...6 lines deleted...]
-      <c r="D7" s="36">
+    <row r="7" spans="2:8" s="6" customFormat="1" ht="114" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B7" s="32" t="s">
+        <v>45</v>
+      </c>
+      <c r="C7" s="29" t="s">
+        <v>43</v>
+      </c>
+      <c r="D7" s="30">
         <v>45715</v>
       </c>
-      <c r="E7" s="33"/>
-[...5 lines deleted...]
-        <v>49</v>
+      <c r="E7" s="27"/>
+      <c r="F7" s="28"/>
+      <c r="G7" s="33" t="s">
+        <v>46</v>
+      </c>
+      <c r="H7" s="23" t="s">
+        <v>44</v>
       </c>
     </row>
-    <row r="8" spans="2:8" s="6" customFormat="1" ht="105.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B8" s="29" t="s">
+    <row r="8" spans="2:8" s="6" customFormat="1" ht="105.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B8" s="24" t="s">
         <v>5</v>
       </c>
       <c r="C8" s="10" t="s">
         <v>6</v>
       </c>
-      <c r="D8" s="24">
+      <c r="D8" s="19">
         <v>45308</v>
       </c>
-      <c r="E8" s="25"/>
-[...4 lines deleted...]
-      <c r="H8" s="28" t="s">
+      <c r="E8" s="20"/>
+      <c r="F8" s="21"/>
+      <c r="G8" s="22" t="s">
+        <v>37</v>
+      </c>
+      <c r="H8" s="23" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="9" spans="2:8" s="6" customFormat="1" ht="342.6" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B9" s="30" t="s">
+    <row r="9" spans="2:8" s="6" customFormat="1" ht="342.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B9" s="7" t="s">
         <v>8</v>
       </c>
-      <c r="C9" s="19" t="s">
+      <c r="C9" s="11" t="s">
         <v>9</v>
       </c>
-      <c r="D9" s="20" t="s">
+      <c r="D9" s="15">
+        <v>44246</v>
+      </c>
+      <c r="E9" s="16"/>
+      <c r="F9" s="17"/>
+      <c r="G9" s="8" t="s">
+        <v>34</v>
+      </c>
+      <c r="H9" s="9" t="s">
         <v>10</v>
       </c>
-      <c r="E9" s="23">
-[...5 lines deleted...]
-      <c r="G9" s="8" t="s">
+    </row>
+    <row r="10" spans="2:8" s="6" customFormat="1" ht="93" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B10" s="24" t="s">
         <v>11</v>
       </c>
-      <c r="H9" s="22" t="s">
+      <c r="C10" s="12" t="s">
         <v>12</v>
       </c>
-    </row>
-[...6 lines deleted...]
-      </c>
       <c r="D10" s="15">
-        <v>44246</v>
+        <v>44131</v>
       </c>
       <c r="E10" s="16"/>
       <c r="F10" s="17"/>
       <c r="G10" s="8" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="H10" s="9" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="11" spans="2:8" s="6" customFormat="1" ht="189" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B11" s="24" t="s">
+        <v>14</v>
+      </c>
+      <c r="C11" s="11" t="s">
         <v>15</v>
       </c>
-    </row>
-[...6 lines deleted...]
-      </c>
       <c r="D11" s="15">
-        <v>44131</v>
+        <v>44108</v>
       </c>
       <c r="E11" s="16"/>
       <c r="F11" s="17"/>
       <c r="G11" s="8" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H11" s="9" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="12" spans="2:8" s="6" customFormat="1" ht="150" x14ac:dyDescent="0.25">
+      <c r="B12" s="24" t="s">
         <v>18</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B12" s="29" t="s">
+      <c r="C12" s="12" t="s">
         <v>19</v>
       </c>
-      <c r="C12" s="11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D12" s="15">
-        <v>44108</v>
+        <v>44101</v>
       </c>
       <c r="E12" s="16"/>
       <c r="F12" s="17"/>
       <c r="G12" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="H12" s="9" t="s">
         <v>21</v>
       </c>
-      <c r="H12" s="9" t="s">
+    </row>
+    <row r="13" spans="2:8" s="6" customFormat="1" ht="169.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B13" s="24" t="s">
         <v>22</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B13" s="29" t="s">
+      <c r="C13" s="11" t="s">
         <v>23</v>
       </c>
-      <c r="C13" s="12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D13" s="15">
-        <v>44101</v>
+        <v>44062</v>
       </c>
       <c r="E13" s="16"/>
       <c r="F13" s="17"/>
       <c r="G13" s="8" t="s">
+        <v>24</v>
+      </c>
+      <c r="H13" s="9" t="s">
         <v>25</v>
       </c>
-      <c r="H13" s="9" t="s">
+    </row>
+    <row r="14" spans="2:8" s="6" customFormat="1" ht="114.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B14" s="24" t="s">
+        <v>8</v>
+      </c>
+      <c r="C14" s="11" t="s">
         <v>26</v>
       </c>
+      <c r="D14" s="15">
+        <v>43433</v>
+      </c>
+      <c r="E14" s="16"/>
+      <c r="F14" s="14"/>
+      <c r="G14" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="H14" s="9" t="s">
+        <v>28</v>
+      </c>
     </row>
-    <row r="14" spans="2:8" s="6" customFormat="1" ht="114.6" customHeight="1" x14ac:dyDescent="0.3">
-[...11 lines deleted...]
-      <c r="G14" s="8" t="s">
+    <row r="15" spans="2:8" s="6" customFormat="1" ht="150" x14ac:dyDescent="0.25">
+      <c r="B15" s="24" t="s">
+        <v>38</v>
+      </c>
+      <c r="C15" s="13" t="s">
         <v>29</v>
       </c>
-      <c r="H14" s="9" t="s">
+      <c r="D15" s="15">
+        <v>43334</v>
+      </c>
+      <c r="E15" s="16"/>
+      <c r="F15" s="18">
+        <v>45013</v>
+      </c>
+      <c r="G15" s="8" t="s">
+        <v>36</v>
+      </c>
+      <c r="H15" s="9" t="s">
         <v>30</v>
       </c>
     </row>
-    <row r="15" spans="2:8" s="6" customFormat="1" ht="43.2" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-      </c>
+    <row r="16" spans="2:8" s="6" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B16" s="2"/>
+      <c r="C16" s="2"/>
+      <c r="D16" s="1"/>
+      <c r="E16" s="1"/>
+      <c r="F16" s="1"/>
+      <c r="G16" s="1"/>
+      <c r="H16" s="4"/>
     </row>
-    <row r="16" spans="2:8" s="6" customFormat="1" ht="144" x14ac:dyDescent="0.3">
-[...22 lines deleted...]
-        <v>52</v>
+    <row r="17" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B17" s="31" t="s">
+        <v>47</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="B2:H2"/>
     <mergeCell ref="B5:H5"/>
     <mergeCell ref="B1:H1"/>
     <mergeCell ref="B3:H3"/>
   </mergeCells>
   <phoneticPr fontId="11" type="noConversion"/>
   <hyperlinks>
-    <hyperlink ref="C10" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
-[...11 lines deleted...]
-    <hyperlink ref="C7" r:id="rId13" display="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-8176535-11469047&amp;filename=New%20interstate%20application%3A%20Slovakia%20v.%20Belgium.pdf" xr:uid="{00000000-0004-0000-0000-00000C000000}"/>
+    <hyperlink ref="C9" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
+    <hyperlink ref="C11" r:id="rId2" xr:uid="{00000000-0004-0000-0000-000001000000}"/>
+    <hyperlink ref="C13" r:id="rId3" xr:uid="{00000000-0004-0000-0000-000002000000}"/>
+    <hyperlink ref="C14" r:id="rId4" xr:uid="{00000000-0004-0000-0000-000003000000}"/>
+    <hyperlink ref="C15" r:id="rId5" xr:uid="{00000000-0004-0000-0000-000004000000}"/>
+    <hyperlink ref="C10" r:id="rId6" xr:uid="{00000000-0004-0000-0000-000005000000}"/>
+    <hyperlink ref="C12" r:id="rId7" xr:uid="{00000000-0004-0000-0000-000006000000}"/>
+    <hyperlink ref="F15" r:id="rId8" display="https://hudoc.echr.coe.int/eng?i=001-224473" xr:uid="{00000000-0004-0000-0000-000007000000}"/>
+    <hyperlink ref="B17" r:id="rId9" xr:uid="{00000000-0004-0000-0000-00000A000000}"/>
+    <hyperlink ref="C8" r:id="rId10" xr:uid="{00000000-0004-0000-0000-00000B000000}"/>
+    <hyperlink ref="C7" r:id="rId11" display="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-8176535-11469047&amp;filename=New%20interstate%20application%3A%20Slovakia%20v.%20Belgium.pdf" xr:uid="{00000000-0004-0000-0000-00000C000000}"/>
   </hyperlinks>
   <pageMargins left="0.23622047244094491" right="0.15748031496062992" top="0.39370078740157483" bottom="0.43307086614173229" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="8" scale="70" fitToHeight="0" orientation="landscape" r:id="rId14"/>
-  <drawing r:id="rId15"/>
+  <pageSetup paperSize="8" scale="70" fitToHeight="0" orientation="landscape" r:id="rId12"/>
+  <drawing r:id="rId13"/>
   <tableParts count="1">
-    <tablePart r:id="rId16"/>
+    <tablePart r:id="rId14"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
@@ -1783,29 +1697,29 @@
       <vt:lpstr>Міждержавні справи, що перебува</vt:lpstr>
       <vt:lpstr>'Міждержавні справи, що перебува'!Print_Area</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>European court of Human Right</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Radojevic, Srdjan</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="eDOCS AutoSave">
-    <vt:lpwstr/>
+    <vt:lpwstr>20251127084903467</vt:lpwstr>
   </property>
 </Properties>
 </file>