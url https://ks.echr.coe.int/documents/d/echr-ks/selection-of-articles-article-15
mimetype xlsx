--- v0 (2025-10-03)
+++ v1 (2026-02-21)
@@ -3,88 +3,88 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="26731"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27928"/>
   <workbookPr codeName="ThisWorkbook" autoCompressPictures="0" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\souppart\AppData\Roaming\OpenText\DM\Temp\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Souppart\AppData\Roaming\OpenText\DM\Temp\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{C3D41587-8F1D-46AA-AF11-483E3B17B5B2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{1E13BBF4-BA1C-415D-9005-6319ED09C065}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-103" yWindow="-103" windowWidth="16663" windowHeight="10492" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
     <sheet name="Sheet2" sheetId="2" r:id="rId2"/>
     <sheet name="Sheet3" sheetId="3" r:id="rId3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Sheet1!$B$7:$F$110</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Sheet1!$B$7:$F$111</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="427" uniqueCount="335">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="431" uniqueCount="338">
   <si>
     <t xml:space="preserve">Date </t>
   </si>
   <si>
     <t>Albuquerque, Paulo Pinto de</t>
   </si>
   <si>
     <t>Les droits de l'homme à la croisée des droits : mélanges en l'honneur de Frédéric Sudre / [édité par Gérard Gonzalez ... [et al.]]. - Paris : LexisNexis, 2018. - p. [579]-589</t>
   </si>
   <si>
     <t>342.7(082) % SUD</t>
   </si>
   <si>
     <t>Decaux, Emmanuel</t>
   </si>
   <si>
     <t>Les droits de l'homme à la croisée des droits : mélanges en l'honneur de Frédéric Sudre / [édité par Gérard Gonzalez ... [et al.]]. - Paris : LexisNexis, 2018. - p. [139]-149</t>
   </si>
   <si>
     <t>Denizeau, Charlotte</t>
   </si>
   <si>
     <t>La lutte contre le terrorisme et les droits fondamentaux en droit comparé : matinée d'étude du 10 novembre 2017 / sous la direction de Dianela Piana et François Molinié. - Paris : Société de législation comparée, 2018. - p. [229]-250</t>
   </si>
   <si>
@@ -1072,162 +1072,171 @@
   <si>
     <t>Holcroft-Emmess, Natasha</t>
   </si>
   <si>
     <t>European human rights law review, issue 5 (2023), p. 482-496</t>
   </si>
   <si>
     <t>French vaccine pass to the test of the Constitutional Council : some considerations in the light of the European Convention on Human Rights</t>
   </si>
   <si>
     <t>Azzariti, Alessio</t>
   </si>
   <si>
     <t>Diritti umani e diritto internazionale (DUDI), vol. 16, n. 1 (genn.-apr. 2022), p. 167-177</t>
   </si>
   <si>
     <t>Etendue d'une immunité diplomatique : CEDH, 23 avr. 2024, n° 59/17, Aydin Sefa Akay c. Turquie</t>
   </si>
   <si>
     <t>Milano, Laure</t>
   </si>
   <si>
     <t>La Semaine juridique : édition générale (JCP), 98e année, n° 19 (13 mai 2024), p. 823</t>
   </si>
   <si>
+    <t>Notified derogations and their absence : conditions for valid derogation and measures restricting rights in conflicts and crises</t>
+  </si>
+  <si>
+    <t>European human rights law review, issue 2 (2024), p. 147-167</t>
+  </si>
+  <si>
+    <t>Mesures restrictives en matière de terrorisme en France : le regard de la Cour européenne des droits de l'homme</t>
+  </si>
+  <si>
+    <t>Terrorisme et droits de l'homme : actualité de l'article 15 de la Convention européenne des droits de l'homme</t>
+  </si>
+  <si>
+    <t>La liberté d'expression confrontée à la lutte contre le terrorisme dans la système conventionnel européen</t>
+  </si>
+  <si>
+    <t>The case for a more ready resort to derogations from the ECHR in the current "war on terror"</t>
+  </si>
+  <si>
+    <t>La France sous état d'urgence (14 novembre 2015 - 1er novembre 2017)</t>
+  </si>
+  <si>
+    <t>L'état d'urgence en Turquie à l'épreuve du droit européen des droits de l'homme</t>
+  </si>
+  <si>
+    <t>Human rights derogation during coup situations</t>
+  </si>
+  <si>
+    <t>Turkey's post-coup "purification process" : collective dismissals of public servants under the European Convention on Human Rights</t>
+  </si>
+  <si>
+    <t>Globalization, backlash and multi layered [i.e. multi-layered] constitutionalism : the Europen Court of Human Rights in context</t>
+  </si>
+  <si>
+    <t>La Cour européenne des droits de l'homme et le droit international humanitaire : une ouverture progressive</t>
+  </si>
+  <si>
+    <t>Le système de la CEDH : terrorisme et liberté d'aller et venir</t>
+  </si>
+  <si>
+    <t>Etat d'urgence— en Turquie : CEDH, 20 mars 2018, n° 13237/17, Mehmet Hasan Altan c. Turquie</t>
+  </si>
+  <si>
+    <t>The European Convention in conflicted societies : the experience of Northern Ireland and Turkey</t>
+  </si>
+  <si>
+    <t>Le droit de l'antiterrorisme : un droit aux confins du droit administratif et du droit pénal</t>
+  </si>
+  <si>
+    <t>The right to invoke rights as a limit to sovereignty : security interests, state of emergency and review of UN sanctions by domestic courts under the European Convention of Human Rights</t>
+  </si>
+  <si>
+    <t>Der EGMR und die Derogation von Menschenrechten : werden Notstände zu akzeptierten Dauerzuständen in Zeiten des Terrorismus ?</t>
+  </si>
+  <si>
+    <t>Un état d'urgence permanent ? : (Loi n° 2017-1510 du 30 octobre 2017 renforçant la sécurité intérieure et la lutte contre le terrorisme)</t>
+  </si>
+  <si>
+    <t>Shifting emergencies from the political to the legal sphere : placing the United Kingdom's derogations from the ECHR in historical context</t>
+  </si>
+  <si>
+    <t>Etat d'urgence et procédure pénale : le juge pénal compétent pour contrôler les perquisitions administratives</t>
+  </si>
+  <si>
+    <t>The "Greek case" : exploring the legacy of its legal and political dimensions</t>
+  </si>
+  <si>
+    <t>Les dérogations en cas de circonstances exceptionnelles : un régime en demi-teinte</t>
+  </si>
+  <si>
+    <t>Les rapports normatifs entre le droit international humanitaire et la Convention européenne des droits de l'homme : le droit international humanitaire, une lex specialis par rapport à la Convention européenne des droits de l'homme ?</t>
+  </si>
+  <si>
+    <t>Etat d'urgence. : Abandon de la constitutionnalisation mais maintien de la mise en œuvre</t>
+  </si>
+  <si>
+    <t>The right to respect for life and the abolition of the death penalty</t>
+  </si>
+  <si>
+    <t>Hassan v. United Kingdom and the interplay between international humanitarian law and human rights law in the jurisprudence of the European Court of Human Rights</t>
+  </si>
+  <si>
+    <t>Apologétique du juge européen des droits de l'homme en l'année 2015 : à propos du rapport 2015 de la Cour EDH</t>
+  </si>
+  <si>
+    <t>La législation sur l'état d'urgence : une perspective comparative</t>
+  </si>
+  <si>
+    <t>Si vis pacem, para bellum : application of the European Convention on Human Rights in situations of armed conflict</t>
+  </si>
+  <si>
+    <t>Emergency government and derogation under the ECHR</t>
+  </si>
+  <si>
+    <t>The right to life in situations of armed conflict</t>
+  </si>
+  <si>
+    <t>Extraterritorial derogation from the European Convention on Human Rights in the United Kingdom</t>
+  </si>
+  <si>
+    <t>Etat d'urgence : un statut constitutionnel donné à l'arbitraire</t>
+  </si>
+  <si>
+    <t>Etat d'urgence, état de droit</t>
+  </si>
+  <si>
+    <t>État d'urgence : les perquisitions administratives sous contrôle</t>
+  </si>
+  <si>
     <t xml:space="preserve">Article and Chapter selection - Sélection d'articles et de chapitres
 Article 15
-(Last update - Dernière mise à jour : 28/02/2025) 
+(Last update - Dernière mise à jour : 31/08/2025)
 </t>
   </si>
   <si>
-    <t>Notified derogations and their absence : conditions for valid derogation and measures restricting rights in conflicts and crises</t>
-[...104 lines deleted...]
-    <t>État d'urgence : les perquisitions administratives sous contrôle</t>
+    <t>Human rights in exceptional times : trends in derogations regimes among the Council of Europe's members, and the responses of the European Court of Human rights</t>
+  </si>
+  <si>
+    <t>Lagoutte, Stéphanie</t>
+  </si>
+  <si>
+    <t>European yearbook on human rights, vol. 2024, p. [244]-277</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="12" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="4" tint="-0.499984740745262"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="0"/>
@@ -1452,50 +1461,74 @@
     <cellStyle name="Normal 2" xfId="3" xr:uid="{8856ACED-4621-481E-9E12-CC11BB1397FB}"/>
   </cellStyles>
   <dxfs count="10">
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color theme="4" tint="-0.499984740745262"/>
         <name val="Calibri"/>
         <scheme val="minor"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor indexed="65"/>
         </patternFill>
       </fill>
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="1" indent="1" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="4" tint="-0.499984740745262"/>
+        <name val="Calibri"/>
+        <scheme val="minor"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor indexed="65"/>
+        </patternFill>
+      </fill>
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0">
         <left style="thin">
           <color theme="4"/>
         </left>
         <right style="thin">
           <color theme="4"/>
         </right>
         <top style="thin">
           <color theme="4"/>
         </top>
         <bottom style="thin">
           <color theme="4"/>
         </bottom>
         <vertical/>
         <horizontal/>
       </border>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
@@ -1654,74 +1687,50 @@
     </dxf>
     <dxf>
       <border outline="0">
         <top style="thin">
           <color theme="4"/>
         </top>
       </border>
     </dxf>
     <dxf>
       <border outline="0">
         <left style="thin">
           <color theme="4"/>
         </left>
         <right style="thin">
           <color theme="4"/>
         </right>
         <top style="thin">
           <color theme="4"/>
         </top>
         <bottom style="thin">
           <color theme="4"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
-      <font>
-[...22 lines deleted...]
-    <dxf>
       <border outline="0">
         <bottom style="thin">
           <color theme="4"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="14"/>
         <color theme="0"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <fill>
         <patternFill patternType="solid">
@@ -1797,58 +1806,58 @@
         <a:xfrm>
           <a:off x="142875" y="57150"/>
           <a:ext cx="2352675" cy="885825"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="Table1" displayName="Table1" ref="B7:F110" totalsRowShown="0" headerRowDxfId="9" dataDxfId="7" headerRowBorderDxfId="8" tableBorderDxfId="6" totalsRowBorderDxfId="5">
-  <autoFilter ref="B7:F110" xr:uid="{00000000-0009-0000-0100-000001000000}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="Table1" displayName="Table1" ref="B7:F111" totalsRowShown="0" headerRowDxfId="9" dataDxfId="0" headerRowBorderDxfId="8" tableBorderDxfId="7" totalsRowBorderDxfId="6">
+  <autoFilter ref="B7:F111" xr:uid="{00000000-0009-0000-0100-000001000000}"/>
   <tableColumns count="5">
-    <tableColumn id="1" xr3:uid="{00000000-0010-0000-0000-000001000000}" name="  Title - Titre" dataDxfId="4"/>
-[...3 lines deleted...]
-    <tableColumn id="5" xr3:uid="{00000000-0010-0000-0000-000005000000}" name="Call number - Cote" dataDxfId="0"/>
+    <tableColumn id="1" xr3:uid="{00000000-0010-0000-0000-000001000000}" name="  Title - Titre" dataDxfId="5"/>
+    <tableColumn id="2" xr3:uid="{00000000-0010-0000-0000-000002000000}" name="Author - Auteur" dataDxfId="4"/>
+    <tableColumn id="3" xr3:uid="{00000000-0010-0000-0000-000003000000}" name="Source / Publisher - Éditeur" dataDxfId="3"/>
+    <tableColumn id="4" xr3:uid="{00000000-0010-0000-0000-000004000000}" name="Date " dataDxfId="2"/>
+    <tableColumn id="5" xr3:uid="{00000000-0010-0000-0000-000005000000}" name="Call number - Cote" dataDxfId="1"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
@@ -2112,79 +2121,79 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hrls.echr.coe.int/uhtbin/cgisirsi.exe/x/0/0/5?searchdata1=couredh%20AND%20cedh-15%7b694%7d&amp;sort_by=-PBYR" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.echr.coe.int/Pages/home.aspx?p=library&amp;c=" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.echr.coe.int/Pages/home.aspx?p=library&amp;c=" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://echr.coe.int/LIBRARY/DIGDOC/MOLLOY-2020-Covid-19_and_derogations_ECtHR.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hrls.echr.coe.int/uhtbin/cgisirsi.exe/x/0/0/5?searchdata1=couredh%20and%20cedh-15%7b694%7d&amp;sort_by=-PBYR" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.echr.coe.int/Pages/home.aspx?p=library&amp;c=" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hrls.echr.coe.int/uhtbin/cgisirsi.exe/x/0/0/5?searchdata1=couredh%20AND%20cedh-15%7b694%7d&amp;sort_by=-PBYR" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://echr.coe.int/LIBRARY/DIGDOC/GIANNOPOULOS-2022-EDDL_5.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.echr.coe.int/Pages/home.aspx?p=library&amp;c=fre" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://echr.coe.int/LIBRARY/DIGDOC/TSAMPI-2020-In_flagrante_delicto_and_procedural_safeguards_for_judges.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hrls.echr.coe.int/uhtbin/cgisirsi.exe/x/0/0/5?searchdata1=couredh%20AND%20cedh-4%7b694%7d&amp;sort_by=-PBYR" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://echr.coe.int/LIBRARY/DIGDOC/GIANNOPOULOS-2020-EDDL_2.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet1">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="B1:G111"/>
+  <dimension ref="B1:G112"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="B2" sqref="B2:F2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.15234375" defaultRowHeight="14.6" x14ac:dyDescent="0.4"/>
   <cols>
     <col min="1" max="1" width="1.53515625" style="1" customWidth="1"/>
     <col min="2" max="2" width="51.53515625" style="3" customWidth="1"/>
     <col min="3" max="3" width="27.84375" style="3" customWidth="1"/>
     <col min="4" max="4" width="62" style="3" customWidth="1"/>
     <col min="5" max="5" width="12" style="2" customWidth="1"/>
     <col min="6" max="6" width="26.53515625" style="3" customWidth="1"/>
     <col min="7" max="16384" width="9.15234375" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:7" ht="23.15" x14ac:dyDescent="0.4">
       <c r="B1" s="14" t="s">
         <v>284</v>
       </c>
       <c r="C1" s="14"/>
       <c r="D1" s="14"/>
       <c r="E1" s="14"/>
       <c r="F1" s="14"/>
     </row>
     <row r="2" spans="2:7" ht="164.25" customHeight="1" x14ac:dyDescent="0.6">
       <c r="B2" s="15" t="s">
-        <v>298</v>
+        <v>334</v>
       </c>
       <c r="C2" s="16"/>
       <c r="D2" s="16"/>
       <c r="E2" s="16"/>
       <c r="F2" s="16"/>
     </row>
     <row r="3" spans="2:7" s="5" customFormat="1" ht="29.15" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B3" s="18" t="s">
         <v>235</v>
       </c>
       <c r="C3" s="18"/>
       <c r="D3" s="19" t="s">
         <v>236</v>
       </c>
       <c r="E3" s="20"/>
       <c r="F3" s="20"/>
       <c r="G3" s="6"/>
     </row>
     <row r="4" spans="2:7" s="5" customFormat="1" ht="29.15" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B4" s="21" t="s">
         <v>237</v>
       </c>
       <c r="C4" s="21"/>
       <c r="D4" s="22" t="s">
         <v>238</v>
@@ -2213,1830 +2222,1847 @@
       <c r="D6" s="22" t="s">
         <v>242</v>
       </c>
       <c r="E6" s="22"/>
       <c r="F6" s="22"/>
     </row>
     <row r="7" spans="2:7" s="2" customFormat="1" ht="51" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B7" s="4" t="s">
         <v>243</v>
       </c>
       <c r="C7" s="4" t="s">
         <v>244</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>245</v>
       </c>
       <c r="E7" s="4" t="s">
         <v>0</v>
       </c>
       <c r="F7" s="4" t="s">
         <v>246</v>
       </c>
     </row>
     <row r="8" spans="2:7" s="2" customFormat="1" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B8" s="9" t="s">
-        <v>299</v>
+        <v>298</v>
       </c>
       <c r="C8" s="9" t="s">
         <v>290</v>
       </c>
       <c r="D8" s="9" t="s">
-        <v>300</v>
+        <v>299</v>
       </c>
       <c r="E8" s="8">
         <v>2024</v>
       </c>
       <c r="F8" s="8" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="9" spans="2:7" ht="29.15" x14ac:dyDescent="0.4">
+    <row r="9" spans="2:7" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B9" s="9" t="s">
-        <v>295</v>
+        <v>335</v>
       </c>
       <c r="C9" s="9" t="s">
-        <v>296</v>
+        <v>336</v>
       </c>
       <c r="D9" s="9" t="s">
-        <v>297</v>
+        <v>337</v>
       </c>
       <c r="E9" s="8">
         <v>2024</v>
       </c>
       <c r="F9" s="8" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-    <row r="10" spans="2:7" ht="72.900000000000006" x14ac:dyDescent="0.4">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="10" spans="2:7" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B10" s="9" t="s">
+        <v>295</v>
+      </c>
+      <c r="C10" s="9" t="s">
+        <v>296</v>
+      </c>
+      <c r="D10" s="9" t="s">
+        <v>297</v>
+      </c>
+      <c r="E10" s="8">
+        <v>2024</v>
+      </c>
+      <c r="F10" s="8" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="11" spans="2:7" ht="72.900000000000006" x14ac:dyDescent="0.4">
+      <c r="B11" s="9" t="s">
         <v>285</v>
       </c>
-      <c r="C10" s="9" t="s">
+      <c r="C11" s="9" t="s">
         <v>286</v>
       </c>
-      <c r="D10" s="9" t="s">
+      <c r="D11" s="9" t="s">
         <v>287</v>
-      </c>
-[...15 lines deleted...]
-        <v>291</v>
       </c>
       <c r="E11" s="8">
         <v>2023</v>
       </c>
       <c r="F11" s="8" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-    <row r="12" spans="2:7" ht="43.75" x14ac:dyDescent="0.4">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="12" spans="2:7" ht="58.3" x14ac:dyDescent="0.4">
       <c r="B12" s="9" t="s">
-        <v>247</v>
+        <v>289</v>
       </c>
       <c r="C12" s="9" t="s">
-        <v>205</v>
+        <v>290</v>
       </c>
       <c r="D12" s="9" t="s">
-        <v>248</v>
+        <v>291</v>
       </c>
       <c r="E12" s="8">
-        <v>2022</v>
-[...1 lines deleted...]
-      <c r="F12" s="10" t="s">
+        <v>2023</v>
+      </c>
+      <c r="F12" s="8" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="13" spans="2:7" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B13" s="9" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="C13" s="9" t="s">
         <v>205</v>
       </c>
       <c r="D13" s="9" t="s">
-        <v>250</v>
+        <v>248</v>
       </c>
       <c r="E13" s="8">
         <v>2022</v>
       </c>
-      <c r="F13" s="11" t="s">
+      <c r="F13" s="10" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="14" spans="2:7" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B14" s="9" t="s">
-        <v>292</v>
+        <v>249</v>
       </c>
       <c r="C14" s="9" t="s">
-        <v>293</v>
+        <v>205</v>
       </c>
       <c r="D14" s="9" t="s">
-        <v>294</v>
+        <v>250</v>
       </c>
       <c r="E14" s="8">
         <v>2022</v>
       </c>
       <c r="F14" s="11" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="15" spans="2:7" ht="58.3" x14ac:dyDescent="0.4">
+    <row r="15" spans="2:7" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B15" s="9" t="s">
-        <v>273</v>
+        <v>292</v>
       </c>
       <c r="C15" s="9" t="s">
-        <v>274</v>
+        <v>293</v>
       </c>
       <c r="D15" s="9" t="s">
-        <v>275</v>
+        <v>294</v>
       </c>
       <c r="E15" s="8">
         <v>2022</v>
       </c>
       <c r="F15" s="11" t="s">
-        <v>276</v>
-[...2 lines deleted...]
-    <row r="16" spans="2:7" ht="29.15" x14ac:dyDescent="0.4">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="16" spans="2:7" ht="58.3" x14ac:dyDescent="0.4">
       <c r="B16" s="9" t="s">
-        <v>251</v>
+        <v>273</v>
       </c>
       <c r="C16" s="9" t="s">
-        <v>252</v>
+        <v>274</v>
       </c>
       <c r="D16" s="9" t="s">
-        <v>253</v>
+        <v>275</v>
       </c>
       <c r="E16" s="8">
         <v>2022</v>
       </c>
       <c r="F16" s="11" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-    <row r="17" spans="2:6" ht="58.3" x14ac:dyDescent="0.4">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="17" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B17" s="9" t="s">
-        <v>254</v>
+        <v>251</v>
       </c>
       <c r="C17" s="9" t="s">
-        <v>77</v>
+        <v>252</v>
       </c>
       <c r="D17" s="9" t="s">
-        <v>255</v>
+        <v>253</v>
       </c>
       <c r="E17" s="8">
         <v>2022</v>
       </c>
       <c r="F17" s="11" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="18" spans="2:6" ht="102" x14ac:dyDescent="0.4">
+    <row r="18" spans="2:6" ht="58.3" x14ac:dyDescent="0.4">
       <c r="B18" s="9" t="s">
-        <v>277</v>
+        <v>254</v>
       </c>
       <c r="C18" s="9" t="s">
-        <v>278</v>
+        <v>77</v>
       </c>
       <c r="D18" s="9" t="s">
-        <v>279</v>
+        <v>255</v>
       </c>
       <c r="E18" s="8">
         <v>2022</v>
       </c>
       <c r="F18" s="11" t="s">
-        <v>280</v>
-[...2 lines deleted...]
-    <row r="19" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="19" spans="2:6" ht="102" x14ac:dyDescent="0.4">
       <c r="B19" s="9" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="C19" s="9" t="s">
-        <v>282</v>
+        <v>278</v>
       </c>
       <c r="D19" s="9" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="E19" s="8">
         <v>2022</v>
       </c>
       <c r="F19" s="11" t="s">
-        <v>91</v>
-[...2 lines deleted...]
-    <row r="20" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="20" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B20" s="9" t="s">
-        <v>267</v>
+        <v>281</v>
       </c>
       <c r="C20" s="9" t="s">
-        <v>229</v>
+        <v>282</v>
       </c>
       <c r="D20" s="9" t="s">
-        <v>268</v>
+        <v>283</v>
       </c>
       <c r="E20" s="8">
         <v>2022</v>
       </c>
       <c r="F20" s="11" t="s">
-        <v>58</v>
-[...2 lines deleted...]
-    <row r="21" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="21" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B21" s="9" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="C21" s="9" t="s">
-        <v>270</v>
+        <v>229</v>
       </c>
       <c r="D21" s="9" t="s">
-        <v>271</v>
+        <v>268</v>
       </c>
       <c r="E21" s="8">
         <v>2022</v>
       </c>
       <c r="F21" s="11" t="s">
-        <v>272</v>
+        <v>58</v>
       </c>
     </row>
     <row r="22" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B22" s="9" t="s">
+        <v>269</v>
+      </c>
+      <c r="C22" s="9" t="s">
+        <v>270</v>
+      </c>
+      <c r="D22" s="9" t="s">
+        <v>271</v>
+      </c>
+      <c r="E22" s="8">
+        <v>2022</v>
+      </c>
+      <c r="F22" s="11" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="23" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+      <c r="B23" s="9" t="s">
         <v>204</v>
       </c>
-      <c r="C22" s="9" t="s">
+      <c r="C23" s="9" t="s">
         <v>205</v>
       </c>
-      <c r="D22" s="9" t="s">
+      <c r="D23" s="9" t="s">
         <v>206</v>
-      </c>
-[...15 lines deleted...]
-        <v>167</v>
       </c>
       <c r="E23" s="8">
         <v>2021</v>
       </c>
       <c r="F23" s="8" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="24" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B24" s="9" t="s">
-        <v>207</v>
+        <v>165</v>
       </c>
       <c r="C24" s="9" t="s">
-        <v>208</v>
+        <v>166</v>
       </c>
       <c r="D24" s="9" t="s">
-        <v>209</v>
+        <v>167</v>
       </c>
       <c r="E24" s="8">
         <v>2021</v>
       </c>
       <c r="F24" s="8" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="25" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B25" s="9" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="C25" s="9" t="s">
-        <v>119</v>
+        <v>208</v>
       </c>
       <c r="D25" s="9" t="s">
-        <v>211</v>
+        <v>209</v>
       </c>
       <c r="E25" s="8">
         <v>2021</v>
       </c>
       <c r="F25" s="8" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="26" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B26" s="9" t="s">
-        <v>212</v>
+        <v>210</v>
       </c>
       <c r="C26" s="9" t="s">
-        <v>213</v>
+        <v>119</v>
       </c>
       <c r="D26" s="9" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="E26" s="8">
         <v>2021</v>
       </c>
       <c r="F26" s="8" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="27" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B27" s="9" t="s">
-        <v>215</v>
+        <v>212</v>
       </c>
       <c r="C27" s="9" t="s">
-        <v>216</v>
+        <v>213</v>
       </c>
       <c r="D27" s="9" t="s">
-        <v>217</v>
+        <v>214</v>
       </c>
       <c r="E27" s="8">
         <v>2021</v>
       </c>
       <c r="F27" s="8" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="28" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+    <row r="28" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B28" s="9" t="s">
-        <v>231</v>
+        <v>215</v>
       </c>
       <c r="C28" s="9" t="s">
-        <v>232</v>
+        <v>216</v>
       </c>
       <c r="D28" s="9" t="s">
-        <v>233</v>
+        <v>217</v>
       </c>
       <c r="E28" s="8">
         <v>2021</v>
       </c>
       <c r="F28" s="8" t="s">
-        <v>234</v>
-[...2 lines deleted...]
-    <row r="29" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="29" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B29" s="9" t="s">
-        <v>218</v>
+        <v>231</v>
       </c>
       <c r="C29" s="9" t="s">
-        <v>219</v>
+        <v>232</v>
       </c>
       <c r="D29" s="9" t="s">
-        <v>220</v>
+        <v>233</v>
       </c>
       <c r="E29" s="8">
         <v>2021</v>
       </c>
       <c r="F29" s="8" t="s">
-        <v>11</v>
+        <v>234</v>
       </c>
     </row>
     <row r="30" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B30" s="9" t="s">
-        <v>168</v>
+        <v>218</v>
       </c>
       <c r="C30" s="9" t="s">
-        <v>169</v>
+        <v>219</v>
       </c>
       <c r="D30" s="9" t="s">
-        <v>170</v>
+        <v>220</v>
       </c>
       <c r="E30" s="8">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="F30" s="8" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="31" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B31" s="9" t="s">
-        <v>221</v>
+        <v>168</v>
       </c>
       <c r="C31" s="9" t="s">
-        <v>222</v>
+        <v>169</v>
       </c>
       <c r="D31" s="9" t="s">
-        <v>223</v>
+        <v>170</v>
       </c>
       <c r="E31" s="8">
         <v>2020</v>
       </c>
       <c r="F31" s="8" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="32" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+    <row r="32" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B32" s="9" t="s">
-        <v>115</v>
+        <v>221</v>
       </c>
       <c r="C32" s="9" t="s">
-        <v>116</v>
+        <v>222</v>
       </c>
       <c r="D32" s="9" t="s">
-        <v>117</v>
+        <v>223</v>
       </c>
       <c r="E32" s="8">
         <v>2020</v>
       </c>
       <c r="F32" s="8" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="33" spans="2:6" ht="58.3" x14ac:dyDescent="0.4">
+    <row r="33" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B33" s="9" t="s">
-        <v>171</v>
+        <v>115</v>
       </c>
       <c r="C33" s="9" t="s">
-        <v>172</v>
+        <v>116</v>
       </c>
       <c r="D33" s="9" t="s">
-        <v>173</v>
+        <v>117</v>
       </c>
       <c r="E33" s="8">
         <v>2020</v>
       </c>
-      <c r="F33" s="12" t="s">
-[...3 lines deleted...]
-    <row r="34" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+      <c r="F33" s="8" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="34" spans="2:6" ht="58.3" x14ac:dyDescent="0.4">
       <c r="B34" s="9" t="s">
-        <v>174</v>
+        <v>171</v>
       </c>
       <c r="C34" s="9" t="s">
-        <v>59</v>
+        <v>172</v>
       </c>
       <c r="D34" s="9" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="E34" s="8">
         <v>2020</v>
       </c>
-      <c r="F34" s="8" t="s">
-[...3 lines deleted...]
-    <row r="35" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+      <c r="F34" s="12" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="35" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B35" s="9" t="s">
-        <v>118</v>
+        <v>174</v>
       </c>
       <c r="C35" s="9" t="s">
-        <v>119</v>
+        <v>59</v>
       </c>
       <c r="D35" s="9" t="s">
-        <v>120</v>
+        <v>175</v>
       </c>
       <c r="E35" s="8">
         <v>2020</v>
       </c>
       <c r="F35" s="8" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="36" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B36" s="9" t="s">
-        <v>176</v>
+        <v>118</v>
       </c>
       <c r="C36" s="9" t="s">
         <v>119</v>
       </c>
       <c r="D36" s="9" t="s">
-        <v>177</v>
+        <v>120</v>
       </c>
       <c r="E36" s="8">
         <v>2020</v>
       </c>
       <c r="F36" s="8" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="37" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+    <row r="37" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B37" s="9" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="C37" s="9" t="s">
-        <v>179</v>
+        <v>119</v>
       </c>
       <c r="D37" s="9" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="E37" s="8">
         <v>2020</v>
       </c>
       <c r="F37" s="8" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="38" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B38" s="9" t="s">
-        <v>224</v>
+        <v>178</v>
       </c>
       <c r="C38" s="9" t="s">
-        <v>225</v>
+        <v>179</v>
       </c>
       <c r="D38" s="9" t="s">
-        <v>226</v>
+        <v>180</v>
       </c>
       <c r="E38" s="8">
         <v>2020</v>
       </c>
       <c r="F38" s="8" t="s">
-        <v>227</v>
+        <v>11</v>
       </c>
     </row>
     <row r="39" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B39" s="9" t="s">
-        <v>121</v>
+        <v>224</v>
       </c>
       <c r="C39" s="9" t="s">
-        <v>122</v>
+        <v>225</v>
       </c>
       <c r="D39" s="9" t="s">
-        <v>123</v>
+        <v>226</v>
       </c>
       <c r="E39" s="8">
         <v>2020</v>
       </c>
       <c r="F39" s="8" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-    <row r="40" spans="2:6" ht="58.3" x14ac:dyDescent="0.4">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="40" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B40" s="9" t="s">
-        <v>256</v>
+        <v>121</v>
       </c>
       <c r="C40" s="9" t="s">
-        <v>257</v>
+        <v>122</v>
       </c>
       <c r="D40" s="9" t="s">
-        <v>258</v>
+        <v>123</v>
       </c>
       <c r="E40" s="8">
         <v>2020</v>
       </c>
       <c r="F40" s="8" t="s">
-        <v>259</v>
-[...2 lines deleted...]
-    <row r="41" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="41" spans="2:6" ht="58.3" x14ac:dyDescent="0.4">
       <c r="B41" s="9" t="s">
-        <v>181</v>
+        <v>256</v>
       </c>
       <c r="C41" s="9" t="s">
-        <v>182</v>
+        <v>257</v>
       </c>
       <c r="D41" s="9" t="s">
-        <v>183</v>
+        <v>258</v>
       </c>
       <c r="E41" s="8">
         <v>2020</v>
       </c>
       <c r="F41" s="8" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-    <row r="42" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="42" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B42" s="9" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="C42" s="9" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="D42" s="9" t="s">
-        <v>186</v>
+        <v>183</v>
       </c>
       <c r="E42" s="8">
         <v>2020</v>
       </c>
       <c r="F42" s="8" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="43" spans="2:6" ht="58.3" x14ac:dyDescent="0.4">
+    <row r="43" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B43" s="9" t="s">
-        <v>124</v>
+        <v>184</v>
       </c>
       <c r="C43" s="9" t="s">
-        <v>125</v>
+        <v>185</v>
       </c>
       <c r="D43" s="9" t="s">
-        <v>126</v>
+        <v>186</v>
       </c>
       <c r="E43" s="8">
         <v>2020</v>
       </c>
       <c r="F43" s="8" t="s">
-        <v>91</v>
-[...2 lines deleted...]
-    <row r="44" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="44" spans="2:6" ht="58.3" x14ac:dyDescent="0.4">
       <c r="B44" s="9" t="s">
-        <v>260</v>
+        <v>124</v>
       </c>
       <c r="C44" s="9" t="s">
-        <v>261</v>
+        <v>125</v>
       </c>
       <c r="D44" s="9" t="s">
-        <v>262</v>
+        <v>126</v>
       </c>
       <c r="E44" s="8">
         <v>2020</v>
       </c>
-      <c r="F44" s="10" t="s">
-[...3 lines deleted...]
-    <row r="45" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+      <c r="F44" s="8" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="45" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B45" s="9" t="s">
-        <v>187</v>
+        <v>260</v>
       </c>
       <c r="C45" s="9" t="s">
-        <v>188</v>
+        <v>261</v>
       </c>
       <c r="D45" s="9" t="s">
-        <v>189</v>
+        <v>262</v>
       </c>
       <c r="E45" s="8">
         <v>2020</v>
       </c>
-      <c r="F45" s="8" t="s">
-[...3 lines deleted...]
-    <row r="46" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+      <c r="F45" s="10" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="46" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B46" s="9" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="C46" s="9" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="D46" s="9" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="E46" s="8">
         <v>2020</v>
       </c>
       <c r="F46" s="8" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="47" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B47" s="9" t="s">
-        <v>127</v>
+        <v>190</v>
       </c>
       <c r="C47" s="9" t="s">
-        <v>128</v>
+        <v>191</v>
       </c>
       <c r="D47" s="9" t="s">
-        <v>129</v>
+        <v>192</v>
       </c>
       <c r="E47" s="8">
         <v>2020</v>
       </c>
       <c r="F47" s="8" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="48" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B48" s="9" t="s">
-        <v>264</v>
+        <v>127</v>
       </c>
       <c r="C48" s="9" t="s">
-        <v>265</v>
+        <v>128</v>
       </c>
       <c r="D48" s="9" t="s">
-        <v>266</v>
+        <v>129</v>
       </c>
       <c r="E48" s="8">
         <v>2020</v>
       </c>
       <c r="F48" s="8" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="49" spans="2:6" ht="58.3" x14ac:dyDescent="0.4">
+    <row r="49" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B49" s="9" t="s">
-        <v>193</v>
+        <v>264</v>
       </c>
       <c r="C49" s="9" t="s">
-        <v>194</v>
+        <v>265</v>
       </c>
       <c r="D49" s="9" t="s">
-        <v>195</v>
+        <v>266</v>
       </c>
       <c r="E49" s="8">
         <v>2020</v>
       </c>
-      <c r="F49" s="12" t="s">
-[...3 lines deleted...]
-    <row r="50" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+      <c r="F49" s="8" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="50" spans="2:6" ht="58.3" x14ac:dyDescent="0.4">
       <c r="B50" s="9" t="s">
-        <v>228</v>
+        <v>193</v>
       </c>
       <c r="C50" s="9" t="s">
-        <v>229</v>
+        <v>194</v>
       </c>
       <c r="D50" s="9" t="s">
-        <v>230</v>
+        <v>195</v>
       </c>
       <c r="E50" s="8">
         <v>2020</v>
       </c>
-      <c r="F50" s="8" t="s">
-[...3 lines deleted...]
-    <row r="51" spans="2:6" ht="102" x14ac:dyDescent="0.4">
+      <c r="F50" s="12" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="51" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B51" s="9" t="s">
-        <v>196</v>
+        <v>228</v>
       </c>
       <c r="C51" s="9" t="s">
-        <v>154</v>
+        <v>229</v>
       </c>
       <c r="D51" s="9" t="s">
-        <v>197</v>
+        <v>230</v>
       </c>
       <c r="E51" s="8">
         <v>2020</v>
       </c>
       <c r="F51" s="8" t="s">
-        <v>198</v>
-[...2 lines deleted...]
-    <row r="52" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="52" spans="2:6" ht="102" x14ac:dyDescent="0.4">
       <c r="B52" s="9" t="s">
-        <v>199</v>
+        <v>196</v>
       </c>
       <c r="C52" s="9" t="s">
         <v>154</v>
       </c>
       <c r="D52" s="9" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="E52" s="8">
         <v>2020</v>
       </c>
       <c r="F52" s="8" t="s">
-        <v>11</v>
+        <v>198</v>
       </c>
     </row>
     <row r="53" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B53" s="9" t="s">
-        <v>130</v>
+        <v>199</v>
       </c>
       <c r="C53" s="9" t="s">
-        <v>131</v>
+        <v>154</v>
       </c>
       <c r="D53" s="9" t="s">
-        <v>132</v>
+        <v>200</v>
       </c>
       <c r="E53" s="8">
         <v>2020</v>
       </c>
       <c r="F53" s="8" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="54" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B54" s="9" t="s">
-        <v>201</v>
+        <v>130</v>
       </c>
       <c r="C54" s="9" t="s">
-        <v>202</v>
+        <v>131</v>
       </c>
       <c r="D54" s="9" t="s">
-        <v>203</v>
+        <v>132</v>
       </c>
       <c r="E54" s="8">
         <v>2020</v>
       </c>
       <c r="F54" s="8" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="55" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
-      <c r="B55" s="13" t="s">
-        <v>133</v>
+      <c r="B55" s="9" t="s">
+        <v>201</v>
       </c>
       <c r="C55" s="9" t="s">
-        <v>134</v>
+        <v>202</v>
       </c>
       <c r="D55" s="9" t="s">
-        <v>135</v>
+        <v>203</v>
       </c>
       <c r="E55" s="8">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="F55" s="8" t="s">
-        <v>136</v>
+        <v>11</v>
       </c>
     </row>
     <row r="56" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B56" s="13" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="C56" s="9" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="D56" s="9" t="s">
-        <v>139</v>
+        <v>135</v>
       </c>
       <c r="E56" s="8">
         <v>2019</v>
       </c>
       <c r="F56" s="8" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="57" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
-      <c r="B57" s="9" t="s">
-        <v>140</v>
+      <c r="B57" s="13" t="s">
+        <v>137</v>
       </c>
       <c r="C57" s="9" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="D57" s="9" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="E57" s="8">
         <v>2019</v>
       </c>
       <c r="F57" s="8" t="s">
-        <v>11</v>
+        <v>136</v>
       </c>
     </row>
     <row r="58" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
-      <c r="B58" s="13" t="s">
-        <v>143</v>
+      <c r="B58" s="9" t="s">
+        <v>140</v>
       </c>
       <c r="C58" s="9" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="D58" s="9" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="E58" s="8">
         <v>2019</v>
       </c>
       <c r="F58" s="8" t="s">
-        <v>58</v>
+        <v>11</v>
       </c>
     </row>
     <row r="59" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B59" s="13" t="s">
-        <v>146</v>
+        <v>143</v>
       </c>
       <c r="C59" s="9" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="D59" s="9" t="s">
-        <v>148</v>
+        <v>145</v>
       </c>
       <c r="E59" s="8">
         <v>2019</v>
       </c>
       <c r="F59" s="8" t="s">
-        <v>136</v>
-[...2 lines deleted...]
-    <row r="60" spans="2:6" ht="72.900000000000006" x14ac:dyDescent="0.4">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="60" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B60" s="13" t="s">
-        <v>78</v>
+        <v>146</v>
       </c>
       <c r="C60" s="9" t="s">
-        <v>79</v>
+        <v>147</v>
       </c>
       <c r="D60" s="9" t="s">
-        <v>80</v>
+        <v>148</v>
       </c>
       <c r="E60" s="8">
         <v>2019</v>
       </c>
       <c r="F60" s="8" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-    <row r="61" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="61" spans="2:6" ht="72.900000000000006" x14ac:dyDescent="0.4">
       <c r="B61" s="13" t="s">
-        <v>149</v>
+        <v>78</v>
       </c>
       <c r="C61" s="9" t="s">
-        <v>150</v>
+        <v>79</v>
       </c>
       <c r="D61" s="9" t="s">
-        <v>151</v>
+        <v>80</v>
       </c>
       <c r="E61" s="8">
         <v>2019</v>
       </c>
       <c r="F61" s="8" t="s">
-        <v>152</v>
+        <v>81</v>
       </c>
     </row>
     <row r="62" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B62" s="13" t="s">
-        <v>82</v>
+        <v>149</v>
       </c>
       <c r="C62" s="9" t="s">
-        <v>83</v>
+        <v>150</v>
       </c>
       <c r="D62" s="9" t="s">
-        <v>84</v>
+        <v>151</v>
       </c>
       <c r="E62" s="8">
         <v>2019</v>
       </c>
       <c r="F62" s="8" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-    <row r="63" spans="2:6" ht="58.3" x14ac:dyDescent="0.4">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="63" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B63" s="13" t="s">
-        <v>153</v>
+        <v>82</v>
       </c>
       <c r="C63" s="9" t="s">
-        <v>154</v>
+        <v>83</v>
       </c>
       <c r="D63" s="9" t="s">
-        <v>155</v>
+        <v>84</v>
       </c>
       <c r="E63" s="8">
         <v>2019</v>
       </c>
       <c r="F63" s="8" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="64" spans="2:6" ht="58.3" x14ac:dyDescent="0.4">
+      <c r="B64" s="13" t="s">
+        <v>153</v>
+      </c>
+      <c r="C64" s="9" t="s">
+        <v>154</v>
+      </c>
+      <c r="D64" s="9" t="s">
+        <v>155</v>
+      </c>
+      <c r="E64" s="8">
+        <v>2019</v>
+      </c>
+      <c r="F64" s="8" t="s">
         <v>136</v>
-      </c>
-[...15 lines deleted...]
-        <v>3</v>
       </c>
     </row>
     <row r="65" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B65" s="9" t="s">
-        <v>302</v>
+        <v>300</v>
       </c>
       <c r="C65" s="9" t="s">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="D65" s="9" t="s">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="E65" s="8">
         <v>2018</v>
       </c>
       <c r="F65" s="8" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="66" spans="2:6" ht="58.3" x14ac:dyDescent="0.4">
+    <row r="66" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B66" s="9" t="s">
-        <v>303</v>
+        <v>301</v>
       </c>
       <c r="C66" s="9" t="s">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="D66" s="9" t="s">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="E66" s="8">
         <v>2018</v>
       </c>
       <c r="F66" s="8" t="s">
-        <v>8</v>
-[...4 lines deleted...]
-        <v>156</v>
+        <v>3</v>
+      </c>
+    </row>
+    <row r="67" spans="2:6" ht="58.3" x14ac:dyDescent="0.4">
+      <c r="B67" s="9" t="s">
+        <v>302</v>
       </c>
       <c r="C67" s="9" t="s">
-        <v>157</v>
+        <v>6</v>
       </c>
       <c r="D67" s="9" t="s">
-        <v>158</v>
+        <v>7</v>
       </c>
       <c r="E67" s="8">
         <v>2018</v>
       </c>
       <c r="F67" s="8" t="s">
-        <v>159</v>
-[...4 lines deleted...]
-        <v>304</v>
+        <v>8</v>
+      </c>
+    </row>
+    <row r="68" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+      <c r="B68" s="13" t="s">
+        <v>156</v>
       </c>
       <c r="C68" s="9" t="s">
-        <v>9</v>
+        <v>157</v>
       </c>
       <c r="D68" s="9" t="s">
-        <v>10</v>
+        <v>158</v>
       </c>
       <c r="E68" s="8">
         <v>2018</v>
       </c>
       <c r="F68" s="8" t="s">
-        <v>11</v>
+        <v>159</v>
       </c>
     </row>
     <row r="69" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B69" s="9" t="s">
-        <v>305</v>
+        <v>303</v>
       </c>
       <c r="C69" s="9" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D69" s="9" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="E69" s="8">
         <v>2018</v>
       </c>
       <c r="F69" s="8" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="70" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B70" s="9" t="s">
-        <v>306</v>
+        <v>304</v>
       </c>
       <c r="C70" s="9" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="D70" s="9" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E70" s="8">
         <v>2018</v>
       </c>
       <c r="F70" s="8" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="71" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B71" s="9" t="s">
-        <v>307</v>
+        <v>305</v>
       </c>
       <c r="C71" s="9" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="D71" s="9" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="E71" s="8">
         <v>2018</v>
       </c>
       <c r="F71" s="8" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="72" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
-      <c r="B72" s="13" t="s">
-        <v>85</v>
+      <c r="B72" s="9" t="s">
+        <v>306</v>
       </c>
       <c r="C72" s="9" t="s">
-        <v>86</v>
+        <v>16</v>
       </c>
       <c r="D72" s="9" t="s">
-        <v>87</v>
+        <v>17</v>
       </c>
       <c r="E72" s="8">
         <v>2018</v>
       </c>
       <c r="F72" s="8" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="73" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+    <row r="73" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B73" s="13" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="C73" s="9" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="D73" s="9" t="s">
-        <v>90</v>
+        <v>87</v>
       </c>
       <c r="E73" s="8">
         <v>2018</v>
       </c>
       <c r="F73" s="8" t="s">
-        <v>91</v>
+        <v>11</v>
       </c>
     </row>
     <row r="74" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
-      <c r="B74" s="9" t="s">
-        <v>308</v>
+      <c r="B74" s="13" t="s">
+        <v>88</v>
       </c>
       <c r="C74" s="9" t="s">
-        <v>18</v>
+        <v>89</v>
       </c>
       <c r="D74" s="9" t="s">
-        <v>19</v>
+        <v>90</v>
       </c>
       <c r="E74" s="8">
         <v>2018</v>
       </c>
       <c r="F74" s="8" t="s">
-        <v>11</v>
+        <v>91</v>
       </c>
     </row>
     <row r="75" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B75" s="9" t="s">
-        <v>309</v>
+        <v>307</v>
       </c>
       <c r="C75" s="9" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="D75" s="9" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E75" s="8">
         <v>2018</v>
       </c>
       <c r="F75" s="8" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
     </row>
     <row r="76" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B76" s="9" t="s">
-        <v>310</v>
+        <v>308</v>
       </c>
       <c r="C76" s="9" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="D76" s="9" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="E76" s="8">
         <v>2018</v>
       </c>
       <c r="F76" s="8" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="77" spans="2:6" ht="58.3" x14ac:dyDescent="0.4">
+    <row r="77" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B77" s="9" t="s">
-        <v>311</v>
+        <v>309</v>
       </c>
       <c r="C77" s="9" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="D77" s="9" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="E77" s="8">
         <v>2018</v>
       </c>
       <c r="F77" s="8" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-    <row r="78" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="78" spans="2:6" ht="58.3" x14ac:dyDescent="0.4">
       <c r="B78" s="9" t="s">
-        <v>312</v>
+        <v>310</v>
       </c>
       <c r="C78" s="9" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="D78" s="9" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="E78" s="8">
         <v>2018</v>
       </c>
       <c r="F78" s="8" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
     </row>
     <row r="79" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B79" s="9" t="s">
-        <v>313</v>
+        <v>311</v>
       </c>
       <c r="C79" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="D79" s="9" t="s">
+        <v>28</v>
+      </c>
+      <c r="E79" s="8">
+        <v>2018</v>
+      </c>
+      <c r="F79" s="8" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="80" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+      <c r="B80" s="9" t="s">
+        <v>312</v>
+      </c>
+      <c r="C80" s="9" t="s">
         <v>29</v>
       </c>
-      <c r="D79" s="9" t="s">
+      <c r="D80" s="9" t="s">
         <v>30</v>
-      </c>
-[...15 lines deleted...]
-        <v>94</v>
       </c>
       <c r="E80" s="8">
         <v>2017</v>
       </c>
       <c r="F80" s="8" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="81" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+    <row r="81" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B81" s="13" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="C81" s="9" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="D81" s="9" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="E81" s="8">
         <v>2017</v>
       </c>
       <c r="F81" s="8" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="82" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
-      <c r="B82" s="9" t="s">
-        <v>314</v>
+      <c r="B82" s="13" t="s">
+        <v>95</v>
       </c>
       <c r="C82" s="9" t="s">
-        <v>31</v>
+        <v>96</v>
       </c>
       <c r="D82" s="9" t="s">
-        <v>32</v>
+        <v>97</v>
       </c>
       <c r="E82" s="8">
         <v>2017</v>
       </c>
       <c r="F82" s="8" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="83" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
-[...1 lines deleted...]
-        <v>98</v>
+    <row r="83" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+      <c r="B83" s="9" t="s">
+        <v>313</v>
       </c>
       <c r="C83" s="9" t="s">
-        <v>99</v>
+        <v>31</v>
       </c>
       <c r="D83" s="9" t="s">
-        <v>100</v>
+        <v>32</v>
       </c>
       <c r="E83" s="8">
         <v>2017</v>
       </c>
       <c r="F83" s="8" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="84" spans="2:6" ht="58.3" x14ac:dyDescent="0.4">
+    <row r="84" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B84" s="13" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="C84" s="9" t="s">
-        <v>102</v>
+        <v>99</v>
       </c>
       <c r="D84" s="9" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="E84" s="8">
         <v>2017</v>
       </c>
       <c r="F84" s="8" t="s">
-        <v>104</v>
+        <v>11</v>
       </c>
     </row>
     <row r="85" spans="2:6" ht="58.3" x14ac:dyDescent="0.4">
-      <c r="B85" s="9" t="s">
-        <v>315</v>
+      <c r="B85" s="13" t="s">
+        <v>101</v>
       </c>
       <c r="C85" s="9" t="s">
-        <v>33</v>
+        <v>102</v>
       </c>
       <c r="D85" s="9" t="s">
-        <v>34</v>
+        <v>103</v>
       </c>
       <c r="E85" s="8">
         <v>2017</v>
       </c>
       <c r="F85" s="8" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-    <row r="86" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="86" spans="2:6" ht="58.3" x14ac:dyDescent="0.4">
       <c r="B86" s="9" t="s">
-        <v>316</v>
+        <v>314</v>
       </c>
       <c r="C86" s="9" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="D86" s="9" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="E86" s="8">
         <v>2017</v>
       </c>
       <c r="F86" s="8" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="87" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B87" s="9" t="s">
-        <v>317</v>
+        <v>315</v>
       </c>
       <c r="C87" s="9" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="D87" s="9" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="E87" s="8">
         <v>2017</v>
       </c>
       <c r="F87" s="8" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="88" spans="2:6" ht="58.3" x14ac:dyDescent="0.4">
+    <row r="88" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B88" s="9" t="s">
-        <v>318</v>
+        <v>316</v>
       </c>
       <c r="C88" s="9" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="D88" s="9" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="E88" s="8">
         <v>2017</v>
       </c>
       <c r="F88" s="8" t="s">
-        <v>41</v>
-[...4 lines deleted...]
-        <v>105</v>
+        <v>11</v>
+      </c>
+    </row>
+    <row r="89" spans="2:6" ht="58.3" x14ac:dyDescent="0.4">
+      <c r="B89" s="9" t="s">
+        <v>317</v>
       </c>
       <c r="C89" s="9" t="s">
-        <v>86</v>
+        <v>39</v>
       </c>
       <c r="D89" s="9" t="s">
-        <v>106</v>
+        <v>40</v>
       </c>
       <c r="E89" s="8">
         <v>2017</v>
       </c>
       <c r="F89" s="8" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
     </row>
     <row r="90" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
-      <c r="B90" s="9" t="s">
-        <v>319</v>
+      <c r="B90" s="13" t="s">
+        <v>105</v>
       </c>
       <c r="C90" s="9" t="s">
-        <v>42</v>
+        <v>86</v>
       </c>
       <c r="D90" s="9" t="s">
-        <v>43</v>
+        <v>106</v>
       </c>
       <c r="E90" s="8">
         <v>2017</v>
       </c>
       <c r="F90" s="8" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="91" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
-[...1 lines deleted...]
-        <v>107</v>
+    <row r="91" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+      <c r="B91" s="9" t="s">
+        <v>318</v>
       </c>
       <c r="C91" s="9" t="s">
-        <v>108</v>
+        <v>42</v>
       </c>
       <c r="D91" s="9" t="s">
-        <v>109</v>
+        <v>43</v>
       </c>
       <c r="E91" s="8">
         <v>2017</v>
       </c>
       <c r="F91" s="8" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="92" spans="2:6" ht="72.900000000000006" x14ac:dyDescent="0.4">
-[...1 lines deleted...]
-        <v>320</v>
+    <row r="92" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+      <c r="B92" s="13" t="s">
+        <v>107</v>
       </c>
       <c r="C92" s="9" t="s">
-        <v>44</v>
+        <v>108</v>
       </c>
       <c r="D92" s="9" t="s">
-        <v>45</v>
+        <v>109</v>
       </c>
       <c r="E92" s="8">
         <v>2017</v>
       </c>
       <c r="F92" s="8" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-    <row r="93" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="93" spans="2:6" ht="72.900000000000006" x14ac:dyDescent="0.4">
       <c r="B93" s="9" t="s">
-        <v>321</v>
+        <v>319</v>
       </c>
       <c r="C93" s="9" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="D93" s="9" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="E93" s="8">
         <v>2017</v>
       </c>
       <c r="F93" s="8" t="s">
-        <v>11</v>
+        <v>46</v>
       </c>
     </row>
     <row r="94" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
-      <c r="B94" s="13" t="s">
-        <v>110</v>
+      <c r="B94" s="9" t="s">
+        <v>320</v>
       </c>
       <c r="C94" s="9" t="s">
-        <v>27</v>
+        <v>47</v>
       </c>
       <c r="D94" s="9" t="s">
-        <v>111</v>
+        <v>48</v>
       </c>
       <c r="E94" s="8">
         <v>2017</v>
       </c>
       <c r="F94" s="8" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="95" spans="2:6" ht="72.900000000000006" x14ac:dyDescent="0.4">
-[...1 lines deleted...]
-        <v>322</v>
+    <row r="95" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+      <c r="B95" s="13" t="s">
+        <v>110</v>
       </c>
       <c r="C95" s="9" t="s">
-        <v>49</v>
+        <v>27</v>
       </c>
       <c r="D95" s="9" t="s">
-        <v>50</v>
+        <v>111</v>
       </c>
       <c r="E95" s="8">
         <v>2017</v>
       </c>
       <c r="F95" s="8" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="96" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
-[...1 lines deleted...]
-        <v>112</v>
+    <row r="96" spans="2:6" ht="72.900000000000006" x14ac:dyDescent="0.4">
+      <c r="B96" s="9" t="s">
+        <v>321</v>
       </c>
       <c r="C96" s="9" t="s">
-        <v>113</v>
+        <v>49</v>
       </c>
       <c r="D96" s="9" t="s">
-        <v>114</v>
+        <v>50</v>
       </c>
       <c r="E96" s="8">
         <v>2017</v>
       </c>
       <c r="F96" s="8" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="97" spans="2:6" ht="58.3" x14ac:dyDescent="0.4">
+    <row r="97" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B97" s="13" t="s">
+        <v>112</v>
+      </c>
+      <c r="C97" s="9" t="s">
+        <v>113</v>
+      </c>
+      <c r="D97" s="9" t="s">
+        <v>114</v>
+      </c>
+      <c r="E97" s="8">
+        <v>2017</v>
+      </c>
+      <c r="F97" s="8" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="98" spans="2:6" ht="58.3" x14ac:dyDescent="0.4">
+      <c r="B98" s="13" t="s">
         <v>160</v>
       </c>
-      <c r="C97" s="9" t="s">
+      <c r="C98" s="9" t="s">
         <v>161</v>
       </c>
-      <c r="D97" s="9" t="s">
+      <c r="D98" s="9" t="s">
         <v>162</v>
-      </c>
-[...15 lines deleted...]
-        <v>52</v>
       </c>
       <c r="E98" s="8">
         <v>2016</v>
       </c>
       <c r="F98" s="8" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="99" spans="2:6" ht="72.900000000000006" x14ac:dyDescent="0.4">
+    <row r="99" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B99" s="9" t="s">
-        <v>324</v>
+        <v>322</v>
       </c>
       <c r="C99" s="9" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="D99" s="9" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="E99" s="8">
         <v>2016</v>
       </c>
       <c r="F99" s="8" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-    <row r="100" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="100" spans="2:6" ht="72.900000000000006" x14ac:dyDescent="0.4">
       <c r="B100" s="9" t="s">
-        <v>325</v>
+        <v>323</v>
       </c>
       <c r="C100" s="9" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="D100" s="9" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="E100" s="8">
         <v>2016</v>
       </c>
       <c r="F100" s="8" t="s">
-        <v>58</v>
-[...2 lines deleted...]
-    <row r="101" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="101" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B101" s="9" t="s">
-        <v>326</v>
+        <v>324</v>
       </c>
       <c r="C101" s="9" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="D101" s="9" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="E101" s="8">
         <v>2016</v>
       </c>
       <c r="F101" s="8" t="s">
-        <v>11</v>
+        <v>58</v>
       </c>
     </row>
     <row r="102" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B102" s="9" t="s">
-        <v>327</v>
+        <v>325</v>
       </c>
       <c r="C102" s="9" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="D102" s="9" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="E102" s="8">
         <v>2016</v>
       </c>
       <c r="F102" s="8" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="103" spans="2:6" ht="72.900000000000006" x14ac:dyDescent="0.4">
+    <row r="103" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B103" s="9" t="s">
-        <v>328</v>
+        <v>326</v>
       </c>
       <c r="C103" s="9" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="D103" s="9" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="E103" s="8">
         <v>2016</v>
       </c>
       <c r="F103" s="8" t="s">
-        <v>55</v>
-[...4 lines deleted...]
-        <v>163</v>
+        <v>11</v>
+      </c>
+    </row>
+    <row r="104" spans="2:6" ht="72.900000000000006" x14ac:dyDescent="0.4">
+      <c r="B104" s="9" t="s">
+        <v>327</v>
       </c>
       <c r="C104" s="9" t="s">
-        <v>37</v>
+        <v>63</v>
       </c>
       <c r="D104" s="9" t="s">
-        <v>164</v>
+        <v>64</v>
       </c>
       <c r="E104" s="8">
         <v>2016</v>
       </c>
       <c r="F104" s="8" t="s">
-        <v>11</v>
-[...4 lines deleted...]
-        <v>329</v>
+        <v>55</v>
+      </c>
+    </row>
+    <row r="105" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+      <c r="B105" s="13" t="s">
+        <v>163</v>
       </c>
       <c r="C105" s="9" t="s">
-        <v>65</v>
+        <v>37</v>
       </c>
       <c r="D105" s="9" t="s">
-        <v>66</v>
+        <v>164</v>
       </c>
       <c r="E105" s="8">
         <v>2016</v>
       </c>
       <c r="F105" s="8" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="106" spans="2:6" ht="72.900000000000006" x14ac:dyDescent="0.4">
+    <row r="106" spans="2:6" x14ac:dyDescent="0.4">
       <c r="B106" s="9" t="s">
-        <v>330</v>
+        <v>328</v>
       </c>
       <c r="C106" s="9" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="D106" s="9" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="E106" s="8">
         <v>2016</v>
       </c>
       <c r="F106" s="8" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-    <row r="107" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="107" spans="2:6" ht="72.900000000000006" x14ac:dyDescent="0.4">
       <c r="B107" s="9" t="s">
-        <v>331</v>
+        <v>329</v>
       </c>
       <c r="C107" s="9" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="D107" s="9" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="E107" s="8">
         <v>2016</v>
       </c>
       <c r="F107" s="8" t="s">
-        <v>11</v>
+        <v>55</v>
       </c>
     </row>
     <row r="108" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B108" s="9" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="C108" s="9" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="D108" s="9" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="E108" s="8">
         <v>2016</v>
       </c>
       <c r="F108" s="8" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="109" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B109" s="9" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="C109" s="9" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="D109" s="9" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="E109" s="8">
         <v>2016</v>
       </c>
       <c r="F109" s="8" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="110" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B110" s="9" t="s">
-        <v>334</v>
+        <v>332</v>
       </c>
       <c r="C110" s="9" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="D110" s="9" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="E110" s="8">
         <v>2016</v>
       </c>
       <c r="F110" s="8" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="111" spans="2:6" x14ac:dyDescent="0.4">
-[...1 lines deleted...]
-      <c r="C111" s="17"/>
+    <row r="111" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+      <c r="B111" s="9" t="s">
+        <v>333</v>
+      </c>
+      <c r="C111" s="9" t="s">
+        <v>75</v>
+      </c>
+      <c r="D111" s="9" t="s">
+        <v>76</v>
+      </c>
+      <c r="E111" s="8">
+        <v>2016</v>
+      </c>
+      <c r="F111" s="8" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="112" spans="2:6" x14ac:dyDescent="0.4">
+      <c r="B112" s="17"/>
+      <c r="C112" s="17"/>
     </row>
   </sheetData>
   <mergeCells count="11">
     <mergeCell ref="B1:F1"/>
     <mergeCell ref="B2:F2"/>
-    <mergeCell ref="B111:C111"/>
+    <mergeCell ref="B112:C112"/>
     <mergeCell ref="B3:C3"/>
     <mergeCell ref="D3:F3"/>
     <mergeCell ref="B4:C4"/>
     <mergeCell ref="D4:F4"/>
     <mergeCell ref="B5:C5"/>
     <mergeCell ref="D5:F5"/>
     <mergeCell ref="B6:C6"/>
     <mergeCell ref="D6:F6"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B3:G3" r:id="rId1" display="https://www.echr.coe.int/Pages/home.aspx?p=library&amp;c=" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
     <hyperlink ref="B5:G5" r:id="rId2" display="For more references, refer to theLibrary's catalogue." xr:uid="{D5518BB0-BBD8-493D-A540-365CEC67C0C7}"/>
     <hyperlink ref="B3:F3" r:id="rId3" display="https://www.echr.coe.int/Pages/home.aspx?p=library&amp;c=" xr:uid="{F09393FA-58B7-4D86-9E3F-EA46BA6D7D27}"/>
     <hyperlink ref="B5:F5" r:id="rId4" display="For more references, refer to theLibrary’s catalogue." xr:uid="{3B27FD29-527D-46D5-9C43-ABAA57CD2C3C}"/>
     <hyperlink ref="D3:F3" r:id="rId5" display="Tous les documents sont disponibles à la Bibliothèque de la Cour. Pour les consulter, un rendez-vous peut être pris sur le site de la Bibliothèque." xr:uid="{123F6D58-3F9C-4325-B587-FF31F111F7D8}"/>
     <hyperlink ref="D5:F5" r:id="rId6" display="Pour plus de références, consulter lecatalogue de la Bibliothèque." xr:uid="{1CE0B05D-D726-4EDF-920B-03ADC5B44F1A}"/>
     <hyperlink ref="B3:C3" r:id="rId7" display="All documents are available in the Court'sLibrary, and an appointment to consult them can be made via the Library webpage." xr:uid="{93C7A5C2-4D93-424B-895B-5BD42856F733}"/>
     <hyperlink ref="B5:C5" r:id="rId8" display="For more references, refer to theLibrary’s catalogue." xr:uid="{8A4F6678-157C-4574-BBA1-43EC44DE9A34}"/>
-    <hyperlink ref="F33" r:id="rId9" xr:uid="{8AFE9EE3-919A-4934-BA27-C7ECA8B1CDAC}"/>
-[...2 lines deleted...]
-    <hyperlink ref="F44" r:id="rId12" xr:uid="{D1497CA9-112A-4187-82CE-CC20A630609B}"/>
+    <hyperlink ref="F34" r:id="rId9" xr:uid="{BD029E44-2466-467C-A4D6-A6074491E60F}"/>
+    <hyperlink ref="F50" r:id="rId10" xr:uid="{283F6E98-1B06-4476-BDB8-F6F24495CC4C}"/>
+    <hyperlink ref="F13" r:id="rId11" xr:uid="{7F141CF3-2DAB-4158-9712-686755FB5C8B}"/>
+    <hyperlink ref="F45" r:id="rId12" xr:uid="{B6E08668-8345-4E31-9DBD-D7F619079750}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.59055118110236227" right="0.67812499999999998" top="0.39" bottom="0.71" header="0.31496062992125984" footer="0.15"/>
   <pageSetup paperSize="9" scale="73" fitToHeight="0" orientation="landscape" r:id="rId13"/>
   <headerFooter differentFirst="1"/>
   <drawing r:id="rId14"/>
   <tableParts count="1">
     <tablePart r:id="rId15"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr codeName="Sheet2"/>
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.6" x14ac:dyDescent="0.4"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>