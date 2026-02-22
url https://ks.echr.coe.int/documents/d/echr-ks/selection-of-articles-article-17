--- v0 (2025-10-08)
+++ v1 (2026-02-22)
@@ -4,75 +4,75 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="26731"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27928"/>
   <workbookPr codeName="ThisWorkbook" autoCompressPictures="0" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\souppart\AppData\Roaming\OpenText\DM\Temp\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Souppart\AppData\Roaming\OpenText\DM\Temp\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{7D87B2CE-A24C-4E40-AF52-078CFF3E4B8F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{FB33E0FB-1BB7-4936-824E-2675AA522CFD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-103" yWindow="-103" windowWidth="16663" windowHeight="10492" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
     <sheet name="Sheet2" sheetId="2" r:id="rId2"/>
     <sheet name="Sheet3" sheetId="3" r:id="rId3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Sheet1!$B$7:$F$59</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Sheet1!$B$7:$F$61</definedName>
   </definedNames>
   <calcPr calcId="145621"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="223" uniqueCount="190">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="231" uniqueCount="197">
   <si>
     <t xml:space="preserve">Date </t>
   </si>
   <si>
     <t xml:space="preserve">La liberté d'expression confrontée à la lutte contre le terrorisme dans la système conventionnel européen </t>
   </si>
   <si>
     <t xml:space="preserve">Denizeau, Charlotte </t>
   </si>
   <si>
     <t xml:space="preserve">La lutte contre le terrorisme et les droits fondamentaux en droit comparé : matinée d'étude du 10 novembre 2017 / sous la direction de Dianela Piana et François Molinié. - Paris : Société de législation comparée, 2018. - p. [229]-250 </t>
   </si>
   <si>
     <t>342.78 % PIA</t>
   </si>
   <si>
     <t>La détestable liberté d'expression de Fouad Belkacem devant les Hautes juridictions : deux constructions jurisprudentielles pour la lui refuser (obs. sous Cour eur. dr. h., décision Belkacem c. Belgique, 27 juin 2017 et sous Cass. (b.), 29 octobre 2013)</t>
   </si>
   <si>
     <t xml:space="preserve">Triaille, Louis </t>
   </si>
   <si>
     <t xml:space="preserve">Revue trimestrielle des droits de l'homme, 29e année, n° 115 (1er juil. 2018), p. [729]-759 </t>
   </si>
   <si>
@@ -736,52 +736,73 @@
   </si>
   <si>
     <t>ECHR-KS / CEDH-KS</t>
   </si>
   <si>
     <t>Inappropriate or inadmissible ? : Offensive language as grounds for inadmissibility under the European Court of Human Rights = Inapproprié ou inadmissible ? : Le langage offensant comme motif d'irrecevabilité en vertu de la Cour européenne des droits de l'homme</t>
   </si>
   <si>
     <t>Glas, Lize R.</t>
   </si>
   <si>
     <t>Journal européen des droits de l'homme = European journal of human rights, n° 2 (2023), p. 75-94</t>
   </si>
   <si>
     <t>Liberté d'expression artistique et principe du respect de la dignité humaine : avis oral de l'avocate générale en service extraordinaire à la Cour de cassation</t>
   </si>
   <si>
     <t>Mallet-Bricourt, Blandine</t>
   </si>
   <si>
     <t>La Semaine juridique : édition générale (JCP), 98e année, n° 1 (8 janv. 2024), p. 12-17</t>
   </si>
   <si>
     <t xml:space="preserve">Article and Chapter selection - Sélection d'articles et chapitres
 Article 17
-(Last updated - Dernière mise à jour : 28/02/2025)
+(Last updated - Dernière mise à jour : 31/08/2025)
 </t>
+  </si>
+  <si>
+    <t>The fight against disinformation in the Council of Europe, and the relevant case law of the European Court of Human Rights</t>
+  </si>
+  <si>
+    <t>Török, Bernát</t>
+  </si>
+  <si>
+    <t>Disinformation, misinformation, and democracy : legal approaches in comparative context / edited by Ronald J. Krotoszynski Jr., András Koltay, Charlotte Garden. - Cambridge ... [et al.] : Cambridge University Press, 2025. - p. 161-196</t>
+  </si>
+  <si>
+    <t>DIGITAL</t>
+  </si>
+  <si>
+    <t>Hate speech, offences to religion and public morals in Strasbourg case law</t>
+  </si>
+  <si>
+    <t>Martínez-Torrón, Javier</t>
+  </si>
+  <si>
+    <t>Conscience and liberty, n° 84 (2024), p. 13-60</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="12" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="4" tint="-0.499984740745262"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="4" tint="-0.249977111117893"/>
@@ -890,51 +911,51 @@
         <color theme="4"/>
       </right>
       <top style="thin">
         <color theme="4"/>
       </top>
       <bottom style="thin">
         <color theme="4"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color theme="4"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="22">
+  <cellXfs count="23">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
@@ -953,57 +974,84 @@
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="9"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="2" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="9"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="9"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="9"/>
     </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="2" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Hyperlink 2" xfId="2" xr:uid="{6FD11046-6A3D-481D-A6F7-7C40E41AA76D}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0" customBuiltin="1"/>
   </cellStyles>
   <dxfs count="10">
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="4" tint="-0.499984740745262"/>
+        <name val="Calibri"/>
+        <scheme val="minor"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor indexed="65"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="1" indent="1" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color theme="4" tint="-0.499984740745262"/>
         <name val="Calibri"/>
         <scheme val="minor"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor indexed="65"/>
         </patternFill>
       </fill>
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0">
         <left style="thin">
@@ -1184,74 +1232,50 @@
     </dxf>
     <dxf>
       <border outline="0">
         <top style="thin">
           <color theme="4"/>
         </top>
       </border>
     </dxf>
     <dxf>
       <border outline="0">
         <left style="thin">
           <color theme="4"/>
         </left>
         <right style="thin">
           <color theme="4"/>
         </right>
         <top style="thin">
           <color theme="4"/>
         </top>
         <bottom style="thin">
           <color theme="4"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
-      <font>
-[...22 lines deleted...]
-    <dxf>
       <border outline="0">
         <bottom style="thin">
           <color theme="4"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="14"/>
         <color theme="0"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <fill>
         <patternFill patternType="solid">
@@ -1325,58 +1349,58 @@
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="160020" y="45720"/>
           <a:ext cx="2350112" cy="888531"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="Table1" displayName="Table1" ref="B7:F59" totalsRowShown="0" headerRowDxfId="9" dataDxfId="7" headerRowBorderDxfId="8" tableBorderDxfId="6" totalsRowBorderDxfId="5">
-  <autoFilter ref="B7:F59" xr:uid="{00000000-0009-0000-0100-000001000000}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="Table1" displayName="Table1" ref="B7:F61" totalsRowShown="0" headerRowDxfId="9" dataDxfId="0" headerRowBorderDxfId="8" tableBorderDxfId="7" totalsRowBorderDxfId="6">
+  <autoFilter ref="B7:F61" xr:uid="{00000000-0009-0000-0100-000001000000}"/>
   <tableColumns count="5">
-    <tableColumn id="1" xr3:uid="{00000000-0010-0000-0000-000001000000}" name="  Title - Titre" dataDxfId="4"/>
-[...3 lines deleted...]
-    <tableColumn id="5" xr3:uid="{00000000-0010-0000-0000-000005000000}" name="Call number - Cote" dataDxfId="0"/>
+    <tableColumn id="1" xr3:uid="{00000000-0010-0000-0000-000001000000}" name="  Title - Titre" dataDxfId="5"/>
+    <tableColumn id="2" xr3:uid="{00000000-0010-0000-0000-000002000000}" name="Author - Auteur" dataDxfId="4"/>
+    <tableColumn id="3" xr3:uid="{00000000-0010-0000-0000-000003000000}" name="Source / Publisher - Éditeur" dataDxfId="3"/>
+    <tableColumn id="4" xr3:uid="{00000000-0010-0000-0000-000004000000}" name="Date " dataDxfId="2"/>
+    <tableColumn id="5" xr3:uid="{00000000-0010-0000-0000-000005000000}" name="Call number - Cote" dataDxfId="1"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
@@ -1624,67 +1648,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hrls.echr.coe.int/uhtbin/cgisirsi.exe/x/0/0/5?searchdata1=couredh%20AND%20cedh-17%7b694%7d&amp;sort_by=-PBYR" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.echr.coe.int/Pages/home.aspx?p=library&amp;c=" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.echr.coe.int/Pages/home.aspx?p=library&amp;c=" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hrls.echr.coe.int/uhtbin/cgisirsi.exe/x/0/0/5?searchdata1=couredh%20and%20cedh-17%7b694%7d&amp;sort_by=-PBYR" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.echr.coe.int/Pages/home.aspx?p=library&amp;c=" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hrls.echr.coe.int/uhtbin/cgisirsi.exe/x/0/0/5?searchdata1=couredh%20AND%20cedh-17%7b694%7d&amp;sort_by=-PBYR" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.echr.coe.int/Pages/home.aspx?p=library&amp;c=fre" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hrls.echr.coe.int/uhtbin/cgisirsi.exe/x/0/0/5?searchdata1=couredh%20AND%20cedh-4%7b694%7d&amp;sort_by=-PBYR" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hrls.echr.coe.int/uhtbin/cgisirsi.exe/x/0/0/5?searchdata1=couredh%20AND%20cedh-17%7b694%7d&amp;sort_by=-PBYR" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.echr.coe.int/Pages/home.aspx?p=library&amp;c=" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.echr.coe.int/Pages/home.aspx?p=library&amp;c=" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hrls.echr.coe.int/uhtbin/cgisirsi.exe/x/0/0/5?searchdata1=couredh%20and%20cedh-17%7b694%7d&amp;sort_by=-PBYR" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.echr.coe.int/Pages/home.aspx?p=library&amp;c=" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hrls.echr.coe.int/uhtbin/cgisirsi.exe/x/0/0/5?searchdata1=couredh%20AND%20cedh-17%7b694%7d&amp;sort_by=-PBYR" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.echr.coe.int/Pages/home.aspx?p=library&amp;c=fre" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hrls.echr.coe.int/uhtbin/cgisirsi.exe/x/0/0/5?searchdata1=couredh%20AND%20cedh-4%7b694%7d&amp;sort_by=-PBYR" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/9781009373272.011" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet1">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="B1:F60"/>
+  <dimension ref="B1:F62"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="B2" sqref="B2:F2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.15234375" defaultRowHeight="14.6" x14ac:dyDescent="0.4"/>
   <cols>
     <col min="1" max="1" width="1.69140625" style="1" customWidth="1"/>
     <col min="2" max="2" width="51.53515625" style="3" customWidth="1"/>
     <col min="3" max="3" width="27.84375" style="3" customWidth="1"/>
     <col min="4" max="4" width="62" style="3" customWidth="1"/>
     <col min="5" max="5" width="12" style="2" customWidth="1"/>
     <col min="6" max="6" width="26.53515625" style="3" customWidth="1"/>
     <col min="7" max="16384" width="9.15234375" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:6" ht="23.15" x14ac:dyDescent="0.4">
       <c r="B1" s="11" t="s">
         <v>182</v>
       </c>
       <c r="C1" s="11"/>
       <c r="D1" s="11"/>
       <c r="E1" s="11"/>
       <c r="F1" s="11"/>
     </row>
@@ -1736,969 +1760,1004 @@
       </c>
       <c r="C6" s="18"/>
       <c r="D6" s="19" t="s">
         <v>152</v>
       </c>
       <c r="E6" s="19"/>
       <c r="F6" s="19"/>
     </row>
     <row r="7" spans="2:6" s="2" customFormat="1" ht="51" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B7" s="4" t="s">
         <v>153</v>
       </c>
       <c r="C7" s="4" t="s">
         <v>154</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>155</v>
       </c>
       <c r="E7" s="4" t="s">
         <v>0</v>
       </c>
       <c r="F7" s="4" t="s">
         <v>156</v>
       </c>
     </row>
-    <row r="8" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+    <row r="8" spans="2:6" ht="58.3" x14ac:dyDescent="0.4">
       <c r="B8" s="8" t="s">
+        <v>190</v>
+      </c>
+      <c r="C8" s="8" t="s">
+        <v>191</v>
+      </c>
+      <c r="D8" s="8" t="s">
+        <v>192</v>
+      </c>
+      <c r="E8" s="7">
+        <v>2025</v>
+      </c>
+      <c r="F8" s="22" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="9" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+      <c r="B9" s="8" t="s">
         <v>186</v>
       </c>
-      <c r="C8" s="8" t="s">
+      <c r="C9" s="8" t="s">
         <v>187</v>
       </c>
-      <c r="D8" s="8" t="s">
+      <c r="D9" s="8" t="s">
         <v>188</v>
       </c>
-      <c r="E8" s="7">
+      <c r="E9" s="7">
         <v>2024</v>
-      </c>
-[...15 lines deleted...]
-        <v>2023</v>
       </c>
       <c r="F9" s="7" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="10" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B10" s="8" t="s">
-        <v>171</v>
+        <v>194</v>
       </c>
       <c r="C10" s="8" t="s">
-        <v>172</v>
+        <v>195</v>
       </c>
       <c r="D10" s="8" t="s">
-        <v>173</v>
+        <v>196</v>
       </c>
       <c r="E10" s="7">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="F10" s="7" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-    <row r="11" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="11" spans="2:6" ht="72.900000000000006" x14ac:dyDescent="0.4">
       <c r="B11" s="8" t="s">
-        <v>166</v>
+        <v>183</v>
       </c>
       <c r="C11" s="8" t="s">
-        <v>143</v>
+        <v>184</v>
       </c>
       <c r="D11" s="8" t="s">
-        <v>167</v>
+        <v>185</v>
       </c>
       <c r="E11" s="7">
         <v>2023</v>
       </c>
       <c r="F11" s="7" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="12" spans="2:6" x14ac:dyDescent="0.4">
+    <row r="12" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B12" s="8" t="s">
-        <v>157</v>
+        <v>171</v>
       </c>
       <c r="C12" s="8" t="s">
-        <v>158</v>
+        <v>172</v>
       </c>
       <c r="D12" s="8" t="s">
-        <v>159</v>
+        <v>173</v>
       </c>
       <c r="E12" s="7">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="F12" s="7" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="13" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+    <row r="13" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B13" s="8" t="s">
-        <v>160</v>
+        <v>166</v>
       </c>
       <c r="C13" s="8" t="s">
-        <v>161</v>
+        <v>143</v>
       </c>
       <c r="D13" s="8" t="s">
-        <v>162</v>
+        <v>167</v>
       </c>
       <c r="E13" s="7">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="F13" s="7" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="14" spans="2:6" ht="102" x14ac:dyDescent="0.4">
+    <row r="14" spans="2:6" x14ac:dyDescent="0.4">
       <c r="B14" s="8" t="s">
-        <v>174</v>
+        <v>157</v>
       </c>
       <c r="C14" s="8" t="s">
-        <v>175</v>
+        <v>158</v>
       </c>
       <c r="D14" s="8" t="s">
-        <v>176</v>
+        <v>159</v>
       </c>
       <c r="E14" s="7">
         <v>2022</v>
       </c>
       <c r="F14" s="7" t="s">
-        <v>177</v>
-[...2 lines deleted...]
-    <row r="15" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="15" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B15" s="8" t="s">
-        <v>178</v>
+        <v>160</v>
       </c>
       <c r="C15" s="8" t="s">
-        <v>179</v>
+        <v>161</v>
       </c>
       <c r="D15" s="8" t="s">
-        <v>180</v>
+        <v>162</v>
       </c>
       <c r="E15" s="7">
         <v>2022</v>
       </c>
       <c r="F15" s="7" t="s">
-        <v>181</v>
-[...2 lines deleted...]
-    <row r="16" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="16" spans="2:6" ht="102" x14ac:dyDescent="0.4">
       <c r="B16" s="8" t="s">
-        <v>168</v>
+        <v>174</v>
       </c>
       <c r="C16" s="8" t="s">
-        <v>169</v>
+        <v>175</v>
       </c>
       <c r="D16" s="8" t="s">
-        <v>170</v>
+        <v>176</v>
       </c>
       <c r="E16" s="7">
         <v>2022</v>
       </c>
       <c r="F16" s="7" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-    <row r="17" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="17" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B17" s="8" t="s">
-        <v>163</v>
+        <v>178</v>
       </c>
       <c r="C17" s="8" t="s">
-        <v>164</v>
+        <v>179</v>
       </c>
       <c r="D17" s="8" t="s">
-        <v>165</v>
+        <v>180</v>
       </c>
       <c r="E17" s="7">
         <v>2022</v>
       </c>
       <c r="F17" s="7" t="s">
-        <v>8</v>
+        <v>181</v>
       </c>
     </row>
     <row r="18" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B18" s="8" t="s">
-        <v>139</v>
+        <v>168</v>
       </c>
       <c r="C18" s="8" t="s">
-        <v>140</v>
+        <v>169</v>
       </c>
       <c r="D18" s="8" t="s">
-        <v>141</v>
+        <v>170</v>
       </c>
       <c r="E18" s="7">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="F18" s="7" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="19" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+    <row r="19" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B19" s="8" t="s">
-        <v>142</v>
+        <v>163</v>
       </c>
       <c r="C19" s="8" t="s">
-        <v>143</v>
+        <v>164</v>
       </c>
       <c r="D19" s="8" t="s">
-        <v>144</v>
+        <v>165</v>
       </c>
       <c r="E19" s="7">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="F19" s="7" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="20" spans="2:6" ht="102" x14ac:dyDescent="0.4">
+    <row r="20" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B20" s="8" t="s">
-        <v>127</v>
+        <v>139</v>
       </c>
       <c r="C20" s="8" t="s">
-        <v>128</v>
+        <v>140</v>
       </c>
       <c r="D20" s="8" t="s">
-        <v>129</v>
+        <v>141</v>
       </c>
       <c r="E20" s="7">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="F20" s="7" t="s">
-        <v>130</v>
+        <v>8</v>
       </c>
     </row>
     <row r="21" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B21" s="8" t="s">
-        <v>131</v>
+        <v>142</v>
       </c>
       <c r="C21" s="8" t="s">
-        <v>132</v>
+        <v>143</v>
       </c>
       <c r="D21" s="8" t="s">
-        <v>133</v>
+        <v>144</v>
       </c>
       <c r="E21" s="7">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="F21" s="7" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="22" spans="2:6" x14ac:dyDescent="0.4">
+    <row r="22" spans="2:6" ht="102" x14ac:dyDescent="0.4">
       <c r="B22" s="8" t="s">
-        <v>102</v>
+        <v>127</v>
       </c>
       <c r="C22" s="8" t="s">
-        <v>103</v>
+        <v>128</v>
       </c>
       <c r="D22" s="8" t="s">
-        <v>104</v>
+        <v>129</v>
       </c>
       <c r="E22" s="7">
         <v>2020</v>
       </c>
       <c r="F22" s="7" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-    <row r="23" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="23" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B23" s="8" t="s">
-        <v>105</v>
+        <v>131</v>
       </c>
       <c r="C23" s="8" t="s">
-        <v>106</v>
+        <v>132</v>
       </c>
       <c r="D23" s="8" t="s">
-        <v>107</v>
+        <v>133</v>
       </c>
       <c r="E23" s="7">
         <v>2020</v>
       </c>
       <c r="F23" s="7" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="24" spans="2:6" ht="87.45" x14ac:dyDescent="0.4">
+    <row r="24" spans="2:6" x14ac:dyDescent="0.4">
       <c r="B24" s="8" t="s">
+        <v>102</v>
+      </c>
+      <c r="C24" s="8" t="s">
+        <v>103</v>
+      </c>
+      <c r="D24" s="8" t="s">
+        <v>104</v>
+      </c>
+      <c r="E24" s="7">
+        <v>2020</v>
+      </c>
+      <c r="F24" s="7" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="25" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+      <c r="B25" s="8" t="s">
+        <v>105</v>
+      </c>
+      <c r="C25" s="8" t="s">
+        <v>106</v>
+      </c>
+      <c r="D25" s="8" t="s">
+        <v>107</v>
+      </c>
+      <c r="E25" s="7">
+        <v>2020</v>
+      </c>
+      <c r="F25" s="7" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="26" spans="2:6" ht="87.45" x14ac:dyDescent="0.4">
+      <c r="B26" s="8" t="s">
         <v>108</v>
       </c>
-      <c r="C24" s="8" t="s">
+      <c r="C26" s="8" t="s">
         <v>44</v>
       </c>
-      <c r="D24" s="8" t="s">
+      <c r="D26" s="8" t="s">
         <v>109</v>
-      </c>
-[...32 lines deleted...]
-        <v>135</v>
       </c>
       <c r="E26" s="7">
         <v>2019</v>
       </c>
       <c r="F26" s="7" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-    <row r="27" spans="2:6" x14ac:dyDescent="0.4">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="27" spans="2:6" ht="72.900000000000006" x14ac:dyDescent="0.4">
       <c r="B27" s="8" t="s">
-        <v>111</v>
+        <v>91</v>
       </c>
       <c r="C27" s="8" t="s">
-        <v>112</v>
+        <v>92</v>
       </c>
       <c r="D27" s="8" t="s">
-        <v>113</v>
+        <v>93</v>
       </c>
       <c r="E27" s="7">
         <v>2019</v>
       </c>
       <c r="F27" s="7" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-    <row r="28" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="28" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B28" s="8" t="s">
-        <v>95</v>
+        <v>134</v>
       </c>
       <c r="C28" s="8" t="s">
-        <v>96</v>
+        <v>119</v>
       </c>
       <c r="D28" s="8" t="s">
-        <v>97</v>
+        <v>135</v>
       </c>
       <c r="E28" s="7">
         <v>2019</v>
       </c>
       <c r="F28" s="7" t="s">
-        <v>98</v>
-[...2 lines deleted...]
-    <row r="29" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="29" spans="2:6" x14ac:dyDescent="0.4">
       <c r="B29" s="8" t="s">
-        <v>99</v>
+        <v>111</v>
       </c>
       <c r="C29" s="8" t="s">
-        <v>100</v>
+        <v>112</v>
       </c>
       <c r="D29" s="8" t="s">
-        <v>101</v>
+        <v>113</v>
       </c>
       <c r="E29" s="7">
         <v>2019</v>
       </c>
       <c r="F29" s="7" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="30" spans="2:6" ht="58.3" x14ac:dyDescent="0.4">
+    <row r="30" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B30" s="8" t="s">
-        <v>114</v>
+        <v>95</v>
       </c>
       <c r="C30" s="8" t="s">
-        <v>115</v>
+        <v>96</v>
       </c>
       <c r="D30" s="8" t="s">
-        <v>116</v>
+        <v>97</v>
       </c>
       <c r="E30" s="7">
         <v>2019</v>
       </c>
       <c r="F30" s="7" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="31" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+      <c r="B31" s="8" t="s">
+        <v>99</v>
+      </c>
+      <c r="C31" s="8" t="s">
+        <v>100</v>
+      </c>
+      <c r="D31" s="8" t="s">
+        <v>101</v>
+      </c>
+      <c r="E31" s="7">
+        <v>2019</v>
+      </c>
+      <c r="F31" s="7" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="32" spans="2:6" ht="58.3" x14ac:dyDescent="0.4">
+      <c r="B32" s="8" t="s">
+        <v>114</v>
+      </c>
+      <c r="C32" s="8" t="s">
+        <v>115</v>
+      </c>
+      <c r="D32" s="8" t="s">
+        <v>116</v>
+      </c>
+      <c r="E32" s="7">
+        <v>2019</v>
+      </c>
+      <c r="F32" s="7" t="s">
         <v>117</v>
       </c>
     </row>
-    <row r="31" spans="2:6" ht="58.3" x14ac:dyDescent="0.4">
-      <c r="B31" s="8" t="s">
+    <row r="33" spans="2:6" ht="58.3" x14ac:dyDescent="0.4">
+      <c r="B33" s="8" t="s">
         <v>1</v>
       </c>
-      <c r="C31" s="8" t="s">
+      <c r="C33" s="8" t="s">
         <v>2</v>
       </c>
-      <c r="D31" s="8" t="s">
+      <c r="D33" s="8" t="s">
         <v>3</v>
-      </c>
-[...32 lines deleted...]
-        <v>124</v>
       </c>
       <c r="E33" s="7">
         <v>2018</v>
       </c>
       <c r="F33" s="7" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
     </row>
     <row r="34" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B34" s="8" t="s">
-        <v>125</v>
+        <v>118</v>
       </c>
       <c r="C34" s="8" t="s">
-        <v>100</v>
+        <v>119</v>
       </c>
       <c r="D34" s="8" t="s">
-        <v>126</v>
+        <v>120</v>
       </c>
       <c r="E34" s="7">
         <v>2018</v>
       </c>
       <c r="F34" s="7" t="s">
-        <v>8</v>
+        <v>121</v>
       </c>
     </row>
     <row r="35" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B35" s="8" t="s">
-        <v>136</v>
+        <v>122</v>
       </c>
       <c r="C35" s="8" t="s">
-        <v>137</v>
+        <v>123</v>
       </c>
       <c r="D35" s="8" t="s">
-        <v>138</v>
+        <v>124</v>
       </c>
       <c r="E35" s="7">
         <v>2018</v>
       </c>
       <c r="F35" s="7" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-    <row r="36" spans="2:6" ht="72.900000000000006" x14ac:dyDescent="0.4">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="36" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B36" s="8" t="s">
-        <v>5</v>
+        <v>125</v>
       </c>
       <c r="C36" s="8" t="s">
-        <v>6</v>
+        <v>100</v>
       </c>
       <c r="D36" s="8" t="s">
-        <v>7</v>
+        <v>126</v>
       </c>
       <c r="E36" s="7">
         <v>2018</v>
       </c>
       <c r="F36" s="7" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="37" spans="2:6" ht="58.3" x14ac:dyDescent="0.4">
+    <row r="37" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B37" s="8" t="s">
-        <v>9</v>
+        <v>136</v>
       </c>
       <c r="C37" s="8" t="s">
-        <v>10</v>
+        <v>137</v>
       </c>
       <c r="D37" s="8" t="s">
-        <v>11</v>
+        <v>138</v>
       </c>
       <c r="E37" s="7">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="F37" s="7" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-    <row r="38" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="38" spans="2:6" ht="72.900000000000006" x14ac:dyDescent="0.4">
       <c r="B38" s="8" t="s">
-        <v>12</v>
+        <v>5</v>
       </c>
       <c r="C38" s="8" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
       <c r="D38" s="8" t="s">
-        <v>14</v>
+        <v>7</v>
       </c>
       <c r="E38" s="7">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="F38" s="7" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="39" spans="2:6" ht="72.900000000000006" x14ac:dyDescent="0.4">
+    <row r="39" spans="2:6" ht="58.3" x14ac:dyDescent="0.4">
       <c r="B39" s="8" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="C39" s="8" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="D39" s="8" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="E39" s="7">
         <v>2017</v>
       </c>
       <c r="F39" s="7" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-    <row r="40" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="40" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B40" s="8" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="C40" s="8" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="D40" s="8" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="E40" s="7">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="F40" s="7" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="41" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+    <row r="41" spans="2:6" ht="72.900000000000006" x14ac:dyDescent="0.4">
       <c r="B41" s="8" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="C41" s="8" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="D41" s="8" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="E41" s="7">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="F41" s="7" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-    <row r="42" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="42" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B42" s="8" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="C42" s="8" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="D42" s="8" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="E42" s="7">
         <v>2015</v>
       </c>
       <c r="F42" s="7" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="43" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B43" s="8" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="C43" s="8" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="D43" s="8" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="E43" s="7">
         <v>2015</v>
       </c>
       <c r="F43" s="7" t="s">
-        <v>31</v>
+        <v>8</v>
       </c>
     </row>
     <row r="44" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B44" s="8" t="s">
+        <v>25</v>
+      </c>
+      <c r="C44" s="8" t="s">
+        <v>26</v>
+      </c>
+      <c r="D44" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="E44" s="7">
+        <v>2015</v>
+      </c>
+      <c r="F44" s="7" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="45" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+      <c r="B45" s="8" t="s">
+        <v>28</v>
+      </c>
+      <c r="C45" s="8" t="s">
+        <v>29</v>
+      </c>
+      <c r="D45" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="E45" s="7">
+        <v>2015</v>
+      </c>
+      <c r="F45" s="7" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="46" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+      <c r="B46" s="8" t="s">
         <v>32</v>
       </c>
-      <c r="C44" s="8" t="s">
+      <c r="C46" s="8" t="s">
         <v>33</v>
       </c>
-      <c r="D44" s="8" t="s">
+      <c r="D46" s="8" t="s">
         <v>34</v>
-      </c>
-[...32 lines deleted...]
-        <v>42</v>
       </c>
       <c r="E46" s="7">
         <v>2014</v>
       </c>
       <c r="F46" s="7" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-    <row r="47" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="47" spans="2:6" ht="58.3" x14ac:dyDescent="0.4">
       <c r="B47" s="8" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="C47" s="8" t="s">
-        <v>44</v>
+        <v>37</v>
       </c>
       <c r="D47" s="8" t="s">
-        <v>45</v>
+        <v>38</v>
       </c>
       <c r="E47" s="7">
         <v>2014</v>
       </c>
       <c r="F47" s="7" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-    <row r="48" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="48" spans="2:6" ht="72.900000000000006" x14ac:dyDescent="0.4">
       <c r="B48" s="8" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="C48" s="8" t="s">
-        <v>47</v>
+        <v>41</v>
       </c>
       <c r="D48" s="8" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="E48" s="7">
         <v>2014</v>
       </c>
       <c r="F48" s="7" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="49" spans="2:6" ht="58.3" x14ac:dyDescent="0.4">
+    <row r="49" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B49" s="8" t="s">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="C49" s="8" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="D49" s="8" t="s">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="E49" s="7">
-        <v>2013</v>
-[...5 lines deleted...]
-    <row r="50" spans="2:6" x14ac:dyDescent="0.4">
+        <v>2014</v>
+      </c>
+      <c r="F49" s="7" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="50" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B50" s="8" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="C50" s="8" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="D50" s="8" t="s">
-        <v>55</v>
+        <v>48</v>
       </c>
       <c r="E50" s="7">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="F50" s="7" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="51" spans="2:6" ht="102" x14ac:dyDescent="0.4">
+    <row r="51" spans="2:6" ht="58.3" x14ac:dyDescent="0.4">
       <c r="B51" s="8" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="C51" s="8" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="D51" s="8" t="s">
-        <v>58</v>
+        <v>51</v>
       </c>
       <c r="E51" s="7">
         <v>2013</v>
       </c>
-      <c r="F51" s="7" t="s">
-[...3 lines deleted...]
-    <row r="52" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+      <c r="F51" s="10" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="52" spans="2:6" x14ac:dyDescent="0.4">
       <c r="B52" s="8" t="s">
-        <v>60</v>
+        <v>53</v>
       </c>
       <c r="C52" s="8" t="s">
-        <v>61</v>
+        <v>54</v>
       </c>
       <c r="D52" s="8" t="s">
-        <v>62</v>
+        <v>55</v>
       </c>
       <c r="E52" s="7">
         <v>2013</v>
       </c>
       <c r="F52" s="7" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="53" spans="2:6" ht="102" x14ac:dyDescent="0.4">
+      <c r="B53" s="8" t="s">
+        <v>56</v>
+      </c>
+      <c r="C53" s="8" t="s">
+        <v>57</v>
+      </c>
+      <c r="D53" s="8" t="s">
+        <v>58</v>
+      </c>
+      <c r="E53" s="7">
+        <v>2013</v>
+      </c>
+      <c r="F53" s="7" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="54" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+      <c r="B54" s="8" t="s">
+        <v>60</v>
+      </c>
+      <c r="C54" s="8" t="s">
+        <v>61</v>
+      </c>
+      <c r="D54" s="8" t="s">
+        <v>62</v>
+      </c>
+      <c r="E54" s="7">
+        <v>2013</v>
+      </c>
+      <c r="F54" s="7" t="s">
         <v>18</v>
       </c>
     </row>
-    <row r="53" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
-      <c r="B53" s="8" t="s">
+    <row r="55" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+      <c r="B55" s="8" t="s">
         <v>63</v>
       </c>
-      <c r="C53" s="8" t="s">
+      <c r="C55" s="8" t="s">
         <v>64</v>
       </c>
-      <c r="D53" s="8" t="s">
+      <c r="D55" s="8" t="s">
         <v>65</v>
-      </c>
-[...32 lines deleted...]
-        <v>73</v>
       </c>
       <c r="E55" s="7">
         <v>2012</v>
       </c>
       <c r="F55" s="7" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-    <row r="56" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="56" spans="2:6" ht="58.3" x14ac:dyDescent="0.4">
       <c r="B56" s="8" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-        <v>76</v>
+        <v>67</v>
+      </c>
+      <c r="C56" s="8" t="s">
+        <v>68</v>
       </c>
       <c r="D56" s="8" t="s">
-        <v>77</v>
+        <v>69</v>
       </c>
       <c r="E56" s="7">
         <v>2012</v>
       </c>
       <c r="F56" s="7" t="s">
-        <v>78</v>
-[...2 lines deleted...]
-    <row r="57" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="57" spans="2:6" ht="58.3" x14ac:dyDescent="0.4">
       <c r="B57" s="8" t="s">
-        <v>79</v>
+        <v>71</v>
       </c>
       <c r="C57" s="8" t="s">
-        <v>80</v>
+        <v>72</v>
       </c>
       <c r="D57" s="8" t="s">
-        <v>81</v>
+        <v>73</v>
       </c>
       <c r="E57" s="7">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="F57" s="7" t="s">
-        <v>82</v>
+        <v>74</v>
       </c>
     </row>
     <row r="58" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B58" s="8" t="s">
+        <v>75</v>
+      </c>
+      <c r="C58" s="6" t="s">
+        <v>76</v>
+      </c>
+      <c r="D58" s="8" t="s">
+        <v>77</v>
+      </c>
+      <c r="E58" s="7">
+        <v>2012</v>
+      </c>
+      <c r="F58" s="7" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="59" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+      <c r="B59" s="8" t="s">
+        <v>79</v>
+      </c>
+      <c r="C59" s="8" t="s">
+        <v>80</v>
+      </c>
+      <c r="D59" s="8" t="s">
+        <v>81</v>
+      </c>
+      <c r="E59" s="7">
+        <v>2011</v>
+      </c>
+      <c r="F59" s="7" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="60" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+      <c r="B60" s="8" t="s">
         <v>83</v>
       </c>
-      <c r="C58" s="9" t="s">
+      <c r="C60" s="9" t="s">
         <v>84</v>
       </c>
-      <c r="D58" s="8" t="s">
+      <c r="D60" s="8" t="s">
         <v>85</v>
       </c>
-      <c r="E58" s="7">
+      <c r="E60" s="7">
         <v>2010</v>
       </c>
-      <c r="F58" s="7" t="s">
+      <c r="F60" s="7" t="s">
         <v>86</v>
       </c>
     </row>
-    <row r="59" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
-      <c r="B59" s="8" t="s">
+    <row r="61" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+      <c r="B61" s="8" t="s">
         <v>87</v>
       </c>
-      <c r="C59" s="8" t="s">
+      <c r="C61" s="8" t="s">
         <v>88</v>
       </c>
-      <c r="D59" s="8" t="s">
+      <c r="D61" s="8" t="s">
         <v>89</v>
       </c>
-      <c r="E59" s="7">
+      <c r="E61" s="7">
         <v>2010</v>
       </c>
-      <c r="F59" s="7" t="s">
+      <c r="F61" s="7" t="s">
         <v>90</v>
       </c>
     </row>
-    <row r="60" spans="2:6" x14ac:dyDescent="0.4">
-[...1 lines deleted...]
-      <c r="C60" s="14"/>
+    <row r="62" spans="2:6" x14ac:dyDescent="0.4">
+      <c r="B62" s="14"/>
+      <c r="C62" s="14"/>
     </row>
   </sheetData>
   <mergeCells count="11">
     <mergeCell ref="B1:F1"/>
     <mergeCell ref="B2:F2"/>
-    <mergeCell ref="B60:C60"/>
+    <mergeCell ref="B62:C62"/>
     <mergeCell ref="B3:C3"/>
     <mergeCell ref="D3:F3"/>
     <mergeCell ref="B4:C4"/>
     <mergeCell ref="D4:F4"/>
     <mergeCell ref="B5:C5"/>
     <mergeCell ref="D5:F5"/>
     <mergeCell ref="B6:C6"/>
     <mergeCell ref="D6:F6"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B3:F3" r:id="rId1" display="https://www.echr.coe.int/Pages/home.aspx?p=library&amp;c=" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
     <hyperlink ref="B5:F5" r:id="rId2" display="For more references, refer to theLibrary's catalogue." xr:uid="{6E7467AC-F3AD-4AD1-A713-24A5C3280497}"/>
     <hyperlink ref="B3:F3" r:id="rId3" display="https://www.echr.coe.int/Pages/home.aspx?p=library&amp;c=" xr:uid="{11A34DEF-36D2-45ED-AB6C-2B814B2EAF1D}"/>
     <hyperlink ref="B5:F5" r:id="rId4" display="For more references, refer to theLibrary’s catalogue." xr:uid="{874AC1AA-5D11-4593-BD28-C53C20D9EB55}"/>
     <hyperlink ref="D3:F3" r:id="rId5" display="Tous les documents sont disponibles à la Bibliothèque de la Cour. Pour les consulter, un rendez-vous peut être pris sur le site de la Bibliothèque." xr:uid="{2301CFAE-7188-4F66-B81F-E7DE9D18B621}"/>
     <hyperlink ref="D5:F5" r:id="rId6" display="Pour plus de références, consulter lecatalogue de la Bibliothèque." xr:uid="{A13B4F98-733E-4C63-9AFB-09C7E43034DC}"/>
     <hyperlink ref="B3:C3" r:id="rId7" display="All documents are available in the Court'sLibrary, and an appointment to consult them can be made via the Library webpage." xr:uid="{597501F1-588F-447D-86BA-10B7C2B7D0F7}"/>
     <hyperlink ref="B5:C5" r:id="rId8" display="For more references, refer to theLibrary’s catalogue." xr:uid="{E635E73D-E92D-4666-AF91-D2C8F6041D8D}"/>
+    <hyperlink ref="F8" r:id="rId9" xr:uid="{CF52CCDE-B7BE-4223-925D-F345129DD8D0}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.59055118110236227" right="0.67812499999999998" top="0.39" bottom="0.71" header="0.31496062992125984" footer="0.15"/>
-  <pageSetup paperSize="9" scale="73" fitToHeight="0" orientation="landscape" r:id="rId9"/>
+  <pageSetup paperSize="9" scale="73" fitToHeight="0" orientation="landscape" r:id="rId10"/>
   <headerFooter differentFirst="1"/>
-  <drawing r:id="rId10"/>
+  <drawing r:id="rId11"/>
   <tableParts count="1">
-    <tablePart r:id="rId11"/>
+    <tablePart r:id="rId12"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr codeName="Sheet2"/>
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.6" x14ac:dyDescent="0.4"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr codeName="Sheet3"/>
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
@@ -2728,29 +2787,29 @@
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
       <vt:lpstr>Sheet2</vt:lpstr>
       <vt:lpstr>Sheet3</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>European court of Human Right</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="eDOCS AutoSave">
-    <vt:lpwstr>20250616151734149</vt:lpwstr>
+    <vt:lpwstr>20260211104339292</vt:lpwstr>
   </property>
 </Properties>
 </file>