--- v0 (2025-10-05)
+++ v1 (2026-02-17)
@@ -4,60 +4,60 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="26731"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27928"/>
   <workbookPr codeName="ThisWorkbook" autoCompressPictures="0" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\souppart\AppData\Roaming\OpenText\DM\Temp\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Souppart\AppData\Roaming\OpenText\DM\Temp\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{42D3F31F-0CFA-4E13-93F7-E72E64922690}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{847FAE82-DEF6-4A76-A0FB-D16A28326C89}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-103" yWindow="-103" windowWidth="16663" windowHeight="10492" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-16560" yWindow="-103" windowWidth="16663" windowHeight="9463" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
     <sheet name="Sheet2" sheetId="2" r:id="rId2"/>
     <sheet name="Sheet3" sheetId="3" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Sheet1!$B$7:$F$53</definedName>
   </definedNames>
   <calcPr calcId="145621"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="199" uniqueCount="159">
   <si>
     <t xml:space="preserve">Date </t>
   </si>
   <si>
     <t xml:space="preserve">Quand la Cour EDH fait une croix sur la croix </t>
   </si>
   <si>
     <t xml:space="preserve">Muzny, Petr </t>
   </si>
   <si>
@@ -616,78 +616,78 @@
   <si>
     <t>Sudre, Frédéric</t>
   </si>
   <si>
     <t>La Semaine juridique : édition générale (JCP), 97e année, n° 13 (3 avril 2023), p. 672</t>
   </si>
   <si>
     <t>Is symbolic religious establishment permitted within the European Convention ? : A legal, political, and pragmatic perspective</t>
   </si>
   <si>
     <t>Pierik, Roland</t>
   </si>
   <si>
     <t>Oxford journal of law and religion, vol. 11 (2022), p. 122-144</t>
   </si>
   <si>
     <t>Segregation in education and a duty of desegregation under the ECHR</t>
   </si>
   <si>
     <t>Vrancken, Merel</t>
   </si>
   <si>
     <t>European human rights law review, issue 2 (2024), p. 112-126</t>
   </si>
   <si>
+    <t>Children of Roma origin and the right to education : a holistic analysis to the continuous case law of the European Court of Human Rights</t>
+  </si>
+  <si>
+    <t>Karagkouni, Vasiliki</t>
+  </si>
+  <si>
+    <t>European human rights law review, issue 1 (2025), p. 60-74</t>
+  </si>
+  <si>
+    <t>De-centring inclusion : discussing the meaning and place of inclusive education in international and European law through the case of children with autism</t>
+  </si>
+  <si>
+    <t>Netherlands quarterly of human rights, vol. 42, no. 4 (Dec. 2024), p. 319-339</t>
+  </si>
+  <si>
+    <t>The right to education of adults in Portugal</t>
+  </si>
+  <si>
+    <t>Barros, Rosanna</t>
+  </si>
+  <si>
+    <t>The international journal of human rights, vol. 27, no. 5 (June 2023), p. 950-973</t>
+  </si>
+  <si>
     <t xml:space="preserve">Article and Chapter selection - Sélection d'articles et chapitres
 Article 2 of Protocol No. 1 - Article 2 du Protocole n° 1
-(Last updated - Dernière mise à jour : 28/02/2025)
+(Last updated - Dernière mise à jour : 31/08/2025)
 </t>
-  </si>
-[...22 lines deleted...]
-    <t>The international journal of human rights, vol. 27, no. 5 (June 2023), p. 950-973</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="12" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="4" tint="-0.499984740745262"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="4" tint="-0.249977111117893"/>
@@ -1611,51 +1611,51 @@
       <selection activeCell="B2" sqref="B2:F2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.15234375" defaultRowHeight="14.6" x14ac:dyDescent="0.4"/>
   <cols>
     <col min="1" max="1" width="1.53515625" style="1" customWidth="1"/>
     <col min="2" max="2" width="51.53515625" style="3" customWidth="1"/>
     <col min="3" max="3" width="27.84375" style="3" customWidth="1"/>
     <col min="4" max="4" width="62" style="3" customWidth="1"/>
     <col min="5" max="5" width="12" style="2" customWidth="1"/>
     <col min="6" max="6" width="26.53515625" style="3" customWidth="1"/>
     <col min="7" max="16384" width="9.15234375" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:7" ht="23.15" x14ac:dyDescent="0.4">
       <c r="B1" s="14" t="s">
         <v>137</v>
       </c>
       <c r="C1" s="14"/>
       <c r="D1" s="14"/>
       <c r="E1" s="14"/>
       <c r="F1" s="14"/>
     </row>
     <row r="2" spans="2:7" ht="165" customHeight="1" x14ac:dyDescent="0.6">
       <c r="B2" s="15" t="s">
-        <v>150</v>
+        <v>158</v>
       </c>
       <c r="C2" s="16"/>
       <c r="D2" s="16"/>
       <c r="E2" s="16"/>
       <c r="F2" s="16"/>
     </row>
     <row r="3" spans="2:7" s="5" customFormat="1" ht="29.15" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B3" s="18" t="s">
         <v>118</v>
       </c>
       <c r="C3" s="18"/>
       <c r="D3" s="19" t="s">
         <v>119</v>
       </c>
       <c r="E3" s="20"/>
       <c r="F3" s="20"/>
       <c r="G3" s="9"/>
     </row>
     <row r="4" spans="2:7" s="5" customFormat="1" ht="29.15" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B4" s="21" t="s">
         <v>120</v>
       </c>
       <c r="C4" s="21"/>
       <c r="D4" s="22" t="s">
         <v>121</v>
@@ -1684,108 +1684,108 @@
       <c r="D6" s="22" t="s">
         <v>124</v>
       </c>
       <c r="E6" s="22"/>
       <c r="F6" s="22"/>
     </row>
     <row r="7" spans="2:7" s="2" customFormat="1" ht="51" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B7" s="4" t="s">
         <v>125</v>
       </c>
       <c r="C7" s="4" t="s">
         <v>126</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>127</v>
       </c>
       <c r="E7" s="4" t="s">
         <v>0</v>
       </c>
       <c r="F7" s="4" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="8" spans="2:7" s="2" customFormat="1" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B8" s="11" t="s">
+        <v>150</v>
+      </c>
+      <c r="C8" s="12" t="s">
         <v>151</v>
       </c>
-      <c r="C8" s="12" t="s">
+      <c r="D8" s="12" t="s">
         <v>152</v>
-      </c>
-[...1 lines deleted...]
-        <v>153</v>
       </c>
       <c r="E8" s="13">
         <v>2025</v>
       </c>
       <c r="F8" s="8" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="9" spans="2:7" s="2" customFormat="1" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B9" s="11" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="C9" s="12" t="s">
         <v>139</v>
       </c>
       <c r="D9" s="12" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="E9" s="13">
         <v>2024</v>
       </c>
       <c r="F9" s="8" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="10" spans="2:7" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B10" s="11" t="s">
         <v>147</v>
       </c>
       <c r="C10" s="12" t="s">
         <v>148</v>
       </c>
       <c r="D10" s="12" t="s">
         <v>149</v>
       </c>
       <c r="E10" s="13">
         <v>2024</v>
       </c>
       <c r="F10" s="8" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="11" spans="2:7" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B11" s="11" t="s">
+        <v>155</v>
+      </c>
+      <c r="C11" s="12" t="s">
         <v>156</v>
       </c>
-      <c r="C11" s="12" t="s">
+      <c r="D11" s="12" t="s">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
       <c r="E11" s="13">
         <v>2023</v>
       </c>
       <c r="F11" s="8" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="12" spans="2:7" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B12" s="11" t="s">
         <v>138</v>
       </c>
       <c r="C12" s="12" t="s">
         <v>139</v>
       </c>
       <c r="D12" s="12" t="s">
         <v>140</v>
       </c>
       <c r="E12" s="13">
         <v>2023</v>
       </c>
       <c r="F12" s="8" t="s">
         <v>4</v>
       </c>
     </row>
@@ -2571,29 +2571,29 @@
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
       <vt:lpstr>Sheet2</vt:lpstr>
       <vt:lpstr>Sheet3</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>European court of Human Right</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="eDOCS AutoSave">
-    <vt:lpwstr>20250616152148692</vt:lpwstr>
+    <vt:lpwstr/>
   </property>
 </Properties>
 </file>