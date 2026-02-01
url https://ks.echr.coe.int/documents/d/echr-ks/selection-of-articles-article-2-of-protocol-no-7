--- v0 (2025-10-03)
+++ v1 (2026-02-01)
@@ -4,58 +4,58 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="26731"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27928"/>
   <workbookPr codeName="ThisWorkbook" autoCompressPictures="0" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\souppart\AppData\Roaming\OpenText\DM\Temp\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Souppart\AppData\Roaming\OpenText\DM\Temp\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{C56686D8-BEA4-4DBA-A5E4-330D531DCC47}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{F8FB43F4-86DE-48D4-AB11-7354476BADBF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-103" yWindow="-103" windowWidth="16663" windowHeight="10492" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="A2P7" sheetId="1" r:id="rId1"/>
     <sheet name="Sheet2" sheetId="2" r:id="rId2"/>
     <sheet name="Sheet3" sheetId="3" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">A2P7!$B$7:$F$12</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
@@ -274,51 +274,51 @@
       <t xml:space="preserve">
 Pour effectuer une recherche par mot/numéro dans une colonne :
 1. Cliquez sur la flèche déroulante dans l'en-tête de la colonne concernée. 
 2. Vous verrez apparaître un champ de recherche. Entrez votre texte et cliquez sur OK.
 3. Pour revenir au tableau Excel complet, cliquez sur la flèche déroulante, cochez la case "Sélectionner tout" et cliquez sur OK.</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">  Title - Titre</t>
   </si>
   <si>
     <t>Author - Auteur</t>
   </si>
   <si>
     <t>Source / Publisher - Éditeur</t>
   </si>
   <si>
     <t>Call number - Cote</t>
   </si>
   <si>
     <t>ECHR-KS / CEDH-KS</t>
   </si>
   <si>
     <t xml:space="preserve">Article and Chapter selection - Sélection d'articles et de chapitres
 Article 2 of Protocol 7 - Article 2 du Protocole n° 7
-(Last updated - Dernière mise à jour : 28/02/2025) 
+(Last updated - Dernière mise à jour : 31/08/2025) 
 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="11" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="4" tint="-0.499984740745262"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
@@ -1484,29 +1484,29 @@
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>A2P7</vt:lpstr>
       <vt:lpstr>Sheet2</vt:lpstr>
       <vt:lpstr>Sheet3</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>European court of Human Right</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="eDOCS AutoSave">
-    <vt:lpwstr>20250627095203848</vt:lpwstr>
+    <vt:lpwstr>20260126094419861</vt:lpwstr>
   </property>
 </Properties>
 </file>