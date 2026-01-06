--- v0 (2025-10-03)
+++ v1 (2026-01-06)
@@ -3,60 +3,60 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="26731"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27928"/>
   <workbookPr codeName="ThisWorkbook" autoCompressPictures="0" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\souppart\AppData\Roaming\OpenText\DM\Temp\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Souppart\AppData\Roaming\OpenText\DM\Temp\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{651D6435-2E1F-4551-A935-B22D413B8BC9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{DDDC77A9-229C-49D8-84D5-958F68AAAA8C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-103" yWindow="-103" windowWidth="16663" windowHeight="10492" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11020" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
     <sheet name="Sheet2" sheetId="2" r:id="rId2"/>
     <sheet name="Sheet3" sheetId="3" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Sheet1!$B$7:$F$22</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
@@ -409,51 +409,51 @@
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="18"/>
         <color theme="4" tint="-0.499984740745262"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">Article 3 of Protocol No. 4 - Article 3 du Protocole n° 4
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <color theme="4" tint="-0.499984740745262"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve">(Last updated - Dernière mise à jour : 28/02/2025)
+      <t xml:space="preserve">(Last updated - Dernière mise à jour : 31/08/2025)
 </t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="15" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="4" tint="-0.499984740745262"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
@@ -1341,460 +1341,460 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.echr.coe.int/Pages/home.aspx?p=library&amp;c=" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.echr.coe.int/Pages/home.aspx?p=library&amp;c=" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hrls.echr.coe.int/uhtbin/cgisirsi.exe/x/0/0/5?searchdata1=couredh%20and%20cedh-p4-3%7b694%7d&amp;sort_by=-PBYR" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hrls.echr.coe.int/uhtbin/cgisirsi.exe/x/0/0/5?searchdata1=couredh%20and%20cedh-p4-3%7b694%7d&amp;sort_by=-PBYR" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.echr.coe.int/Pages/home.aspx?p=library&amp;c=" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hrls.echr.coe.int/uhtbin/cgisirsi.exe/x/0/0/5?searchdata1=couredh%20and%20cedh-p4-3%7b694%7d&amp;sort_by=-PBYR" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.echr.coe.int/Pages/home.aspx?p=library&amp;c=fre" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hrls.echr.coe.int/uhtbin/cgisirsi.exe/x/0/0/5?searchdata1=couredh%20AND%20cedh-4%7b694%7d&amp;sort_by=-PBYR" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet1">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B1:G23"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" topLeftCell="B1" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="B2" sqref="B2:F2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.15234375" defaultRowHeight="14.6" x14ac:dyDescent="0.4"/>
+  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="1.53515625" style="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="27.84375" style="3" customWidth="1"/>
+    <col min="1" max="1" width="1.54296875" style="1" customWidth="1"/>
+    <col min="2" max="2" width="51.54296875" style="3" customWidth="1"/>
+    <col min="3" max="3" width="27.81640625" style="3" customWidth="1"/>
     <col min="4" max="4" width="62" style="3" customWidth="1"/>
     <col min="5" max="5" width="12" style="2" customWidth="1"/>
-    <col min="6" max="6" width="26.53515625" style="3" customWidth="1"/>
-    <col min="7" max="16384" width="9.15234375" style="1"/>
+    <col min="6" max="6" width="26.54296875" style="3" customWidth="1"/>
+    <col min="7" max="16384" width="9.1796875" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:7" ht="23.15" x14ac:dyDescent="0.4">
+    <row r="1" spans="2:7" ht="25" x14ac:dyDescent="0.35">
       <c r="B1" s="13" t="s">
         <v>59</v>
       </c>
       <c r="C1" s="13"/>
       <c r="D1" s="13"/>
       <c r="E1" s="13"/>
       <c r="F1" s="13"/>
     </row>
-    <row r="2" spans="2:7" ht="169.5" customHeight="1" x14ac:dyDescent="0.6">
+    <row r="2" spans="2:7" ht="169.5" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="B2" s="14" t="s">
         <v>62</v>
       </c>
       <c r="C2" s="14"/>
       <c r="D2" s="14"/>
       <c r="E2" s="14"/>
       <c r="F2" s="14"/>
     </row>
-    <row r="3" spans="2:7" s="5" customFormat="1" ht="29.15" customHeight="1" x14ac:dyDescent="0.4">
+    <row r="3" spans="2:7" s="5" customFormat="1" ht="29.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B3" s="16" t="s">
         <v>36</v>
       </c>
       <c r="C3" s="16"/>
       <c r="D3" s="17" t="s">
         <v>37</v>
       </c>
       <c r="E3" s="18"/>
       <c r="F3" s="18"/>
       <c r="G3" s="6"/>
     </row>
-    <row r="4" spans="2:7" s="5" customFormat="1" ht="29.15" customHeight="1" x14ac:dyDescent="0.4">
+    <row r="4" spans="2:7" s="5" customFormat="1" ht="29.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B4" s="19" t="s">
         <v>38</v>
       </c>
       <c r="C4" s="19"/>
       <c r="D4" s="20" t="s">
         <v>39</v>
       </c>
       <c r="E4" s="20"/>
       <c r="F4" s="20"/>
       <c r="G4" s="6"/>
     </row>
-    <row r="5" spans="2:7" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+    <row r="5" spans="2:7" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B5" s="21" t="s">
         <v>40</v>
       </c>
       <c r="C5" s="21"/>
       <c r="D5" s="22" t="s">
         <v>41</v>
       </c>
       <c r="E5" s="22"/>
       <c r="F5" s="22"/>
       <c r="G5" s="7"/>
     </row>
-    <row r="6" spans="2:7" s="5" customFormat="1" ht="92.7" customHeight="1" x14ac:dyDescent="0.4">
+    <row r="6" spans="2:7" s="5" customFormat="1" ht="92.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B6" s="19" t="s">
         <v>25</v>
       </c>
       <c r="C6" s="19"/>
       <c r="D6" s="20" t="s">
         <v>42</v>
       </c>
       <c r="E6" s="20"/>
       <c r="F6" s="20"/>
     </row>
-    <row r="7" spans="2:7" s="2" customFormat="1" ht="51" customHeight="1" x14ac:dyDescent="0.4">
+    <row r="7" spans="2:7" s="2" customFormat="1" ht="51" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B7" s="4" t="s">
         <v>43</v>
       </c>
       <c r="C7" s="4" t="s">
         <v>44</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>45</v>
       </c>
       <c r="E7" s="4" t="s">
         <v>0</v>
       </c>
       <c r="F7" s="4" t="s">
         <v>46</v>
       </c>
     </row>
-    <row r="8" spans="2:7" ht="102" x14ac:dyDescent="0.4">
+    <row r="8" spans="2:7" ht="101.5" x14ac:dyDescent="0.35">
       <c r="B8" s="8" t="s">
         <v>53</v>
       </c>
       <c r="C8" s="9" t="s">
         <v>54</v>
       </c>
       <c r="D8" s="9" t="s">
         <v>55</v>
       </c>
       <c r="E8" s="10">
         <v>2023</v>
       </c>
       <c r="F8" s="11" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="9" spans="2:7" ht="116.6" x14ac:dyDescent="0.4">
+    <row r="9" spans="2:7" ht="116" x14ac:dyDescent="0.35">
       <c r="B9" s="8" t="s">
         <v>56</v>
       </c>
       <c r="C9" s="9" t="s">
         <v>57</v>
       </c>
       <c r="D9" s="9" t="s">
         <v>58</v>
       </c>
       <c r="E9" s="10">
         <v>2023</v>
       </c>
       <c r="F9" s="11" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="10" spans="2:7" ht="43.75" x14ac:dyDescent="0.4">
+    <row r="10" spans="2:7" ht="43.5" x14ac:dyDescent="0.35">
       <c r="B10" s="8" t="s">
         <v>47</v>
       </c>
       <c r="C10" s="9" t="s">
         <v>48</v>
       </c>
       <c r="D10" s="9" t="s">
         <v>49</v>
       </c>
       <c r="E10" s="10">
         <v>2022</v>
       </c>
       <c r="F10" s="11" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="11" spans="2:7" ht="43.75" x14ac:dyDescent="0.4">
+    <row r="11" spans="2:7" ht="43.5" x14ac:dyDescent="0.35">
       <c r="B11" s="8" t="s">
         <v>60</v>
       </c>
       <c r="C11" s="9" t="s">
         <v>10</v>
       </c>
       <c r="D11" s="9" t="s">
         <v>61</v>
       </c>
       <c r="E11" s="12">
         <v>2022</v>
       </c>
       <c r="F11" s="11" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="12" spans="2:7" ht="29.15" x14ac:dyDescent="0.4">
+    <row r="12" spans="2:7" ht="29" x14ac:dyDescent="0.35">
       <c r="B12" s="8" t="s">
         <v>28</v>
       </c>
       <c r="C12" s="9" t="s">
         <v>29</v>
       </c>
       <c r="D12" s="9" t="s">
         <v>30</v>
       </c>
       <c r="E12" s="10">
         <v>2021</v>
       </c>
       <c r="F12" s="11" t="s">
         <v>31</v>
       </c>
     </row>
-    <row r="13" spans="2:7" ht="29.15" x14ac:dyDescent="0.4">
+    <row r="13" spans="2:7" ht="29" x14ac:dyDescent="0.35">
       <c r="B13" s="8" t="s">
         <v>50</v>
       </c>
       <c r="C13" s="9" t="s">
         <v>51</v>
       </c>
       <c r="D13" s="9" t="s">
         <v>52</v>
       </c>
       <c r="E13" s="10">
         <v>2021</v>
       </c>
       <c r="F13" s="11" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="14" spans="2:7" ht="29.15" x14ac:dyDescent="0.4">
+    <row r="14" spans="2:7" ht="29" x14ac:dyDescent="0.35">
       <c r="B14" s="8" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="9" t="s">
         <v>10</v>
       </c>
       <c r="D14" s="9" t="s">
         <v>27</v>
       </c>
       <c r="E14" s="10">
         <v>2021</v>
       </c>
       <c r="F14" s="11" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="15" spans="2:7" ht="43.75" x14ac:dyDescent="0.4">
+    <row r="15" spans="2:7" ht="43.5" x14ac:dyDescent="0.35">
       <c r="B15" s="8" t="s">
         <v>32</v>
       </c>
       <c r="C15" s="9" t="s">
         <v>33</v>
       </c>
       <c r="D15" s="9" t="s">
         <v>34</v>
       </c>
       <c r="E15" s="10">
         <v>2020</v>
       </c>
       <c r="F15" s="11" t="s">
         <v>35</v>
       </c>
     </row>
-    <row r="16" spans="2:7" ht="58.3" x14ac:dyDescent="0.4">
+    <row r="16" spans="2:7" ht="58" x14ac:dyDescent="0.35">
       <c r="B16" s="8" t="s">
         <v>1</v>
       </c>
       <c r="C16" s="9" t="s">
         <v>2</v>
       </c>
       <c r="D16" s="9" t="s">
         <v>3</v>
       </c>
       <c r="E16" s="10">
         <v>2020</v>
       </c>
       <c r="F16" s="11" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="17" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+    <row r="17" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
       <c r="B17" s="8" t="s">
         <v>6</v>
       </c>
       <c r="C17" s="9" t="s">
         <v>7</v>
       </c>
       <c r="D17" s="9" t="s">
         <v>8</v>
       </c>
       <c r="E17" s="10">
         <v>2019</v>
       </c>
       <c r="F17" s="11" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="18" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+    <row r="18" spans="2:6" ht="29" x14ac:dyDescent="0.35">
       <c r="B18" s="8" t="s">
         <v>9</v>
       </c>
       <c r="C18" s="9" t="s">
         <v>10</v>
       </c>
       <c r="D18" s="9" t="s">
         <v>11</v>
       </c>
       <c r="E18" s="10">
         <v>2019</v>
       </c>
       <c r="F18" s="11" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="19" spans="2:6" x14ac:dyDescent="0.4">
+    <row r="19" spans="2:6" x14ac:dyDescent="0.35">
       <c r="B19" s="8" t="s">
         <v>12</v>
       </c>
       <c r="C19" s="9" t="s">
         <v>13</v>
       </c>
       <c r="D19" s="9" t="s">
         <v>14</v>
       </c>
       <c r="E19" s="10">
         <v>2013</v>
       </c>
       <c r="F19" s="11" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="20" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+    <row r="20" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
       <c r="B20" s="8" t="s">
         <v>16</v>
       </c>
       <c r="C20" s="9" t="s">
         <v>17</v>
       </c>
       <c r="D20" s="9" t="s">
         <v>18</v>
       </c>
       <c r="E20" s="10">
         <v>2012</v>
       </c>
       <c r="F20" s="11" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="21" spans="2:6" ht="58.3" x14ac:dyDescent="0.4">
+    <row r="21" spans="2:6" ht="58" x14ac:dyDescent="0.35">
       <c r="B21" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C21" s="9" t="s">
         <v>20</v>
       </c>
       <c r="D21" s="9" t="s">
         <v>21</v>
       </c>
       <c r="E21" s="10">
         <v>2012</v>
       </c>
       <c r="F21" s="11" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="22" spans="2:6" ht="58.3" x14ac:dyDescent="0.4">
+    <row r="22" spans="2:6" ht="58" x14ac:dyDescent="0.35">
       <c r="B22" s="8" t="s">
         <v>22</v>
       </c>
       <c r="C22" s="9" t="s">
         <v>23</v>
       </c>
       <c r="D22" s="9" t="s">
         <v>24</v>
       </c>
       <c r="E22" s="10">
         <v>2012</v>
       </c>
       <c r="F22" s="11" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="23" spans="2:6" x14ac:dyDescent="0.4">
+    <row r="23" spans="2:6" x14ac:dyDescent="0.35">
       <c r="B23" s="15"/>
       <c r="C23" s="15"/>
     </row>
   </sheetData>
   <mergeCells count="11">
     <mergeCell ref="B1:F1"/>
     <mergeCell ref="B2:F2"/>
     <mergeCell ref="B23:C23"/>
     <mergeCell ref="B3:C3"/>
     <mergeCell ref="D3:F3"/>
     <mergeCell ref="B4:C4"/>
     <mergeCell ref="D4:F4"/>
     <mergeCell ref="B5:C5"/>
     <mergeCell ref="D5:F5"/>
     <mergeCell ref="B6:C6"/>
     <mergeCell ref="D6:F6"/>
   </mergeCells>
   <phoneticPr fontId="12" type="noConversion"/>
   <hyperlinks>
     <hyperlink ref="B3:G3" r:id="rId1" display="https://www.echr.coe.int/Pages/home.aspx?p=library&amp;c=" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
     <hyperlink ref="B5:G5" r:id="rId2" display="For more references, refer to theLibrary's catalogue." xr:uid="{D9065AE2-7BFF-453E-AB7F-8848BE1BE210}"/>
     <hyperlink ref="B3:F3" r:id="rId3" display="https://www.echr.coe.int/Pages/home.aspx?p=library&amp;c=" xr:uid="{E4A97B31-2ED1-4135-95DA-1ADD20B06D09}"/>
     <hyperlink ref="B5:F5" r:id="rId4" display="For more references, refer to theLibrary’s catalogue." xr:uid="{DFC6B962-8898-4652-94B1-1344D7E3DC01}"/>
     <hyperlink ref="D3:F3" r:id="rId5" display="Tous les documents sont disponibles à la Bibliothèque de la Cour. Pour les consulter, un rendez-vous peut être pris sur le site de la Bibliothèque." xr:uid="{A0B93388-89C1-407F-BF84-5699A28A24A3}"/>
     <hyperlink ref="B5:C5" r:id="rId6" display="For more references, refer to theLibrary’s catalogue." xr:uid="{5BC2A2CF-46DA-4A7E-A295-199F735F8596}"/>
     <hyperlink ref="D5:F5" r:id="rId7" display="Pour plus de références, consulter lecatalogue de la Bibliothèque." xr:uid="{FCCAE895-57C5-4321-A09E-5D230CFA94AE}"/>
     <hyperlink ref="B3:C3" r:id="rId8" display="All documents are available in the Court'sLibrary, and an appointment to consult them can be made via the Library webpage." xr:uid="{A3775B98-3DE4-4547-BA64-E04085105B29}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.59055118110236227" right="0.67812499999999998" top="0.39" bottom="0.71" header="0.31496062992125984" footer="0.15"/>
   <pageSetup paperSize="9" scale="73" fitToHeight="0" orientation="landscape" r:id="rId9"/>
   <headerFooter differentFirst="1"/>
   <drawing r:id="rId10"/>
   <tableParts count="1">
     <tablePart r:id="rId11"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr codeName="Sheet2"/>
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.6" x14ac:dyDescent="0.4"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr codeName="Sheet3"/>
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.6" x14ac:dyDescent="0.4"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
       <vt:lpstr>Sheet2</vt:lpstr>