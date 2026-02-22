--- v0 (2025-10-03)
+++ v1 (2026-02-22)
@@ -4,88 +4,88 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="26731"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27928"/>
   <workbookPr codeName="ThisWorkbook" autoCompressPictures="0" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\souppart\AppData\Roaming\OpenText\DM\Temp\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Souppart\AppData\Roaming\OpenText\DM\Temp\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{D467CA26-3284-4400-92E4-67B0028EE708}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{049A0A1F-AC3A-42C3-B9CA-69367B109231}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-103" yWindow="-103" windowWidth="16663" windowHeight="10492" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
     <sheet name="Sheet2" sheetId="2" r:id="rId2"/>
     <sheet name="Sheet3" sheetId="3" r:id="rId3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Sheet1!$B$7:$F$57</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Sheet1!$B$7:$F$58</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="215" uniqueCount="160">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="219" uniqueCount="163">
   <si>
     <t xml:space="preserve">Date </t>
   </si>
   <si>
     <t>Case and comment : selected decisions from the European Court of Human Rights from November and December 2017</t>
   </si>
   <si>
     <t>Galani, Sofia (ed.)</t>
   </si>
   <si>
     <t>European human rights law review, issue 2 (2018), p. 175-198</t>
   </si>
   <si>
     <t>PERIODIQUE</t>
   </si>
   <si>
     <t xml:space="preserve">Appréciation stricte du principe ne bis in idem en matière de droit pénal international </t>
   </si>
   <si>
     <t>Haeri, Kami
 Munoz-Pons, Valérie</t>
   </si>
   <si>
     <t>Recueil Dalloz, 194e année, n° 22 (14 juin 2018), p. 1243-1247</t>
   </si>
@@ -695,72 +695,81 @@
       <t>Article and Chapter selection - Sélection d'articles et de chapitres</t>
     </r>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="18"/>
         <color theme="4" tint="-0.499984740745262"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="18"/>
         <color theme="4" tint="-0.499984740745262"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Article 4 of Protocol No. 7 - Article 4 du Protocole n° 7
-(Last Updated - Dernière mise à jour : 28/02/2025)</t>
+(Last Updated - Dernière mise à jour : 31/08/2025)</t>
     </r>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="18"/>
         <color theme="4" tint="-0.499984740745262"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
+  <si>
+    <t>Le principe ne bis in idem devant la Cour européenne des droits de l'homme</t>
+  </si>
+  <si>
+    <t>Guyomar, Mattias</t>
+  </si>
+  <si>
+    <t>La responsabilité financière des gestionnaires publics : actes du colloque du 8 novembre 2023 / co-organisé par le Parquet général près la Cour des comptes et la Direction de la recherche de l'Institut national du service public ; ouvrage dirigé par Céline Husson-Rochcongar, Sébastien Kott. - Paris : La Documentation française, 2024. - p. 143-148</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="12" x14ac:knownFonts="1">
+  <fonts count="13" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="4" tint="-0.499984740745262"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="4" tint="-0.249977111117893"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <u/>
@@ -797,72 +806,87 @@
     </font>
     <font>
       <b/>
       <sz val="18"/>
       <color theme="4" tint="-0.499984740745262"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF0070C0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <i/>
       <sz val="11"/>
       <color rgb="FF0070C0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="11"/>
-[...4 lines deleted...]
-    <font>
       <sz val="16"/>
       <color theme="4" tint="-0.499984740745262"/>
       <name val="Segoe UI Semibold"/>
       <family val="2"/>
     </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="11"/>
+      <color theme="10"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
   </fonts>
-  <fills count="3">
+  <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="3" tint="-0.499984740745262"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="5">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="4"/>
       </left>
       <right style="thin">
         <color theme="4"/>
       </right>
       <top style="thin">
         <color theme="4"/>
       </top>
       <bottom style="thin">
         <color theme="4"/>
       </bottom>
@@ -882,124 +906,143 @@
         <color theme="4"/>
       </left>
       <right/>
       <top style="thin">
         <color theme="4"/>
       </top>
       <bottom style="thin">
         <color theme="4"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color theme="4"/>
       </right>
       <top style="thin">
         <color theme="4"/>
       </top>
       <bottom style="thin">
         <color theme="4"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="2">
+  <cellStyleXfs count="7">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="23">
+  <cellXfs count="26">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...10 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="9"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="9"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="9"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="9"/>
     </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="4" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="3" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
   </cellXfs>
-  <cellStyles count="2">
+  <cellStyles count="7">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
+    <cellStyle name="Hyperlink 2" xfId="4" xr:uid="{B53EE4A9-6642-4E1D-8F27-4926FD9C22DF}"/>
+    <cellStyle name="Hyperlink 2 2" xfId="6" xr:uid="{2278750E-9300-4DFB-BD65-EFE60E029185}"/>
+    <cellStyle name="Hyperlink 3" xfId="3" xr:uid="{18970688-A878-4F9B-AB33-BFA85BD59A80}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0" customBuiltin="1"/>
+    <cellStyle name="Normal 2" xfId="5" xr:uid="{509A6C03-8C37-4038-9FFA-50A0BC98890B}"/>
+    <cellStyle name="Normal 3" xfId="2" xr:uid="{587B86A6-67D6-4FEE-A7E6-972B7FF252ED}"/>
   </cellStyles>
   <dxfs count="9">
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color theme="4" tint="-0.499984740745262"/>
         <name val="Calibri"/>
         <scheme val="minor"/>
       </font>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="64"/>
           <bgColor theme="0"/>
         </patternFill>
       </fill>
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
@@ -1295,52 +1338,52 @@
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="152400" y="76200"/>
           <a:ext cx="2350112" cy="888531"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="Table1" displayName="Table1" ref="B7:F57" totalsRowShown="0" headerRowDxfId="8" headerRowBorderDxfId="7" tableBorderDxfId="6" totalsRowBorderDxfId="5">
-  <autoFilter ref="B7:F57" xr:uid="{00000000-0009-0000-0100-000001000000}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="Table1" displayName="Table1" ref="B7:F58" totalsRowShown="0" headerRowDxfId="8" headerRowBorderDxfId="7" tableBorderDxfId="6" totalsRowBorderDxfId="5">
+  <autoFilter ref="B7:F58" xr:uid="{00000000-0009-0000-0100-000001000000}"/>
   <tableColumns count="5">
     <tableColumn id="1" xr3:uid="{00000000-0010-0000-0000-000001000000}" name="  Title - Titre" dataDxfId="4"/>
     <tableColumn id="2" xr3:uid="{00000000-0010-0000-0000-000002000000}" name="Author - Auteur" dataDxfId="3"/>
     <tableColumn id="3" xr3:uid="{00000000-0010-0000-0000-000003000000}" name="Source / Publisher - Éditeur" dataDxfId="2"/>
     <tableColumn id="4" xr3:uid="{00000000-0010-0000-0000-000004000000}" name="Date " dataDxfId="1"/>
     <tableColumn id="5" xr3:uid="{00000000-0010-0000-0000-000005000000}" name="Call number - Cote" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
@@ -1610,1008 +1653,1025 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.echr.coe.int/Pages/home.aspx?p=library&amp;c=" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.echr.coe.int/Pages/home.aspx?p=library&amp;c=" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hrls.echr.coe.int/uhtbin/cgisirsi.exe/x/0/0/5?searchdata1=couredh%20and%20cedh-p7-4%7b694%7d&amp;sort_by=-PBYR" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hrls.echr.coe.int/uhtbin/cgisirsi.exe/x/0/0/5?searchdata1=couredh%20and%20cedh-p7-4%7b694%7d&amp;sort_by=-PBYR" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.echr.coe.int/Pages/home.aspx?p=library&amp;c=" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hrls.echr.coe.int/uhtbin/cgisirsi.exe/x/0/0/5?searchdata1=couredh%20and%20cedh-p7-4%7b694%7d&amp;sort_by=-PBYR" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.echr.coe.int/Pages/home.aspx?p=library&amp;c=fre" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hrls.echr.coe.int/uhtbin/cgisirsi.exe/x/0/0/5?searchdata1=couredh%20AND%20cedh-4%7b694%7d&amp;sort_by=-PBYR" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet1">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="B1:G58"/>
+  <dimension ref="B1:G59"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="B2" sqref="B2:F2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.15234375" defaultRowHeight="14.6" x14ac:dyDescent="0.4"/>
   <cols>
     <col min="1" max="1" width="1.69140625" style="1" customWidth="1"/>
     <col min="2" max="2" width="51.53515625" style="3" customWidth="1"/>
     <col min="3" max="3" width="27.84375" style="3" customWidth="1"/>
     <col min="4" max="4" width="62" style="3" customWidth="1"/>
     <col min="5" max="5" width="12" style="2" customWidth="1"/>
     <col min="6" max="6" width="26.53515625" style="3" customWidth="1"/>
     <col min="7" max="16384" width="9.15234375" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:7" ht="23.15" x14ac:dyDescent="0.4">
-      <c r="B1" s="13" t="s">
+      <c r="B1" s="8" t="s">
         <v>158</v>
       </c>
-      <c r="C1" s="13"/>
-[...2 lines deleted...]
-      <c r="F1" s="13"/>
+      <c r="C1" s="8"/>
+      <c r="D1" s="8"/>
+      <c r="E1" s="8"/>
+      <c r="F1" s="8"/>
     </row>
     <row r="2" spans="2:7" ht="166.5" customHeight="1" x14ac:dyDescent="0.6">
-      <c r="B2" s="14" t="s">
+      <c r="B2" s="9" t="s">
         <v>159</v>
       </c>
-      <c r="C2" s="14"/>
-[...2 lines deleted...]
-      <c r="F2" s="14"/>
+      <c r="C2" s="9"/>
+      <c r="D2" s="9"/>
+      <c r="E2" s="9"/>
+      <c r="F2" s="9"/>
     </row>
     <row r="3" spans="2:7" s="5" customFormat="1" ht="29.15" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B3" s="16" t="s">
+      <c r="B3" s="11" t="s">
         <v>113</v>
       </c>
-      <c r="C3" s="16"/>
-      <c r="D3" s="17" t="s">
+      <c r="C3" s="11"/>
+      <c r="D3" s="12" t="s">
         <v>114</v>
       </c>
-      <c r="E3" s="18"/>
-[...1 lines deleted...]
-      <c r="G3" s="10"/>
+      <c r="E3" s="13"/>
+      <c r="F3" s="13"/>
+      <c r="G3" s="6"/>
     </row>
     <row r="4" spans="2:7" s="5" customFormat="1" ht="29.15" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B4" s="19" t="s">
+      <c r="B4" s="14" t="s">
         <v>115</v>
       </c>
-      <c r="C4" s="19"/>
-      <c r="D4" s="20" t="s">
+      <c r="C4" s="14"/>
+      <c r="D4" s="15" t="s">
         <v>116</v>
       </c>
-      <c r="E4" s="20"/>
-[...1 lines deleted...]
-      <c r="G4" s="10"/>
+      <c r="E4" s="15"/>
+      <c r="F4" s="15"/>
+      <c r="G4" s="6"/>
     </row>
     <row r="5" spans="2:7" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B5" s="21" t="s">
+      <c r="B5" s="16" t="s">
         <v>117</v>
       </c>
-      <c r="C5" s="21"/>
-      <c r="D5" s="22" t="s">
+      <c r="C5" s="16"/>
+      <c r="D5" s="17" t="s">
         <v>118</v>
       </c>
-      <c r="E5" s="22"/>
-[...1 lines deleted...]
-      <c r="G5" s="11"/>
+      <c r="E5" s="17"/>
+      <c r="F5" s="17"/>
+      <c r="G5" s="7"/>
     </row>
     <row r="6" spans="2:7" s="5" customFormat="1" ht="92.7" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B6" s="19" t="s">
+      <c r="B6" s="14" t="s">
         <v>119</v>
       </c>
-      <c r="C6" s="19"/>
-      <c r="D6" s="20" t="s">
+      <c r="C6" s="14"/>
+      <c r="D6" s="15" t="s">
         <v>120</v>
       </c>
-      <c r="E6" s="20"/>
-      <c r="F6" s="20"/>
+      <c r="E6" s="15"/>
+      <c r="F6" s="15"/>
     </row>
     <row r="7" spans="2:7" s="2" customFormat="1" ht="51" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B7" s="4" t="s">
         <v>121</v>
       </c>
       <c r="C7" s="4" t="s">
         <v>122</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>123</v>
       </c>
       <c r="E7" s="4" t="s">
         <v>0</v>
       </c>
       <c r="F7" s="4" t="s">
         <v>124</v>
       </c>
     </row>
-    <row r="8" spans="2:7" ht="29.15" x14ac:dyDescent="0.4">
-      <c r="B8" s="6" t="s">
+    <row r="8" spans="2:7" ht="87.45" x14ac:dyDescent="0.4">
+      <c r="B8" s="18" t="s">
+        <v>160</v>
+      </c>
+      <c r="C8" s="19" t="s">
+        <v>161</v>
+      </c>
+      <c r="D8" s="19" t="s">
+        <v>162</v>
+      </c>
+      <c r="E8" s="20">
+        <v>2024</v>
+      </c>
+      <c r="F8" s="21" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="9" spans="2:7" ht="29.15" x14ac:dyDescent="0.4">
+      <c r="B9" s="18" t="s">
         <v>139</v>
       </c>
-      <c r="C8" s="8" t="s">
+      <c r="C9" s="19" t="s">
         <v>16</v>
       </c>
-      <c r="D8" s="8" t="s">
+      <c r="D9" s="19" t="s">
         <v>140</v>
       </c>
-      <c r="E8" s="9">
+      <c r="E9" s="20">
         <v>2023</v>
       </c>
-      <c r="F8" s="7" t="s">
-[...4 lines deleted...]
-      <c r="B9" s="6" t="s">
+      <c r="F9" s="21" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="10" spans="2:7" ht="29.15" x14ac:dyDescent="0.4">
+      <c r="B10" s="18" t="s">
         <v>141</v>
       </c>
-      <c r="C9" s="8" t="s">
+      <c r="C10" s="19" t="s">
         <v>16</v>
       </c>
-      <c r="D9" s="8" t="s">
+      <c r="D10" s="19" t="s">
         <v>142</v>
       </c>
-      <c r="E9" s="9">
+      <c r="E10" s="20">
         <v>2023</v>
       </c>
-      <c r="F9" s="7" t="s">
-[...4 lines deleted...]
-      <c r="B10" s="6" t="s">
+      <c r="F10" s="21" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="11" spans="2:7" ht="29.15" x14ac:dyDescent="0.4">
+      <c r="B11" s="18" t="s">
         <v>125</v>
       </c>
-      <c r="C10" s="8" t="s">
+      <c r="C11" s="19" t="s">
         <v>126</v>
       </c>
-      <c r="D10" s="8" t="s">
+      <c r="D11" s="19" t="s">
         <v>127</v>
       </c>
-      <c r="E10" s="9">
+      <c r="E11" s="20">
         <v>2022</v>
       </c>
-      <c r="F10" s="7" t="s">
-[...4 lines deleted...]
-      <c r="B11" s="6" t="s">
+      <c r="F11" s="21" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="12" spans="2:7" ht="29.15" x14ac:dyDescent="0.4">
+      <c r="B12" s="18" t="s">
         <v>143</v>
       </c>
-      <c r="C11" s="8" t="s">
+      <c r="C12" s="19" t="s">
         <v>144</v>
       </c>
-      <c r="D11" s="8" t="s">
+      <c r="D12" s="19" t="s">
         <v>145</v>
       </c>
-      <c r="E11" s="9">
+      <c r="E12" s="20">
         <v>2022</v>
       </c>
-      <c r="F11" s="7" t="s">
-[...4 lines deleted...]
-      <c r="B12" s="6" t="s">
+      <c r="F12" s="21" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="13" spans="2:7" ht="29.15" x14ac:dyDescent="0.4">
+      <c r="B13" s="18" t="s">
         <v>128</v>
       </c>
-      <c r="C12" s="8" t="s">
+      <c r="C13" s="19" t="s">
         <v>129</v>
       </c>
-      <c r="D12" s="8" t="s">
+      <c r="D13" s="19" t="s">
         <v>130</v>
       </c>
-      <c r="E12" s="9">
+      <c r="E13" s="20">
         <v>2022</v>
       </c>
-      <c r="F12" s="7" t="s">
-[...4 lines deleted...]
-      <c r="B13" s="6" t="s">
+      <c r="F13" s="21" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="14" spans="2:7" ht="43.75" x14ac:dyDescent="0.4">
+      <c r="B14" s="18" t="s">
         <v>146</v>
       </c>
-      <c r="C13" s="8" t="s">
+      <c r="C14" s="19" t="s">
         <v>147</v>
       </c>
-      <c r="D13" s="8" t="s">
+      <c r="D14" s="19" t="s">
         <v>148</v>
       </c>
-      <c r="E13" s="9">
+      <c r="E14" s="20">
         <v>2022</v>
       </c>
-      <c r="F13" s="7" t="s">
-[...4 lines deleted...]
-      <c r="B14" s="6" t="s">
+      <c r="F14" s="21" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="15" spans="2:7" ht="29.15" x14ac:dyDescent="0.4">
+      <c r="B15" s="18" t="s">
         <v>149</v>
       </c>
-      <c r="C14" s="8" t="s">
+      <c r="C15" s="19" t="s">
         <v>16</v>
       </c>
-      <c r="D14" s="8" t="s">
+      <c r="D15" s="19" t="s">
         <v>150</v>
       </c>
-      <c r="E14" s="12">
+      <c r="E15" s="20">
         <v>2022</v>
       </c>
-      <c r="F14" s="7" t="s">
-[...4 lines deleted...]
-      <c r="B15" s="6" t="s">
+      <c r="F15" s="21" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="16" spans="2:7" ht="29.15" x14ac:dyDescent="0.4">
+      <c r="B16" s="18" t="s">
         <v>107</v>
       </c>
-      <c r="C15" s="8" t="s">
+      <c r="C16" s="19" t="s">
         <v>108</v>
       </c>
-      <c r="D15" s="8" t="s">
+      <c r="D16" s="19" t="s">
         <v>109</v>
       </c>
-      <c r="E15" s="9">
+      <c r="E16" s="20">
         <v>2022</v>
       </c>
-      <c r="F15" s="7" t="s">
-[...4 lines deleted...]
-      <c r="B16" s="6" t="s">
+      <c r="F16" s="21" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="17" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+      <c r="B17" s="18" t="s">
         <v>110</v>
       </c>
-      <c r="C16" s="8" t="s">
+      <c r="C17" s="19" t="s">
         <v>111</v>
       </c>
-      <c r="D16" s="8" t="s">
+      <c r="D17" s="19" t="s">
         <v>112</v>
       </c>
-      <c r="E16" s="9">
+      <c r="E17" s="20">
         <v>2022</v>
       </c>
-      <c r="F16" s="7" t="s">
-[...4 lines deleted...]
-      <c r="B17" s="6" t="s">
+      <c r="F17" s="21" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="18" spans="2:6" ht="116.6" x14ac:dyDescent="0.4">
+      <c r="B18" s="18" t="s">
         <v>151</v>
       </c>
-      <c r="C17" s="8" t="s">
+      <c r="C18" s="19" t="s">
         <v>152</v>
       </c>
-      <c r="D17" s="8" t="s">
+      <c r="D18" s="19" t="s">
         <v>153</v>
       </c>
-      <c r="E17" s="12">
+      <c r="E18" s="20">
         <v>2022</v>
       </c>
-      <c r="F17" s="7" t="s">
+      <c r="F18" s="21" t="s">
         <v>154</v>
       </c>
     </row>
-    <row r="18" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
-      <c r="B18" s="6" t="s">
+    <row r="19" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+      <c r="B19" s="18" t="s">
         <v>131</v>
       </c>
-      <c r="C18" s="8" t="s">
+      <c r="C19" s="19" t="s">
         <v>132</v>
       </c>
-      <c r="D18" s="8" t="s">
+      <c r="D19" s="19" t="s">
         <v>133</v>
       </c>
-      <c r="E18" s="9">
+      <c r="E19" s="20">
         <v>2022</v>
       </c>
-      <c r="F18" s="7" t="s">
-[...4 lines deleted...]
-      <c r="B19" s="6" t="s">
+      <c r="F19" s="21" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="20" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+      <c r="B20" s="18" t="s">
         <v>155</v>
       </c>
-      <c r="C19" s="8" t="s">
+      <c r="C20" s="19" t="s">
         <v>156</v>
       </c>
-      <c r="D19" s="8" t="s">
+      <c r="D20" s="19" t="s">
         <v>157</v>
       </c>
-      <c r="E19" s="9">
+      <c r="E20" s="20">
         <v>2022</v>
       </c>
-      <c r="F19" s="7" t="s">
-[...4 lines deleted...]
-      <c r="B20" s="6" t="s">
+      <c r="F20" s="21" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="21" spans="2:6" ht="87.45" x14ac:dyDescent="0.4">
+      <c r="B21" s="18" t="s">
         <v>94</v>
       </c>
-      <c r="C20" s="8" t="s">
+      <c r="C21" s="19" t="s">
         <v>95</v>
       </c>
-      <c r="D20" s="8" t="s">
+      <c r="D21" s="19" t="s">
         <v>96</v>
       </c>
-      <c r="E20" s="9">
+      <c r="E21" s="20">
         <v>2021</v>
       </c>
-      <c r="F20" s="7" t="s">
-[...4 lines deleted...]
-      <c r="B21" s="6" t="s">
+      <c r="F21" s="21" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="22" spans="2:6" ht="87.45" x14ac:dyDescent="0.4">
+      <c r="B22" s="18" t="s">
         <v>100</v>
       </c>
-      <c r="C21" s="8" t="s">
+      <c r="C22" s="19" t="s">
         <v>101</v>
       </c>
-      <c r="D21" s="8" t="s">
+      <c r="D22" s="19" t="s">
         <v>102</v>
       </c>
-      <c r="E21" s="9">
+      <c r="E22" s="20">
         <v>2020</v>
       </c>
-      <c r="F21" s="7" t="s">
+      <c r="F22" s="21" t="s">
         <v>103</v>
       </c>
     </row>
-    <row r="22" spans="2:6" ht="87.45" x14ac:dyDescent="0.4">
-      <c r="B22" s="6" t="s">
+    <row r="23" spans="2:6" ht="87.45" x14ac:dyDescent="0.4">
+      <c r="B23" s="18" t="s">
         <v>104</v>
       </c>
-      <c r="C22" s="8" t="s">
+      <c r="C23" s="19" t="s">
         <v>105</v>
       </c>
-      <c r="D22" s="8" t="s">
+      <c r="D23" s="19" t="s">
         <v>106</v>
       </c>
-      <c r="E22" s="9">
+      <c r="E23" s="20">
         <v>2020</v>
       </c>
-      <c r="F22" s="7" t="s">
+      <c r="F23" s="21" t="s">
         <v>103</v>
       </c>
     </row>
-    <row r="23" spans="2:6" ht="87.45" x14ac:dyDescent="0.4">
-      <c r="B23" s="6" t="s">
+    <row r="24" spans="2:6" ht="87.45" x14ac:dyDescent="0.4">
+      <c r="B24" s="18" t="s">
         <v>85</v>
       </c>
-      <c r="C23" s="8" t="s">
+      <c r="C24" s="19" t="s">
         <v>86</v>
       </c>
-      <c r="D23" s="8" t="s">
+      <c r="D24" s="19" t="s">
         <v>137</v>
       </c>
-      <c r="E23" s="9">
+      <c r="E24" s="20">
         <v>2020</v>
       </c>
-      <c r="F23" s="7" t="s">
-[...4 lines deleted...]
-      <c r="B24" s="6" t="s">
+      <c r="F24" s="21" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="25" spans="2:6" ht="58.3" x14ac:dyDescent="0.4">
+      <c r="B25" s="18" t="s">
         <v>87</v>
       </c>
-      <c r="C24" s="8" t="s">
+      <c r="C25" s="19" t="s">
         <v>88</v>
       </c>
-      <c r="D24" s="8" t="s">
+      <c r="D25" s="19" t="s">
         <v>89</v>
       </c>
-      <c r="E24" s="9">
+      <c r="E25" s="20">
         <v>2020</v>
       </c>
-      <c r="F24" s="7" t="s">
-[...4 lines deleted...]
-      <c r="B25" s="6" t="s">
+      <c r="F25" s="21" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="26" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+      <c r="B26" s="18" t="s">
         <v>97</v>
       </c>
-      <c r="C25" s="8" t="s">
+      <c r="C26" s="19" t="s">
         <v>98</v>
       </c>
-      <c r="D25" s="8" t="s">
+      <c r="D26" s="19" t="s">
         <v>99</v>
       </c>
-      <c r="E25" s="9">
+      <c r="E26" s="20">
         <v>2020</v>
       </c>
-      <c r="F25" s="7" t="s">
-[...4 lines deleted...]
-      <c r="B26" s="6" t="s">
+      <c r="F26" s="21" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="27" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+      <c r="B27" s="18" t="s">
         <v>61</v>
       </c>
-      <c r="C26" s="8" t="s">
+      <c r="C27" s="19" t="s">
         <v>62</v>
       </c>
-      <c r="D26" s="8" t="s">
+      <c r="D27" s="19" t="s">
         <v>63</v>
       </c>
-      <c r="E26" s="9">
+      <c r="E27" s="20">
         <v>2019</v>
       </c>
-      <c r="F26" s="7" t="s">
-[...4 lines deleted...]
-      <c r="B27" s="6" t="s">
+      <c r="F27" s="21" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="28" spans="2:6" ht="72.900000000000006" x14ac:dyDescent="0.4">
+      <c r="B28" s="18" t="s">
         <v>64</v>
       </c>
-      <c r="C27" s="8" t="s">
+      <c r="C28" s="19" t="s">
         <v>29</v>
       </c>
-      <c r="D27" s="8" t="s">
+      <c r="D28" s="19" t="s">
         <v>138</v>
       </c>
-      <c r="E27" s="9">
+      <c r="E28" s="20">
         <v>2019</v>
       </c>
-      <c r="F27" s="7" t="s">
+      <c r="F28" s="21" t="s">
         <v>65</v>
       </c>
     </row>
-    <row r="28" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
-      <c r="B28" s="6" t="s">
+    <row r="29" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+      <c r="B29" s="18" t="s">
         <v>80</v>
       </c>
-      <c r="C28" s="8" t="s">
+      <c r="C29" s="19" t="s">
         <v>56</v>
       </c>
-      <c r="D28" s="8" t="s">
+      <c r="D29" s="19" t="s">
         <v>81</v>
       </c>
-      <c r="E28" s="9">
+      <c r="E29" s="20">
         <v>2019</v>
       </c>
-      <c r="F28" s="7" t="s">
+      <c r="F29" s="21" t="s">
         <v>57</v>
       </c>
     </row>
-    <row r="29" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
-      <c r="B29" s="6" t="s">
+    <row r="30" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+      <c r="B30" s="18" t="s">
         <v>82</v>
       </c>
-      <c r="C29" s="8" t="s">
+      <c r="C30" s="19" t="s">
         <v>13</v>
       </c>
-      <c r="D29" s="8" t="s">
+      <c r="D30" s="19" t="s">
         <v>136</v>
       </c>
-      <c r="E29" s="9">
+      <c r="E30" s="20">
         <v>2019</v>
       </c>
-      <c r="F29" s="7" t="s">
-[...4 lines deleted...]
-      <c r="B30" s="6" t="s">
+      <c r="F30" s="21" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="31" spans="2:6" ht="72.900000000000006" x14ac:dyDescent="0.4">
+      <c r="B31" s="18" t="s">
         <v>66</v>
       </c>
-      <c r="C30" s="8" t="s">
+      <c r="C31" s="19" t="s">
         <v>13</v>
       </c>
-      <c r="D30" s="8" t="s">
+      <c r="D31" s="19" t="s">
         <v>67</v>
       </c>
-      <c r="E30" s="9">
+      <c r="E31" s="20">
         <v>2019</v>
       </c>
-      <c r="F30" s="7" t="s">
-[...4 lines deleted...]
-      <c r="B31" s="6" t="s">
+      <c r="F31" s="21" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="32" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+      <c r="B32" s="18" t="s">
         <v>68</v>
       </c>
-      <c r="C31" s="8" t="s">
+      <c r="C32" s="19" t="s">
         <v>13</v>
       </c>
-      <c r="D31" s="8" t="s">
+      <c r="D32" s="19" t="s">
         <v>69</v>
       </c>
-      <c r="E31" s="9">
+      <c r="E32" s="20">
         <v>2019</v>
       </c>
-      <c r="F31" s="7" t="s">
-[...4 lines deleted...]
-      <c r="B32" s="6" t="s">
+      <c r="F32" s="21" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="33" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+      <c r="B33" s="18" t="s">
         <v>70</v>
       </c>
-      <c r="C32" s="8" t="s">
+      <c r="C33" s="19" t="s">
         <v>13</v>
       </c>
-      <c r="D32" s="8" t="s">
+      <c r="D33" s="19" t="s">
         <v>135</v>
       </c>
-      <c r="E32" s="9">
+      <c r="E33" s="20">
         <v>2019</v>
       </c>
-      <c r="F32" s="7" t="s">
-[...4 lines deleted...]
-      <c r="B33" s="6" t="s">
+      <c r="F33" s="21" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="34" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+      <c r="B34" s="18" t="s">
         <v>90</v>
       </c>
-      <c r="C33" s="8" t="s">
+      <c r="C34" s="19" t="s">
         <v>35</v>
       </c>
-      <c r="D33" s="8" t="s">
+      <c r="D34" s="19" t="s">
         <v>91</v>
       </c>
-      <c r="E33" s="9">
+      <c r="E34" s="20">
         <v>2019</v>
       </c>
-      <c r="F33" s="7" t="s">
-[...4 lines deleted...]
-      <c r="B34" s="6" t="s">
+      <c r="F34" s="21" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="35" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+      <c r="B35" s="18" t="s">
         <v>83</v>
       </c>
-      <c r="C34" s="8" t="s">
+      <c r="C35" s="19" t="s">
         <v>35</v>
       </c>
-      <c r="D34" s="8" t="s">
+      <c r="D35" s="19" t="s">
         <v>84</v>
       </c>
-      <c r="E34" s="9">
+      <c r="E35" s="20">
         <v>2019</v>
       </c>
-      <c r="F34" s="7" t="s">
-[...4 lines deleted...]
-      <c r="B35" s="6" t="s">
+      <c r="F35" s="21" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="36" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+      <c r="B36" s="18" t="s">
         <v>92</v>
       </c>
-      <c r="C35" s="8" t="s">
+      <c r="C36" s="19" t="s">
         <v>93</v>
       </c>
-      <c r="D35" s="8" t="s">
+      <c r="D36" s="19" t="s">
         <v>134</v>
       </c>
-      <c r="E35" s="9">
+      <c r="E36" s="20">
         <v>2019</v>
       </c>
-      <c r="F35" s="7" t="s">
-[...4 lines deleted...]
-      <c r="B36" s="6" t="s">
+      <c r="F36" s="21" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="37" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+      <c r="B37" s="18" t="s">
         <v>1</v>
       </c>
-      <c r="C36" s="8" t="s">
+      <c r="C37" s="19" t="s">
         <v>2</v>
       </c>
-      <c r="D36" s="8" t="s">
+      <c r="D37" s="19" t="s">
         <v>3</v>
       </c>
-      <c r="E36" s="9">
+      <c r="E37" s="20">
         <v>2018</v>
       </c>
-      <c r="F36" s="7" t="s">
-[...4 lines deleted...]
-      <c r="B37" s="6" t="s">
+      <c r="F37" s="21" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="38" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+      <c r="B38" s="18" t="s">
         <v>5</v>
       </c>
-      <c r="C37" s="8" t="s">
+      <c r="C38" s="19" t="s">
         <v>6</v>
       </c>
-      <c r="D37" s="8" t="s">
+      <c r="D38" s="19" t="s">
         <v>7</v>
       </c>
-      <c r="E37" s="9">
+      <c r="E38" s="20">
         <v>2018</v>
       </c>
-      <c r="F37" s="7" t="s">
-[...4 lines deleted...]
-      <c r="B38" s="6" t="s">
+      <c r="F38" s="21" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="39" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+      <c r="B39" s="18" t="s">
         <v>8</v>
       </c>
-      <c r="C38" s="8" t="s">
+      <c r="C39" s="19" t="s">
         <v>9</v>
       </c>
-      <c r="D38" s="8" t="s">
+      <c r="D39" s="19" t="s">
         <v>10</v>
       </c>
-      <c r="E38" s="9">
+      <c r="E39" s="20">
         <v>2018</v>
       </c>
-      <c r="F38" s="7" t="s">
+      <c r="F39" s="21" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="39" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
-      <c r="B39" s="6" t="s">
+    <row r="40" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+      <c r="B40" s="18" t="s">
         <v>71</v>
       </c>
-      <c r="C39" s="8" t="s">
+      <c r="C40" s="19" t="s">
         <v>72</v>
       </c>
-      <c r="D39" s="8" t="s">
+      <c r="D40" s="19" t="s">
         <v>73</v>
       </c>
-      <c r="E39" s="9">
+      <c r="E40" s="20">
         <v>2018</v>
       </c>
-      <c r="F39" s="7" t="s">
+      <c r="F40" s="21" t="s">
         <v>57</v>
       </c>
     </row>
-    <row r="40" spans="2:6" ht="58.3" x14ac:dyDescent="0.4">
-      <c r="B40" s="6" t="s">
+    <row r="41" spans="2:6" ht="58.3" x14ac:dyDescent="0.4">
+      <c r="B41" s="18" t="s">
         <v>12</v>
       </c>
-      <c r="C40" s="8" t="s">
+      <c r="C41" s="19" t="s">
         <v>13</v>
       </c>
-      <c r="D40" s="8" t="s">
+      <c r="D41" s="19" t="s">
         <v>14</v>
       </c>
-      <c r="E40" s="9">
+      <c r="E41" s="20">
         <v>2018</v>
       </c>
-      <c r="F40" s="7" t="s">
-[...4 lines deleted...]
-      <c r="B41" s="6" t="s">
+      <c r="F41" s="21" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="42" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+      <c r="B42" s="18" t="s">
         <v>15</v>
       </c>
-      <c r="C41" s="8" t="s">
+      <c r="C42" s="19" t="s">
         <v>16</v>
       </c>
-      <c r="D41" s="8" t="s">
+      <c r="D42" s="19" t="s">
         <v>17</v>
       </c>
-      <c r="E41" s="9">
+      <c r="E42" s="20">
         <v>2018</v>
       </c>
-      <c r="F41" s="7" t="s">
-[...4 lines deleted...]
-      <c r="B42" s="6" t="s">
+      <c r="F42" s="21" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="43" spans="2:6" ht="58.3" x14ac:dyDescent="0.4">
+      <c r="B43" s="18" t="s">
         <v>18</v>
       </c>
-      <c r="C42" s="8" t="s">
+      <c r="C43" s="19" t="s">
         <v>19</v>
       </c>
-      <c r="D42" s="8" t="s">
+      <c r="D43" s="19" t="s">
         <v>20</v>
       </c>
-      <c r="E42" s="9">
+      <c r="E43" s="20">
         <v>2018</v>
       </c>
-      <c r="F42" s="7" t="s">
+      <c r="F43" s="21" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="43" spans="2:6" ht="58.3" x14ac:dyDescent="0.4">
-      <c r="B43" s="6" t="s">
+    <row r="44" spans="2:6" ht="58.3" x14ac:dyDescent="0.4">
+      <c r="B44" s="18" t="s">
         <v>74</v>
       </c>
-      <c r="C43" s="8" t="s">
+      <c r="C44" s="19" t="s">
         <v>75</v>
       </c>
-      <c r="D43" s="8" t="s">
+      <c r="D44" s="19" t="s">
         <v>76</v>
       </c>
-      <c r="E43" s="9">
+      <c r="E44" s="20">
         <v>2018</v>
       </c>
-      <c r="F43" s="7" t="s">
+      <c r="F44" s="21" t="s">
         <v>57</v>
       </c>
     </row>
-    <row r="44" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
-      <c r="B44" s="6" t="s">
+    <row r="45" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+      <c r="B45" s="18" t="s">
         <v>22</v>
       </c>
-      <c r="C44" s="8" t="s">
+      <c r="C45" s="19" t="s">
         <v>23</v>
       </c>
-      <c r="D44" s="8" t="s">
+      <c r="D45" s="19" t="s">
         <v>24</v>
       </c>
-      <c r="E44" s="9">
+      <c r="E45" s="20">
         <v>2017</v>
       </c>
-      <c r="F44" s="7" t="s">
-[...4 lines deleted...]
-      <c r="B45" s="6" t="s">
+      <c r="F45" s="21" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="46" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+      <c r="B46" s="18" t="s">
         <v>25</v>
       </c>
-      <c r="C45" s="8" t="s">
+      <c r="C46" s="19" t="s">
         <v>26</v>
       </c>
-      <c r="D45" s="8" t="s">
+      <c r="D46" s="19" t="s">
         <v>27</v>
       </c>
-      <c r="E45" s="9">
+      <c r="E46" s="20">
         <v>2017</v>
       </c>
-      <c r="F45" s="7" t="s">
-[...4 lines deleted...]
-      <c r="B46" s="6" t="s">
+      <c r="F46" s="21" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="47" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+      <c r="B47" s="18" t="s">
         <v>28</v>
       </c>
-      <c r="C46" s="8" t="s">
+      <c r="C47" s="19" t="s">
         <v>29</v>
       </c>
-      <c r="D46" s="8" t="s">
+      <c r="D47" s="19" t="s">
         <v>30</v>
       </c>
-      <c r="E46" s="9">
+      <c r="E47" s="20">
         <v>2017</v>
       </c>
-      <c r="F46" s="7" t="s">
-[...4 lines deleted...]
-      <c r="B47" s="6" t="s">
+      <c r="F47" s="21" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="48" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+      <c r="B48" s="18" t="s">
         <v>31</v>
       </c>
-      <c r="C47" s="8" t="s">
+      <c r="C48" s="19" t="s">
         <v>32</v>
       </c>
-      <c r="D47" s="8" t="s">
+      <c r="D48" s="19" t="s">
         <v>33</v>
       </c>
-      <c r="E47" s="9">
+      <c r="E48" s="20">
         <v>2017</v>
       </c>
-      <c r="F47" s="7" t="s">
-[...4 lines deleted...]
-      <c r="B48" s="6" t="s">
+      <c r="F48" s="21" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="49" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+      <c r="B49" s="18" t="s">
         <v>34</v>
       </c>
-      <c r="C48" s="8" t="s">
+      <c r="C49" s="19" t="s">
         <v>35</v>
       </c>
-      <c r="D48" s="8" t="s">
+      <c r="D49" s="19" t="s">
         <v>36</v>
       </c>
-      <c r="E48" s="9">
+      <c r="E49" s="20">
         <v>2017</v>
       </c>
-      <c r="F48" s="7" t="s">
-[...4 lines deleted...]
-      <c r="B49" s="6" t="s">
+      <c r="F49" s="21" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="50" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+      <c r="B50" s="18" t="s">
         <v>37</v>
       </c>
-      <c r="C49" s="8" t="s">
+      <c r="C50" s="19" t="s">
         <v>38</v>
       </c>
-      <c r="D49" s="8" t="s">
+      <c r="D50" s="19" t="s">
         <v>39</v>
       </c>
-      <c r="E49" s="9">
+      <c r="E50" s="20">
         <v>2017</v>
       </c>
-      <c r="F49" s="7" t="s">
+      <c r="F50" s="21" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="50" spans="2:6" ht="58.3" x14ac:dyDescent="0.4">
-      <c r="B50" s="6" t="s">
+    <row r="51" spans="2:6" ht="58.3" x14ac:dyDescent="0.4">
+      <c r="B51" s="18" t="s">
         <v>77</v>
       </c>
-      <c r="C50" s="8" t="s">
+      <c r="C51" s="19" t="s">
         <v>78</v>
       </c>
-      <c r="D50" s="8" t="s">
+      <c r="D51" s="19" t="s">
         <v>79</v>
       </c>
-      <c r="E50" s="9">
+      <c r="E51" s="20">
         <v>2017</v>
       </c>
-      <c r="F50" s="7" t="s">
-[...4 lines deleted...]
-      <c r="B51" s="6" t="s">
+      <c r="F51" s="21" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="52" spans="2:6" x14ac:dyDescent="0.4">
+      <c r="B52" s="18" t="s">
         <v>41</v>
       </c>
-      <c r="C51" s="8" t="s">
+      <c r="C52" s="19" t="s">
         <v>29</v>
       </c>
-      <c r="D51" s="8" t="s">
+      <c r="D52" s="19" t="s">
         <v>42</v>
       </c>
-      <c r="E51" s="9">
+      <c r="E52" s="20">
         <v>2016</v>
       </c>
-      <c r="F51" s="7" t="s">
-[...4 lines deleted...]
-      <c r="B52" s="6" t="s">
+      <c r="F52" s="21" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="53" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+      <c r="B53" s="18" t="s">
         <v>43</v>
       </c>
-      <c r="C52" s="8" t="s">
+      <c r="C53" s="19" t="s">
         <v>44</v>
       </c>
-      <c r="D52" s="8" t="s">
+      <c r="D53" s="19" t="s">
         <v>45</v>
       </c>
-      <c r="E52" s="9">
+      <c r="E53" s="20">
         <v>2016</v>
       </c>
-      <c r="F52" s="7" t="s">
-[...4 lines deleted...]
-      <c r="B53" s="6" t="s">
+      <c r="F53" s="21" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="54" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+      <c r="B54" s="18" t="s">
         <v>46</v>
       </c>
-      <c r="C53" s="8" t="s">
+      <c r="C54" s="19" t="s">
         <v>13</v>
       </c>
-      <c r="D53" s="8" t="s">
+      <c r="D54" s="19" t="s">
         <v>47</v>
       </c>
-      <c r="E53" s="9">
+      <c r="E54" s="20">
         <v>2016</v>
       </c>
-      <c r="F53" s="7" t="s">
-[...4 lines deleted...]
-      <c r="B54" s="6" t="s">
+      <c r="F54" s="21" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="55" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+      <c r="B55" s="18" t="s">
         <v>48</v>
       </c>
-      <c r="C54" s="8" t="s">
+      <c r="C55" s="19" t="s">
         <v>13</v>
       </c>
-      <c r="D54" s="8" t="s">
+      <c r="D55" s="19" t="s">
         <v>49</v>
       </c>
-      <c r="E54" s="9">
+      <c r="E55" s="20">
         <v>2016</v>
       </c>
-      <c r="F54" s="7" t="s">
-[...4 lines deleted...]
-      <c r="B55" s="6" t="s">
+      <c r="F55" s="21" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="56" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+      <c r="B56" s="18" t="s">
         <v>50</v>
       </c>
-      <c r="C55" s="8" t="s">
+      <c r="C56" s="19" t="s">
         <v>51</v>
       </c>
-      <c r="D55" s="8" t="s">
+      <c r="D56" s="19" t="s">
         <v>52</v>
       </c>
-      <c r="E55" s="9">
+      <c r="E56" s="20">
         <v>2016</v>
       </c>
-      <c r="F55" s="7" t="s">
-[...4 lines deleted...]
-      <c r="B56" s="6" t="s">
+      <c r="F56" s="21" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="57" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+      <c r="B57" s="18" t="s">
         <v>53</v>
       </c>
-      <c r="C56" s="8" t="s">
+      <c r="C57" s="19" t="s">
         <v>54</v>
       </c>
-      <c r="D56" s="8" t="s">
+      <c r="D57" s="19" t="s">
         <v>55</v>
       </c>
-      <c r="E56" s="9">
+      <c r="E57" s="20">
         <v>2016</v>
       </c>
-      <c r="F56" s="7" t="s">
-[...4 lines deleted...]
-      <c r="B57" s="6" t="s">
+      <c r="F57" s="21" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="58" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+      <c r="B58" s="22" t="s">
         <v>58</v>
       </c>
-      <c r="C57" s="8" t="s">
+      <c r="C58" s="23" t="s">
         <v>59</v>
       </c>
-      <c r="D57" s="8" t="s">
+      <c r="D58" s="23" t="s">
         <v>60</v>
       </c>
-      <c r="E57" s="9">
+      <c r="E58" s="24">
         <v>2002</v>
       </c>
-      <c r="F57" s="7" t="s">
-[...5 lines deleted...]
-      <c r="C58" s="15"/>
+      <c r="F58" s="25" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="59" spans="2:6" x14ac:dyDescent="0.4">
+      <c r="B59" s="10"/>
+      <c r="C59" s="10"/>
     </row>
   </sheetData>
   <mergeCells count="11">
     <mergeCell ref="B1:F1"/>
     <mergeCell ref="B2:F2"/>
-    <mergeCell ref="B58:C58"/>
+    <mergeCell ref="B59:C59"/>
     <mergeCell ref="B3:C3"/>
     <mergeCell ref="D3:F3"/>
     <mergeCell ref="B4:C4"/>
     <mergeCell ref="D4:F4"/>
     <mergeCell ref="B5:C5"/>
     <mergeCell ref="D5:F5"/>
     <mergeCell ref="B6:C6"/>
     <mergeCell ref="D6:F6"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B3:G3" r:id="rId1" display="https://www.echr.coe.int/Pages/home.aspx?p=library&amp;c=" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
     <hyperlink ref="B5:G5" r:id="rId2" display="For more references, refer to theLibrary's catalogue." xr:uid="{B245FA6A-6E2A-4A28-918E-924FE03EA0CE}"/>
     <hyperlink ref="B3:F3" r:id="rId3" display="https://www.echr.coe.int/Pages/home.aspx?p=library&amp;c=" xr:uid="{DEEBA9B1-E444-4F96-AFEF-73C78B482B66}"/>
     <hyperlink ref="B5:F5" r:id="rId4" display="For more references, refer to theLibrary’s catalogue." xr:uid="{5599DB10-B234-4DE7-974E-98ADE992D567}"/>
     <hyperlink ref="D3:F3" r:id="rId5" display="Tous les documents sont disponibles à la Bibliothèque de la Cour. Pour les consulter, un rendez-vous peut être pris sur le site de la Bibliothèque." xr:uid="{B9F59C23-F178-4B1B-803D-339340762DBA}"/>
     <hyperlink ref="B5:C5" r:id="rId6" display="For more references, refer to theLibrary’s catalogue." xr:uid="{2F6AE7E3-0280-4D76-8594-B0A94B6717EF}"/>
     <hyperlink ref="D5:F5" r:id="rId7" display="Pour plus de références, consulter lecatalogue de la Bibliothèque." xr:uid="{2C27A400-0219-46B0-97E3-C5D4ACD6AD45}"/>
     <hyperlink ref="B3:C3" r:id="rId8" display="All documents are available in the Court'sLibrary, and an appointment to consult them can be made via the Library webpage." xr:uid="{0438CE41-8930-46BA-BE8D-BB53BD49F68A}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.59055118110236227" right="0.67812499999999998" top="0.39" bottom="0.71" header="0.31496062992125984" footer="0.15"/>
   <pageSetup paperSize="9" scale="73" fitToHeight="0" orientation="landscape" r:id="rId9"/>
   <headerFooter differentFirst="1"/>
   <drawing r:id="rId10"/>
   <tableParts count="1">
@@ -2667,29 +2727,29 @@
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
       <vt:lpstr>Sheet2</vt:lpstr>
       <vt:lpstr>Sheet3</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>European court of Human Right</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="eDOCS AutoSave">
-    <vt:lpwstr>20250627101602021</vt:lpwstr>
+    <vt:lpwstr>20260211110946901</vt:lpwstr>
   </property>
 </Properties>
 </file>