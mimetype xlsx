--- v0 (2025-10-08)
+++ v1 (2025-12-21)
@@ -3,88 +3,88 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="26731"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27928"/>
   <workbookPr codeName="ThisWorkbook" autoCompressPictures="0" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\souppart\AppData\Roaming\OpenText\DM\Temp\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Souppart\AppData\Roaming\OpenText\DM\Temp\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{5C95BB9C-51D7-445F-8C63-9ED6625A9765}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{DF6211B0-C2D9-4035-9874-9E4517B54EF3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-103" yWindow="-103" windowWidth="16663" windowHeight="10492" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11020" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
     <sheet name="Sheet2" sheetId="2" r:id="rId2"/>
     <sheet name="Sheet3" sheetId="3" r:id="rId3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Sheet1!$B$7:$F$163</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Sheet1!$B$7:$F$171</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="639" uniqueCount="484">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="671" uniqueCount="505">
   <si>
     <t xml:space="preserve">Date </t>
   </si>
   <si>
     <t xml:space="preserve">"Burkini" bans in Belgian municipal swimming pools : banning as a default option </t>
   </si>
   <si>
     <t>Brems, Eva</t>
   </si>
   <si>
     <t>Netherlands quarterly of human rights, vol. 36, no. 4 (Dec. 2018), p. 270-289</t>
   </si>
   <si>
     <t xml:space="preserve">PERIODIQUE </t>
   </si>
   <si>
     <t xml:space="preserve">Religion et cours de natation  </t>
   </si>
   <si>
     <t>Caflisch, Lucius</t>
   </si>
   <si>
     <t>Anuario español de derecho internacional, vol. 34 (2018), p. 551-573</t>
   </si>
   <si>
@@ -324,59 +324,50 @@
   <si>
     <t>La laïcité à la carte</t>
   </si>
   <si>
     <t>Roux, Christophe</t>
   </si>
   <si>
     <t>Droit administratif : revue mensuelle du JurisClasseur, 56e année, n° 4 (avril 2017), p. 3-4</t>
   </si>
   <si>
     <t>A conscience-based human right to be "Doctor Death"</t>
   </si>
   <si>
     <t>Adenitire, John</t>
   </si>
   <si>
     <t>Public law, issue 4 (Oct. 2016), p. 613-630</t>
   </si>
   <si>
     <t>De la régulation du port de signes religieux dans les établissements et l'espace publics : l'exemple française ?</t>
   </si>
   <si>
     <t>Monot-Fouletier, Marjolaine</t>
   </si>
   <si>
-    <t>La liberté de religion et les garanties de protection dans le système africain des droits de l'homme et des peuples</t>
-[...7 lines deleted...]
-  <si>
     <t>Le juge aux affaires familiales et la "radicalisation" religieuse</t>
   </si>
   <si>
     <t>Bernard, Younes</t>
   </si>
   <si>
     <t>Recueil Dalloz, 195e année, n° 16 (2 mai 2019), p. 904-909</t>
   </si>
   <si>
     <t>Liberté de culte et laïcité</t>
   </si>
   <si>
     <t>Bouleau, Michel</t>
   </si>
   <si>
     <t>Recueil Dalloz, 195e année, n° 26 (18 juil. 2019), p. 1460-1461</t>
   </si>
   <si>
     <t>Le modèle laïc à Strasbourg : retour sur une politique jurisprudentielle de la reconnaissance</t>
   </si>
   <si>
     <t>Burgorgue-Larsen, Laurence</t>
   </si>
   <si>
     <t>Regards croisés sur la protection nationale et internationale des droits de l'homme =tersecting views on national and international human rights protection : liber amicorum Guido Raimondi / Linos-Alexandre Sicilianos ... [et al.] (eds.). - Tilburg : Wolf Legal Publishers (WLP), 2019. - p. 51-81</t>
@@ -679,62 +670,50 @@
     <t>When fraternité trumps égalité : reflections on SAS v. France</t>
   </si>
   <si>
     <t>Teitel, Ruti</t>
   </si>
   <si>
     <t>New developments in constitutional law : essays in honour of András Sajó / edited by Iulia Motoc, Paulo Pinto de Albuquerque and Krzysztof Wojtyczek. – The Hague : Eleven International Publishing, 2018. - p. 425-437</t>
   </si>
   <si>
     <t>342(082) % SAJ</t>
   </si>
   <si>
     <t xml:space="preserve">Human rights law review, vol. 18, no. 1 (2018), p. 157-169  </t>
   </si>
   <si>
     <t>Arrêt "Liga van Moskeeën en Islamitische Organisaties" : l'obligation d'effectuer l'abattage rituel dans un abattoir agréé au regard du droit à la liberté de religion</t>
   </si>
   <si>
     <t>Wattier, Stéphanie</t>
   </si>
   <si>
     <t>Journal de droit européen, 26e année, n° 254 (déc. 2018), p. 385-387</t>
   </si>
   <si>
     <t>342.7 % COL./EYHR</t>
-  </si>
-[...10 lines deleted...]
-    <t>342.7(082) % FLA</t>
   </si>
   <si>
     <t xml:space="preserve">Freedom of religion : lifting the veils of power and prejudice </t>
   </si>
   <si>
     <t>Alkiviadou, Natalie</t>
   </si>
   <si>
     <t>The international journal of human rights, vol. 24, no. 5 (2020), p. 509-530</t>
   </si>
   <si>
     <t xml:space="preserve">The margin of appreciation and freedom of religion : assessing standards of the European Court of Human Rights </t>
   </si>
   <si>
     <t>Chakim, Lufti</t>
   </si>
   <si>
     <t>The international journal of human rights, vol. 24, no. 6 (2020), p. 850-867</t>
   </si>
   <si>
     <t xml:space="preserve">La liberté de religion à l’épreuve de la jurisprudence de la Cour de justice de l’Union européenne </t>
   </si>
   <si>
     <t>Revue trimestrielle des droits de l'homme, 31e année, n° 122 (1er avril 2020), p. [103]-120</t>
   </si>
@@ -1591,97 +1570,181 @@
   <si>
     <t>Muzny, Petr</t>
   </si>
   <si>
     <t>Revue trimestrielle des droits de l'homme, 35e année, n° 138 (1er avril 2024), p. [477]-496</t>
   </si>
   <si>
     <t>Children's religious identity in alternative care and adoption : the need to recentre the child's best interest in international human rights adjudication</t>
   </si>
   <si>
     <t>Alves, Ayla Do Vale</t>
   </si>
   <si>
     <t>Human rights law review, vol. 23, no. 2 (2023), p. 1-22</t>
   </si>
   <si>
     <t>Une première belge : le Conseil d'Etat adresse une demande d'avis consultatif à la Cour européenne des droits de l'homme</t>
   </si>
   <si>
     <t>Van Enis, Quentin</t>
   </si>
   <si>
     <t>Journal des tribunaux, 142e année, n° 6956 (28 oct. 2023), p. 589-591</t>
   </si>
   <si>
+    <t>The positive duty to protect against religious offence under the European Convention on Human Rights</t>
+  </si>
+  <si>
+    <t>Cowell, Frederick</t>
+  </si>
+  <si>
+    <t>European human rights law review, issue 1 (2025), p. 75-89</t>
+  </si>
+  <si>
+    <t>Assessing public morality and the necessity of restrictions on ECHR rights</t>
+  </si>
+  <si>
+    <t>McGoldrick, Dominic</t>
+  </si>
+  <si>
+    <t>European human rights law review, issue 1 (2025), p. 34-59</t>
+  </si>
+  <si>
+    <t>De la compatibilité entre l'idéologie salafiste "scientifique" et la profession d'agent de sécurité : (obs. sous Cour eur. dr. h., Ghe Ch., Avis consultatif sur le refus d'autoriser une personne à exercer la profession d'agent de sécurité ou de gardiennage en raison de sa proximité avec un mouvement religieux ou de son appartenance à celui-ci, 14 décembre 2023)</t>
+  </si>
+  <si>
+    <t>Revue trimestrielle des droits de l'homme, 35e année, n° 139 (1er juil. 2024), p. [767]-781</t>
+  </si>
+  <si>
+    <t>Animal welfare v religious freedom : reflecting on the ECtHR's decision in Executief van de Moslims van België and Others v Belgium : ECtHR 13 February 2024, No. 16760/22 and others, Executief van de Moslims van België and Others v Belgium</t>
+  </si>
+  <si>
+    <t>Ní Chinnéide, Harriet</t>
+  </si>
+  <si>
+    <t>European constitutional law review (EuConst), vol. 20, no. 4 (2024), p. 678-698</t>
+  </si>
+  <si>
+    <t>DIGITAL</t>
+  </si>
+  <si>
     <t xml:space="preserve">Article and Chapter selection - Sélection d'articles et de chapitres
 Article 9
-(Last updated - Dernière mise à jour : 28/02/2025)
+(Last updated - Dernière mise à jour : 31/08/2025)
 </t>
   </si>
   <si>
-    <t>The positive duty to protect against religious offence under the European Convention on Human Rights</t>
-[...32 lines deleted...]
-    <t>DIGITAL</t>
+    <t>Freedom of religion or belief in the civil service : how to stay loyal to the State while remaining true to oneself ?</t>
+  </si>
+  <si>
+    <t>Brzozowski, Wojciech</t>
+  </si>
+  <si>
+    <t>The civil service in Europe : a research companion / edited by Karl-Peter Sommermann, Adam Krzywoń, and Cristina Fraenkel-Haeberle. - Abingdon, Oxon ; New York : Routledge, 2025. - p. [789]-805</t>
+  </si>
+  <si>
+    <t>Abattage rituel : la liberté de religion subsidiaire au bien-être animal : (obs. sous Cour eur. dr. h., arrêt Executief van de Moslims van België e.a. c. Belgique, 13 février 2024)</t>
+  </si>
+  <si>
+    <t>Revue trimestrielle des droits de l'homme, 36e année, n° 143 (1er juil. 2025), p. [779]-802</t>
+  </si>
+  <si>
+    <t>The human right to freedom of thought : operationalising a disputed right in the context of neurotechnologies</t>
+  </si>
+  <si>
+    <t>Hertz, Nora</t>
+  </si>
+  <si>
+    <t>Human rights law review, vol. 25, no. 3 (2025), ngaf015</t>
+  </si>
+  <si>
+    <t>Reconsidering the absolute nature of the right to freedom of thought</t>
+  </si>
+  <si>
+    <t>Human rights law review, vol. 25, no. 3 (2025), ngaf018</t>
+  </si>
+  <si>
+    <t>A forgotten element of the right to adequate food : redressing the normative gap regarding consumer acceptability</t>
+  </si>
+  <si>
+    <t>Morris, Katie</t>
+  </si>
+  <si>
+    <t>Human rights law review, vol. 25, no. 3 (2025), ngaf020</t>
+  </si>
+  <si>
+    <t>The use of artificial intelligence technologies in border and migration control and the subtle erosion of human rights</t>
+  </si>
+  <si>
+    <t>Rinaldi, Alberto</t>
+  </si>
+  <si>
+    <t>International and comparative law quarterly, vol. 74, pt. 1 (Jan. 2025), p. 61-89</t>
+  </si>
+  <si>
+    <t>Religious dress in the healthcare setting : unpacking legal arguments and balancing individual rights</t>
+  </si>
+  <si>
+    <t>El Yattouti, Naoual</t>
+  </si>
+  <si>
+    <t>Netherlands quarterly of human rights, vol. 42, no. 3 (Sept. 2024), p. 253-275</t>
+  </si>
+  <si>
+    <t>Le prosélytisme religieux et la Cour européenne des droits de l'homme</t>
+  </si>
+  <si>
+    <t>Ghelfi, Fabienne</t>
+  </si>
+  <si>
+    <t>Liber amicorum : mélanges en l'honneur de Jean-François Renucci / sous la direction de Laurent Anselmi ... [et al.]. - Courbevoie : Dalloz, 2024. - p. [257]-280</t>
+  </si>
+  <si>
+    <t>342.7(082) % REN</t>
+  </si>
+  <si>
+    <t>Hate speech, offences to religion and public morals in Strasbourg case law</t>
+  </si>
+  <si>
+    <t>Conscience and liberty, n° 84 (2024), p. 13-60</t>
+  </si>
+  <si>
+    <t>Women, religion and human rights : an approach from Western legal systems</t>
+  </si>
+  <si>
+    <t>Rossell Granados, Jaime</t>
+  </si>
+  <si>
+    <t>Conscience and liberty, n° 84 (2024), p. 95-105</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="14">
+  <fonts count="14" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="4" tint="-0.499984740745262"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="4" tint="-0.249977111117893"/>
@@ -1737,52 +1800,55 @@
       <color rgb="FF0070C0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="4" tint="-0.499984740745262"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="16"/>
       <color theme="4" tint="-0.499984740745262"/>
       <name val="Segoe UI Semibold"/>
       <family val="2"/>
     </font>
     <font>
+      <u/>
       <sz val="11"/>
+      <color theme="10"/>
       <name val="Calibri"/>
+      <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="3" tint="-0.499984740745262"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="4">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
@@ -1802,130 +1868,135 @@
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color theme="4"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="4"/>
       </left>
       <right/>
       <top style="thin">
         <color theme="4"/>
       </top>
       <bottom style="thin">
         <color theme="4"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="3">
+  <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="25">
+  <cellXfs count="26">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
-    </xf>
-[...16 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="9"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="9"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="9"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="9"/>
     </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" xfId="3" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="3" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
   </cellXfs>
-  <cellStyles count="3">
+  <cellStyles count="4">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
+    <cellStyle name="Hyperlink 3" xfId="3" xr:uid="{51312E72-A2A6-45AB-885D-E080575878F4}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0" customBuiltin="1"/>
     <cellStyle name="Normal 2" xfId="2" xr:uid="{51FAC757-C72E-429D-B3EB-69E4A36A4D92}"/>
   </cellStyles>
   <dxfs count="9">
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <scheme val="minor"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor indexed="65"/>
         </patternFill>
@@ -2227,52 +2298,52 @@
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="142875" y="47625"/>
           <a:ext cx="2350112" cy="888531"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="Table1" displayName="Table1" ref="B7:F163" totalsRowShown="0" headerRowDxfId="8" headerRowBorderDxfId="7" tableBorderDxfId="6" totalsRowBorderDxfId="5">
-  <autoFilter ref="B7:F163" xr:uid="{00000000-0009-0000-0100-000001000000}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="Table1" displayName="Table1" ref="B7:F171" totalsRowShown="0" headerRowDxfId="8" headerRowBorderDxfId="7" tableBorderDxfId="6" totalsRowBorderDxfId="5">
+  <autoFilter ref="B7:F171" xr:uid="{00000000-0009-0000-0100-000001000000}"/>
   <tableColumns count="5">
     <tableColumn id="1" xr3:uid="{00000000-0010-0000-0000-000001000000}" name="  Title - Titre" dataDxfId="4" dataCellStyle="Normal 2"/>
     <tableColumn id="2" xr3:uid="{00000000-0010-0000-0000-000002000000}" name="Author - Auteur" dataDxfId="3" dataCellStyle="Normal 2"/>
     <tableColumn id="3" xr3:uid="{00000000-0010-0000-0000-000003000000}" name="Source / Publisher - Éditeur" dataDxfId="2" dataCellStyle="Normal 2"/>
     <tableColumn id="4" xr3:uid="{00000000-0010-0000-0000-000004000000}" name="Date " dataDxfId="1" dataCellStyle="Normal 2"/>
     <tableColumn id="5" xr3:uid="{00000000-0010-0000-0000-000005000000}" name="Call number - Cote" dataDxfId="0" dataCellStyle="Normal 2"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
@@ -2526,2878 +2597,3021 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.echr.coe.int/Pages/home.aspx?p=library&amp;c=" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.echr.coe.int/Pages/home.aspx?p=library&amp;c=" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hrls.echr.coe.int/uhtbin/cgisirsi.exe/x/0/0/5?searchdata1=couredh%20AND%20cedh-9%7b694%7d&amp;sort_by=-PBYR" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hrls.echr.coe.int/uhtbin/cgisirsi.exe/x/0/0/5?searchdata1=couredh%20and%20cedh-9%7b694%7d&amp;sort_by=-PBYR" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.echr.coe.int/Pages/home.aspx?p=library&amp;c=" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hrls.echr.coe.int/uhtbin/cgisirsi.exe/x/0/0/5?searchdata1=couredh%20AND%20cedh-9%7b694%7d&amp;sort_by=-PBYR" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.echr.coe.int/Pages/home.aspx?p=library&amp;c=fre" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hrls.echr.coe.int/uhtbin/cgisirsi.exe/x/0/0/5?searchdata1=couredh%20AND%20cedh-4%7b694%7d&amp;sort_by=-PBYR" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.echr.coe.int/Pages/home.aspx?p=library&amp;c=" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4324/9781003458333-50" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.echr.coe.int/Pages/home.aspx?p=library&amp;c=" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hrls.echr.coe.int/uhtbin/cgisirsi.exe/x/0/0/5?searchdata1=couredh%20AND%20cedh-9%7b694%7d&amp;sort_by=-PBYR" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/hrlr/ngaf015" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hrls.echr.coe.int/uhtbin/cgisirsi.exe/x/0/0/5?searchdata1=couredh%20and%20cedh-9%7b694%7d&amp;sort_by=-PBYR" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.echr.coe.int/Pages/home.aspx?p=library&amp;c=" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hrls.echr.coe.int/uhtbin/cgisirsi.exe/x/0/0/5?searchdata1=couredh%20AND%20cedh-9%7b694%7d&amp;sort_by=-PBYR" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/hrlr/ngaf018" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.echr.coe.int/Pages/home.aspx?p=library&amp;c=fre" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1177/09240519241270438" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/hrlr/ngaf020" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hrls.echr.coe.int/uhtbin/cgisirsi.exe/x/0/0/5?searchdata1=couredh%20AND%20cedh-4%7b694%7d&amp;sort_by=-PBYR" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/S1574019624000373" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/S0020589325000090" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet1">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="B1:G164"/>
+  <dimension ref="B1:G172"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="B2" sqref="B2:F2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.15234375" defaultRowHeight="14.6"/>
+  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="1.53515625" style="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="27.84375" style="3" customWidth="1"/>
+    <col min="1" max="1" width="1.54296875" style="1" customWidth="1"/>
+    <col min="2" max="2" width="51.54296875" style="3" customWidth="1"/>
+    <col min="3" max="3" width="27.81640625" style="3" customWidth="1"/>
     <col min="4" max="4" width="62" style="3" customWidth="1"/>
     <col min="5" max="5" width="12" style="2" customWidth="1"/>
-    <col min="6" max="6" width="26.53515625" style="3" customWidth="1"/>
-    <col min="7" max="16384" width="9.15234375" style="1"/>
+    <col min="6" max="6" width="26.54296875" style="3" customWidth="1"/>
+    <col min="7" max="16384" width="9.1796875" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:7" ht="23.15">
-[...18 lines deleted...]
-      <c r="B3" s="18" t="s">
+    <row r="1" spans="2:7" ht="25" x14ac:dyDescent="0.35">
+      <c r="B1" s="8" t="s">
+        <v>431</v>
+      </c>
+      <c r="C1" s="8"/>
+      <c r="D1" s="8"/>
+      <c r="E1" s="8"/>
+      <c r="F1" s="8"/>
+    </row>
+    <row r="2" spans="2:7" ht="166.5" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="B2" s="9" t="s">
+        <v>476</v>
+      </c>
+      <c r="C2" s="10"/>
+      <c r="D2" s="10"/>
+      <c r="E2" s="10"/>
+      <c r="F2" s="10"/>
+    </row>
+    <row r="3" spans="2:7" s="5" customFormat="1" ht="29.15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B3" s="12" t="s">
+        <v>371</v>
+      </c>
+      <c r="C3" s="12"/>
+      <c r="D3" s="13" t="s">
+        <v>372</v>
+      </c>
+      <c r="E3" s="14"/>
+      <c r="F3" s="14"/>
+      <c r="G3" s="6"/>
+    </row>
+    <row r="4" spans="2:7" s="5" customFormat="1" ht="29.15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B4" s="15" t="s">
+        <v>373</v>
+      </c>
+      <c r="C4" s="15"/>
+      <c r="D4" s="16" t="s">
+        <v>374</v>
+      </c>
+      <c r="E4" s="16"/>
+      <c r="F4" s="16"/>
+      <c r="G4" s="6"/>
+    </row>
+    <row r="5" spans="2:7" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B5" s="17" t="s">
+        <v>375</v>
+      </c>
+      <c r="C5" s="17"/>
+      <c r="D5" s="18" t="s">
+        <v>376</v>
+      </c>
+      <c r="E5" s="18"/>
+      <c r="F5" s="18"/>
+      <c r="G5" s="7"/>
+    </row>
+    <row r="6" spans="2:7" s="5" customFormat="1" ht="92.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B6" s="15" t="s">
+        <v>377</v>
+      </c>
+      <c r="C6" s="15"/>
+      <c r="D6" s="16" t="s">
         <v>378</v>
       </c>
-      <c r="C3" s="18"/>
-      <c r="D3" s="19" t="s">
+      <c r="E6" s="16"/>
+      <c r="F6" s="16"/>
+    </row>
+    <row r="7" spans="2:7" s="2" customFormat="1" ht="51" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B7" s="4" t="s">
         <v>379</v>
       </c>
-      <c r="E3" s="20"/>
-[...4 lines deleted...]
-      <c r="B4" s="21" t="s">
+      <c r="C7" s="4" t="s">
         <v>380</v>
       </c>
-      <c r="C4" s="21"/>
-      <c r="D4" s="22" t="s">
+      <c r="D7" s="4" t="s">
         <v>381</v>
-      </c>
-[...35 lines deleted...]
-        <v>388</v>
       </c>
       <c r="E7" s="4" t="s">
         <v>0</v>
       </c>
       <c r="F7" s="4" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="8" spans="2:7" s="2" customFormat="1" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B8" s="19" t="s">
+        <v>477</v>
+      </c>
+      <c r="C8" s="20" t="s">
+        <v>478</v>
+      </c>
+      <c r="D8" s="19" t="s">
+        <v>479</v>
+      </c>
+      <c r="E8" s="21">
+        <v>2025</v>
+      </c>
+      <c r="F8" s="22" t="s">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="9" spans="2:7" s="2" customFormat="1" ht="29" x14ac:dyDescent="0.35">
+      <c r="B9" s="19" t="s">
+        <v>464</v>
+      </c>
+      <c r="C9" s="20" t="s">
+        <v>465</v>
+      </c>
+      <c r="D9" s="19" t="s">
+        <v>466</v>
+      </c>
+      <c r="E9" s="21">
+        <v>2025</v>
+      </c>
+      <c r="F9" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="10" spans="2:7" s="2" customFormat="1" ht="58" x14ac:dyDescent="0.35">
+      <c r="B10" s="19" t="s">
+        <v>480</v>
+      </c>
+      <c r="C10" s="20" t="s">
+        <v>114</v>
+      </c>
+      <c r="D10" s="19" t="s">
+        <v>481</v>
+      </c>
+      <c r="E10" s="21">
+        <v>2025</v>
+      </c>
+      <c r="F10" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="11" spans="2:7" s="2" customFormat="1" ht="29" x14ac:dyDescent="0.35">
+      <c r="B11" s="19" t="s">
+        <v>482</v>
+      </c>
+      <c r="C11" s="20" t="s">
+        <v>483</v>
+      </c>
+      <c r="D11" s="19" t="s">
+        <v>484</v>
+      </c>
+      <c r="E11" s="21">
+        <v>2025</v>
+      </c>
+      <c r="F11" s="22" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="12" spans="2:7" s="2" customFormat="1" ht="29" x14ac:dyDescent="0.35">
+      <c r="B12" s="19" t="s">
+        <v>485</v>
+      </c>
+      <c r="C12" s="20" t="s">
+        <v>397</v>
+      </c>
+      <c r="D12" s="19" t="s">
+        <v>486</v>
+      </c>
+      <c r="E12" s="21">
+        <v>2025</v>
+      </c>
+      <c r="F12" s="22" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="13" spans="2:7" s="2" customFormat="1" ht="29" x14ac:dyDescent="0.35">
+      <c r="B13" s="19" t="s">
+        <v>467</v>
+      </c>
+      <c r="C13" s="20" t="s">
+        <v>468</v>
+      </c>
+      <c r="D13" s="19" t="s">
+        <v>469</v>
+      </c>
+      <c r="E13" s="21">
+        <v>2025</v>
+      </c>
+      <c r="F13" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="14" spans="2:7" s="2" customFormat="1" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B14" s="19" t="s">
+        <v>487</v>
+      </c>
+      <c r="C14" s="20" t="s">
+        <v>488</v>
+      </c>
+      <c r="D14" s="19" t="s">
+        <v>489</v>
+      </c>
+      <c r="E14" s="21">
+        <v>2025</v>
+      </c>
+      <c r="F14" s="22" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="15" spans="2:7" s="2" customFormat="1" ht="29" x14ac:dyDescent="0.35">
+      <c r="B15" s="19" t="s">
+        <v>490</v>
+      </c>
+      <c r="C15" s="20" t="s">
+        <v>491</v>
+      </c>
+      <c r="D15" s="19" t="s">
+        <v>492</v>
+      </c>
+      <c r="E15" s="21">
+        <v>2025</v>
+      </c>
+      <c r="F15" s="22" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="16" spans="2:7" s="2" customFormat="1" ht="29" x14ac:dyDescent="0.35">
+      <c r="B16" s="19" t="s">
+        <v>493</v>
+      </c>
+      <c r="C16" s="20" t="s">
+        <v>494</v>
+      </c>
+      <c r="D16" s="19" t="s">
+        <v>495</v>
+      </c>
+      <c r="E16" s="21">
+        <v>2024</v>
+      </c>
+      <c r="F16" s="22" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="17" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B17" s="19" t="s">
+        <v>496</v>
+      </c>
+      <c r="C17" s="20" t="s">
+        <v>497</v>
+      </c>
+      <c r="D17" s="19" t="s">
+        <v>498</v>
+      </c>
+      <c r="E17" s="21">
+        <v>2024</v>
+      </c>
+      <c r="F17" s="23" t="s">
+        <v>499</v>
+      </c>
+    </row>
+    <row r="18" spans="2:6" ht="101.5" x14ac:dyDescent="0.35">
+      <c r="B18" s="19" t="s">
+        <v>470</v>
+      </c>
+      <c r="C18" s="20" t="s">
+        <v>17</v>
+      </c>
+      <c r="D18" s="19" t="s">
+        <v>471</v>
+      </c>
+      <c r="E18" s="21">
+        <v>2024</v>
+      </c>
+      <c r="F18" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="19" spans="2:6" ht="58" x14ac:dyDescent="0.35">
+      <c r="B19" s="19" t="s">
+        <v>447</v>
+      </c>
+      <c r="C19" s="20" t="s">
+        <v>17</v>
+      </c>
+      <c r="D19" s="19" t="s">
+        <v>448</v>
+      </c>
+      <c r="E19" s="21">
+        <v>2024</v>
+      </c>
+      <c r="F19" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="20" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B20" s="19" t="s">
+        <v>449</v>
+      </c>
+      <c r="C20" s="20" t="s">
+        <v>17</v>
+      </c>
+      <c r="D20" s="19" t="s">
+        <v>450</v>
+      </c>
+      <c r="E20" s="21">
+        <v>2024</v>
+      </c>
+      <c r="F20" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="21" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B21" s="19" t="s">
+        <v>451</v>
+      </c>
+      <c r="C21" s="20" t="s">
+        <v>17</v>
+      </c>
+      <c r="D21" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="E21" s="21">
+        <v>2024</v>
+      </c>
+      <c r="F21" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="22" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B22" s="19" t="s">
+        <v>453</v>
+      </c>
+      <c r="C22" s="20" t="s">
+        <v>17</v>
+      </c>
+      <c r="D22" s="19" t="s">
+        <v>454</v>
+      </c>
+      <c r="E22" s="21">
+        <v>2024</v>
+      </c>
+      <c r="F22" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="23" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B23" s="19" t="s">
+        <v>500</v>
+      </c>
+      <c r="C23" s="20" t="s">
+        <v>69</v>
+      </c>
+      <c r="D23" s="19" t="s">
+        <v>501</v>
+      </c>
+      <c r="E23" s="21">
+        <v>2024</v>
+      </c>
+      <c r="F23" s="23" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="24" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B24" s="19" t="s">
+        <v>455</v>
+      </c>
+      <c r="C24" s="20" t="s">
+        <v>456</v>
+      </c>
+      <c r="D24" s="19" t="s">
+        <v>457</v>
+      </c>
+      <c r="E24" s="21">
+        <v>2024</v>
+      </c>
+      <c r="F24" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="25" spans="2:6" ht="72.5" x14ac:dyDescent="0.35">
+      <c r="B25" s="19" t="s">
+        <v>472</v>
+      </c>
+      <c r="C25" s="20" t="s">
+        <v>473</v>
+      </c>
+      <c r="D25" s="19" t="s">
+        <v>474</v>
+      </c>
+      <c r="E25" s="21">
+        <v>2024</v>
+      </c>
+      <c r="F25" s="22" t="s">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="26" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B26" s="19" t="s">
+        <v>502</v>
+      </c>
+      <c r="C26" s="20" t="s">
+        <v>503</v>
+      </c>
+      <c r="D26" s="19" t="s">
+        <v>504</v>
+      </c>
+      <c r="E26" s="21">
+        <v>2024</v>
+      </c>
+      <c r="F26" s="23" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="27" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B27" s="19" t="s">
+        <v>458</v>
+      </c>
+      <c r="C27" s="20" t="s">
+        <v>459</v>
+      </c>
+      <c r="D27" s="19" t="s">
+        <v>460</v>
+      </c>
+      <c r="E27" s="21">
+        <v>2023</v>
+      </c>
+      <c r="F27" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="28" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B28" s="19" t="s">
+        <v>432</v>
+      </c>
+      <c r="C28" s="20" t="s">
+        <v>17</v>
+      </c>
+      <c r="D28" s="19" t="s">
+        <v>433</v>
+      </c>
+      <c r="E28" s="21">
+        <v>2023</v>
+      </c>
+      <c r="F28" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="29" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B29" s="19" t="s">
+        <v>383</v>
+      </c>
+      <c r="C29" s="20" t="s">
+        <v>17</v>
+      </c>
+      <c r="D29" s="19" t="s">
+        <v>384</v>
+      </c>
+      <c r="E29" s="21">
+        <v>2023</v>
+      </c>
+      <c r="F29" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="30" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B30" s="19" t="s">
+        <v>434</v>
+      </c>
+      <c r="C30" s="20" t="s">
+        <v>59</v>
+      </c>
+      <c r="D30" s="19" t="s">
+        <v>435</v>
+      </c>
+      <c r="E30" s="21">
+        <v>2023</v>
+      </c>
+      <c r="F30" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="31" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B31" s="19" t="s">
+        <v>436</v>
+      </c>
+      <c r="C31" s="20" t="s">
+        <v>437</v>
+      </c>
+      <c r="D31" s="19" t="s">
+        <v>438</v>
+      </c>
+      <c r="E31" s="21">
+        <v>2023</v>
+      </c>
+      <c r="F31" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="32" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B32" s="19" t="s">
+        <v>414</v>
+      </c>
+      <c r="C32" s="20" t="s">
+        <v>415</v>
+      </c>
+      <c r="D32" s="19" t="s">
+        <v>416</v>
+      </c>
+      <c r="E32" s="21">
+        <v>2023</v>
+      </c>
+      <c r="F32" s="21" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="33" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B33" s="19" t="s">
+        <v>461</v>
+      </c>
+      <c r="C33" s="20" t="s">
+        <v>462</v>
+      </c>
+      <c r="D33" s="19" t="s">
+        <v>463</v>
+      </c>
+      <c r="E33" s="21">
+        <v>2023</v>
+      </c>
+      <c r="F33" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="34" spans="2:6" ht="58" x14ac:dyDescent="0.35">
+      <c r="B34" s="19" t="s">
+        <v>385</v>
+      </c>
+      <c r="C34" s="20" t="s">
+        <v>207</v>
+      </c>
+      <c r="D34" s="19" t="s">
+        <v>386</v>
+      </c>
+      <c r="E34" s="21">
+        <v>2023</v>
+      </c>
+      <c r="F34" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="35" spans="2:6" ht="101.5" x14ac:dyDescent="0.35">
+      <c r="B35" s="19" t="s">
+        <v>418</v>
+      </c>
+      <c r="C35" s="20" t="s">
+        <v>419</v>
+      </c>
+      <c r="D35" s="19" t="s">
+        <v>420</v>
+      </c>
+      <c r="E35" s="21">
+        <v>2022</v>
+      </c>
+      <c r="F35" s="21" t="s">
+        <v>421</v>
+      </c>
+    </row>
+    <row r="36" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B36" s="19" t="s">
+        <v>387</v>
+      </c>
+      <c r="C36" s="20" t="s">
+        <v>388</v>
+      </c>
+      <c r="D36" s="19" t="s">
         <v>389</v>
       </c>
-    </row>
-[...38 lines deleted...]
-      <c r="C10" s="9" t="s">
+      <c r="E36" s="21">
+        <v>2022</v>
+      </c>
+      <c r="F36" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="37" spans="2:6" ht="17.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B37" s="19" t="s">
+        <v>390</v>
+      </c>
+      <c r="C37" s="20" t="s">
+        <v>391</v>
+      </c>
+      <c r="D37" s="19" t="s">
+        <v>392</v>
+      </c>
+      <c r="E37" s="21">
+        <v>2022</v>
+      </c>
+      <c r="F37" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="38" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B38" s="19" t="s">
+        <v>393</v>
+      </c>
+      <c r="C38" s="20" t="s">
+        <v>394</v>
+      </c>
+      <c r="D38" s="19" t="s">
+        <v>395</v>
+      </c>
+      <c r="E38" s="21">
+        <v>2022</v>
+      </c>
+      <c r="F38" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="39" spans="2:6" ht="72.5" x14ac:dyDescent="0.35">
+      <c r="B39" s="19" t="s">
+        <v>340</v>
+      </c>
+      <c r="C39" s="20" t="s">
+        <v>341</v>
+      </c>
+      <c r="D39" s="19" t="s">
+        <v>342</v>
+      </c>
+      <c r="E39" s="21">
+        <v>2022</v>
+      </c>
+      <c r="F39" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="40" spans="2:6" ht="87" x14ac:dyDescent="0.35">
+      <c r="B40" s="19" t="s">
+        <v>439</v>
+      </c>
+      <c r="C40" s="20" t="s">
+        <v>440</v>
+      </c>
+      <c r="D40" s="19" t="s">
+        <v>441</v>
+      </c>
+      <c r="E40" s="21">
+        <v>2022</v>
+      </c>
+      <c r="F40" s="21" t="s">
+        <v>442</v>
+      </c>
+    </row>
+    <row r="41" spans="2:6" ht="101.5" x14ac:dyDescent="0.35">
+      <c r="B41" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="C41" s="20" t="s">
+        <v>444</v>
+      </c>
+      <c r="D41" s="19" t="s">
+        <v>445</v>
+      </c>
+      <c r="E41" s="21">
+        <v>2022</v>
+      </c>
+      <c r="F41" s="21" t="s">
+        <v>446</v>
+      </c>
+    </row>
+    <row r="42" spans="2:6" ht="58" x14ac:dyDescent="0.35">
+      <c r="B42" s="19" t="s">
+        <v>343</v>
+      </c>
+      <c r="C42" s="20" t="s">
         <v>17</v>
       </c>
-      <c r="D10" s="8" t="s">
-[...13 lines deleted...]
-      <c r="C11" s="9" t="s">
+      <c r="D42" s="19" t="s">
+        <v>344</v>
+      </c>
+      <c r="E42" s="21">
+        <v>2022</v>
+      </c>
+      <c r="F42" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="43" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B43" s="19" t="s">
+        <v>422</v>
+      </c>
+      <c r="C43" s="20" t="s">
+        <v>423</v>
+      </c>
+      <c r="D43" s="19" t="s">
+        <v>424</v>
+      </c>
+      <c r="E43" s="21">
+        <v>2022</v>
+      </c>
+      <c r="F43" s="21" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="44" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B44" s="19" t="s">
+        <v>345</v>
+      </c>
+      <c r="C44" s="20" t="s">
+        <v>320</v>
+      </c>
+      <c r="D44" s="19" t="s">
+        <v>346</v>
+      </c>
+      <c r="E44" s="21">
+        <v>2022</v>
+      </c>
+      <c r="F44" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="45" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B45" s="19" t="s">
+        <v>396</v>
+      </c>
+      <c r="C45" s="20" t="s">
+        <v>397</v>
+      </c>
+      <c r="D45" s="19" t="s">
+        <v>398</v>
+      </c>
+      <c r="E45" s="21">
+        <v>2022</v>
+      </c>
+      <c r="F45" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="46" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B46" s="19" t="s">
+        <v>399</v>
+      </c>
+      <c r="C46" s="20" t="s">
+        <v>400</v>
+      </c>
+      <c r="D46" s="19" t="s">
+        <v>401</v>
+      </c>
+      <c r="E46" s="21">
+        <v>2022</v>
+      </c>
+      <c r="F46" s="21" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="47" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B47" s="19" t="s">
+        <v>347</v>
+      </c>
+      <c r="C47" s="20" t="s">
+        <v>348</v>
+      </c>
+      <c r="D47" s="19" t="s">
+        <v>349</v>
+      </c>
+      <c r="E47" s="21">
+        <v>2022</v>
+      </c>
+      <c r="F47" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="48" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B48" s="19" t="s">
+        <v>425</v>
+      </c>
+      <c r="C48" s="20" t="s">
+        <v>426</v>
+      </c>
+      <c r="D48" s="19" t="s">
+        <v>427</v>
+      </c>
+      <c r="E48" s="21">
+        <v>2022</v>
+      </c>
+      <c r="F48" s="21" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="49" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B49" s="19" t="s">
+        <v>402</v>
+      </c>
+      <c r="C49" s="20" t="s">
+        <v>403</v>
+      </c>
+      <c r="D49" s="19" t="s">
+        <v>404</v>
+      </c>
+      <c r="E49" s="21">
+        <v>2022</v>
+      </c>
+      <c r="F49" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="50" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B50" s="19" t="s">
+        <v>405</v>
+      </c>
+      <c r="C50" s="20" t="s">
+        <v>406</v>
+      </c>
+      <c r="D50" s="19" t="s">
+        <v>407</v>
+      </c>
+      <c r="E50" s="21">
+        <v>2022</v>
+      </c>
+      <c r="F50" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="51" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B51" s="19" t="s">
+        <v>408</v>
+      </c>
+      <c r="C51" s="20" t="s">
+        <v>409</v>
+      </c>
+      <c r="D51" s="19" t="s">
+        <v>410</v>
+      </c>
+      <c r="E51" s="21">
+        <v>2022</v>
+      </c>
+      <c r="F51" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="52" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B52" s="19" t="s">
+        <v>350</v>
+      </c>
+      <c r="C52" s="20" t="s">
+        <v>351</v>
+      </c>
+      <c r="D52" s="19" t="s">
+        <v>352</v>
+      </c>
+      <c r="E52" s="21">
+        <v>2022</v>
+      </c>
+      <c r="F52" s="21" t="s">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="53" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B53" s="19" t="s">
+        <v>289</v>
+      </c>
+      <c r="C53" s="20" t="s">
+        <v>290</v>
+      </c>
+      <c r="D53" s="19" t="s">
+        <v>291</v>
+      </c>
+      <c r="E53" s="21">
+        <v>2021</v>
+      </c>
+      <c r="F53" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="54" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B54" s="19" t="s">
+        <v>292</v>
+      </c>
+      <c r="C54" s="20" t="s">
+        <v>2</v>
+      </c>
+      <c r="D54" s="19" t="s">
+        <v>293</v>
+      </c>
+      <c r="E54" s="21">
+        <v>2021</v>
+      </c>
+      <c r="F54" s="21" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="55" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B55" s="19" t="s">
+        <v>295</v>
+      </c>
+      <c r="C55" s="20" t="s">
+        <v>296</v>
+      </c>
+      <c r="D55" s="19" t="s">
+        <v>297</v>
+      </c>
+      <c r="E55" s="21">
+        <v>2021</v>
+      </c>
+      <c r="F55" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="56" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B56" s="19" t="s">
+        <v>298</v>
+      </c>
+      <c r="C56" s="20" t="s">
         <v>17</v>
       </c>
-      <c r="D11" s="8" t="s">
-[...13 lines deleted...]
-      <c r="C12" s="9" t="s">
+      <c r="D56" s="19" t="s">
+        <v>299</v>
+      </c>
+      <c r="E56" s="21">
+        <v>2021</v>
+      </c>
+      <c r="F56" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="57" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B57" s="19" t="s">
+        <v>300</v>
+      </c>
+      <c r="C57" s="20" t="s">
         <v>17</v>
       </c>
-      <c r="D12" s="8" t="s">
-[...13 lines deleted...]
-      <c r="C13" s="9" t="s">
+      <c r="D57" s="19" t="s">
+        <v>301</v>
+      </c>
+      <c r="E57" s="21">
+        <v>2021</v>
+      </c>
+      <c r="F57" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="58" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B58" s="19" t="s">
+        <v>354</v>
+      </c>
+      <c r="C58" s="20" t="s">
         <v>17</v>
       </c>
-      <c r="D13" s="8" t="s">
-[...13 lines deleted...]
-      <c r="C14" s="9" t="s">
+      <c r="D58" s="19" t="s">
+        <v>355</v>
+      </c>
+      <c r="E58" s="21">
+        <v>2021</v>
+      </c>
+      <c r="F58" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="59" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B59" s="19" t="s">
+        <v>356</v>
+      </c>
+      <c r="C59" s="20" t="s">
+        <v>357</v>
+      </c>
+      <c r="D59" s="19" t="s">
+        <v>358</v>
+      </c>
+      <c r="E59" s="21">
+        <v>2021</v>
+      </c>
+      <c r="F59" s="21" t="s">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="60" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B60" s="19" t="s">
+        <v>360</v>
+      </c>
+      <c r="C60" s="20" t="s">
+        <v>361</v>
+      </c>
+      <c r="D60" s="19" t="s">
+        <v>362</v>
+      </c>
+      <c r="E60" s="21">
+        <v>2021</v>
+      </c>
+      <c r="F60" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="61" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B61" s="19" t="s">
+        <v>332</v>
+      </c>
+      <c r="C61" s="20" t="s">
+        <v>333</v>
+      </c>
+      <c r="D61" s="19" t="s">
+        <v>334</v>
+      </c>
+      <c r="E61" s="21">
+        <v>2021</v>
+      </c>
+      <c r="F61" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="62" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B62" s="19" t="s">
+        <v>411</v>
+      </c>
+      <c r="C62" s="20" t="s">
+        <v>412</v>
+      </c>
+      <c r="D62" s="19" t="s">
+        <v>413</v>
+      </c>
+      <c r="E62" s="21">
+        <v>2021</v>
+      </c>
+      <c r="F62" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="63" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B63" s="19" t="s">
+        <v>428</v>
+      </c>
+      <c r="C63" s="20" t="s">
+        <v>69</v>
+      </c>
+      <c r="D63" s="19" t="s">
+        <v>429</v>
+      </c>
+      <c r="E63" s="21">
+        <v>2021</v>
+      </c>
+      <c r="F63" s="21" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="64" spans="2:6" x14ac:dyDescent="0.35">
+      <c r="B64" s="19" t="s">
+        <v>302</v>
+      </c>
+      <c r="C64" s="20" t="s">
+        <v>303</v>
+      </c>
+      <c r="D64" s="19" t="s">
+        <v>304</v>
+      </c>
+      <c r="E64" s="21">
+        <v>2021</v>
+      </c>
+      <c r="F64" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="65" spans="2:6" x14ac:dyDescent="0.35">
+      <c r="B65" s="19" t="s">
+        <v>363</v>
+      </c>
+      <c r="C65" s="20" t="s">
+        <v>364</v>
+      </c>
+      <c r="D65" s="19" t="s">
+        <v>365</v>
+      </c>
+      <c r="E65" s="21">
+        <v>2021</v>
+      </c>
+      <c r="F65" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="66" spans="2:6" ht="58" x14ac:dyDescent="0.35">
+      <c r="B66" s="19" t="s">
+        <v>366</v>
+      </c>
+      <c r="C66" s="20" t="s">
+        <v>367</v>
+      </c>
+      <c r="D66" s="19" t="s">
+        <v>368</v>
+      </c>
+      <c r="E66" s="21">
+        <v>2021</v>
+      </c>
+      <c r="F66" s="21" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="67" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B67" s="19" t="s">
+        <v>305</v>
+      </c>
+      <c r="C67" s="20" t="s">
+        <v>306</v>
+      </c>
+      <c r="D67" s="19" t="s">
+        <v>307</v>
+      </c>
+      <c r="E67" s="21">
+        <v>2021</v>
+      </c>
+      <c r="F67" s="21" t="s">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="68" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B68" s="19" t="s">
+        <v>309</v>
+      </c>
+      <c r="C68" s="20" t="s">
+        <v>207</v>
+      </c>
+      <c r="D68" s="19" t="s">
+        <v>310</v>
+      </c>
+      <c r="E68" s="21">
+        <v>2021</v>
+      </c>
+      <c r="F68" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="69" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B69" s="19" t="s">
+        <v>311</v>
+      </c>
+      <c r="C69" s="20" t="s">
+        <v>207</v>
+      </c>
+      <c r="D69" s="19" t="s">
+        <v>312</v>
+      </c>
+      <c r="E69" s="21">
+        <v>2021</v>
+      </c>
+      <c r="F69" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="70" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B70" s="19" t="s">
+        <v>272</v>
+      </c>
+      <c r="C70" s="20" t="s">
+        <v>273</v>
+      </c>
+      <c r="D70" s="19" t="s">
+        <v>274</v>
+      </c>
+      <c r="E70" s="21">
+        <v>2020</v>
+      </c>
+      <c r="F70" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="71" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B71" s="19" t="s">
+        <v>210</v>
+      </c>
+      <c r="C71" s="20" t="s">
+        <v>211</v>
+      </c>
+      <c r="D71" s="19" t="s">
+        <v>212</v>
+      </c>
+      <c r="E71" s="21">
+        <v>2020</v>
+      </c>
+      <c r="F71" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="72" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B72" s="19" t="s">
+        <v>213</v>
+      </c>
+      <c r="C72" s="20" t="s">
+        <v>214</v>
+      </c>
+      <c r="D72" s="19" t="s">
+        <v>215</v>
+      </c>
+      <c r="E72" s="21">
+        <v>2020</v>
+      </c>
+      <c r="F72" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="73" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B73" s="19" t="s">
+        <v>275</v>
+      </c>
+      <c r="C73" s="20" t="s">
+        <v>276</v>
+      </c>
+      <c r="D73" s="19" t="s">
+        <v>277</v>
+      </c>
+      <c r="E73" s="21">
+        <v>2020</v>
+      </c>
+      <c r="F73" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="74" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B74" s="19" t="s">
+        <v>313</v>
+      </c>
+      <c r="C74" s="20" t="s">
+        <v>255</v>
+      </c>
+      <c r="D74" s="19" t="s">
+        <v>314</v>
+      </c>
+      <c r="E74" s="21">
+        <v>2020</v>
+      </c>
+      <c r="F74" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="75" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B75" s="19" t="s">
+        <v>315</v>
+      </c>
+      <c r="C75" s="20" t="s">
         <v>17</v>
       </c>
-      <c r="D14" s="8" t="s">
-[...64 lines deleted...]
-      <c r="C18" s="9" t="s">
+      <c r="D75" s="19" t="s">
+        <v>316</v>
+      </c>
+      <c r="E75" s="21">
+        <v>2020</v>
+      </c>
+      <c r="F75" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="76" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B76" s="19" t="s">
+        <v>317</v>
+      </c>
+      <c r="C76" s="20" t="s">
         <v>17</v>
       </c>
-      <c r="D18" s="8" t="s">
-[...13 lines deleted...]
-      <c r="C19" s="9" t="s">
+      <c r="D76" s="19" t="s">
+        <v>318</v>
+      </c>
+      <c r="E76" s="21">
+        <v>2020</v>
+      </c>
+      <c r="F76" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="77" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B77" s="19" t="s">
+        <v>216</v>
+      </c>
+      <c r="C77" s="20" t="s">
         <v>17</v>
       </c>
-      <c r="D19" s="8" t="s">
-[...13 lines deleted...]
-      <c r="C20" s="9" t="s">
+      <c r="D77" s="19" t="s">
+        <v>217</v>
+      </c>
+      <c r="E77" s="21">
+        <v>2020</v>
+      </c>
+      <c r="F77" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="78" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B78" s="19" t="s">
+        <v>278</v>
+      </c>
+      <c r="C78" s="20" t="s">
+        <v>17</v>
+      </c>
+      <c r="D78" s="19" t="s">
+        <v>279</v>
+      </c>
+      <c r="E78" s="21">
+        <v>2020</v>
+      </c>
+      <c r="F78" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="79" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B79" s="19" t="s">
+        <v>218</v>
+      </c>
+      <c r="C79" s="20" t="s">
+        <v>219</v>
+      </c>
+      <c r="D79" s="19" t="s">
+        <v>220</v>
+      </c>
+      <c r="E79" s="21">
+        <v>2020</v>
+      </c>
+      <c r="F79" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="80" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B80" s="19" t="s">
+        <v>335</v>
+      </c>
+      <c r="C80" s="20" t="s">
+        <v>336</v>
+      </c>
+      <c r="D80" s="19" t="s">
+        <v>337</v>
+      </c>
+      <c r="E80" s="21">
+        <v>2020</v>
+      </c>
+      <c r="F80" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="81" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B81" s="19" t="s">
+        <v>319</v>
+      </c>
+      <c r="C81" s="20" t="s">
+        <v>320</v>
+      </c>
+      <c r="D81" s="19" t="s">
+        <v>321</v>
+      </c>
+      <c r="E81" s="21">
+        <v>2020</v>
+      </c>
+      <c r="F81" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="82" spans="2:6" ht="87" x14ac:dyDescent="0.35">
+      <c r="B82" s="19" t="s">
+        <v>338</v>
+      </c>
+      <c r="C82" s="20" t="s">
+        <v>333</v>
+      </c>
+      <c r="D82" s="19" t="s">
+        <v>339</v>
+      </c>
+      <c r="E82" s="21">
+        <v>2020</v>
+      </c>
+      <c r="F82" s="21" t="s">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="83" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B83" s="19" t="s">
+        <v>280</v>
+      </c>
+      <c r="C83" s="20" t="s">
+        <v>281</v>
+      </c>
+      <c r="D83" s="19" t="s">
+        <v>282</v>
+      </c>
+      <c r="E83" s="21">
+        <v>2020</v>
+      </c>
+      <c r="F83" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="84" spans="2:6" ht="87" x14ac:dyDescent="0.35">
+      <c r="B84" s="19" t="s">
+        <v>322</v>
+      </c>
+      <c r="C84" s="20" t="s">
+        <v>323</v>
+      </c>
+      <c r="D84" s="19" t="s">
+        <v>324</v>
+      </c>
+      <c r="E84" s="21">
+        <v>2020</v>
+      </c>
+      <c r="F84" s="21" t="s">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="85" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B85" s="19" t="s">
+        <v>326</v>
+      </c>
+      <c r="C85" s="20" t="s">
+        <v>327</v>
+      </c>
+      <c r="D85" s="19" t="s">
+        <v>328</v>
+      </c>
+      <c r="E85" s="21">
+        <v>2020</v>
+      </c>
+      <c r="F85" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="86" spans="2:6" ht="101.5" x14ac:dyDescent="0.35">
+      <c r="B86" s="19" t="s">
+        <v>283</v>
+      </c>
+      <c r="C86" s="20" t="s">
+        <v>284</v>
+      </c>
+      <c r="D86" s="19" t="s">
+        <v>285</v>
+      </c>
+      <c r="E86" s="21">
+        <v>2020</v>
+      </c>
+      <c r="F86" s="21" t="s">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="87" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B87" s="19" t="s">
+        <v>329</v>
+      </c>
+      <c r="C87" s="20" t="s">
+        <v>330</v>
+      </c>
+      <c r="D87" s="19" t="s">
+        <v>331</v>
+      </c>
+      <c r="E87" s="21">
+        <v>2020</v>
+      </c>
+      <c r="F87" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="88" spans="2:6" ht="72.5" x14ac:dyDescent="0.35">
+      <c r="B88" s="19" t="s">
+        <v>287</v>
+      </c>
+      <c r="C88" s="20" t="s">
+        <v>207</v>
+      </c>
+      <c r="D88" s="19" t="s">
+        <v>288</v>
+      </c>
+      <c r="E88" s="21">
+        <v>2020</v>
+      </c>
+      <c r="F88" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="89" spans="2:6" ht="58" x14ac:dyDescent="0.35">
+      <c r="B89" s="19" t="s">
+        <v>221</v>
+      </c>
+      <c r="C89" s="20" t="s">
+        <v>222</v>
+      </c>
+      <c r="D89" s="19" t="s">
+        <v>223</v>
+      </c>
+      <c r="E89" s="21">
+        <v>2020</v>
+      </c>
+      <c r="F89" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="90" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B90" s="19" t="s">
+        <v>94</v>
+      </c>
+      <c r="C90" s="20" t="s">
+        <v>95</v>
+      </c>
+      <c r="D90" s="19" t="s">
+        <v>96</v>
+      </c>
+      <c r="E90" s="21">
+        <v>2019</v>
+      </c>
+      <c r="F90" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="91" spans="2:6" x14ac:dyDescent="0.35">
+      <c r="B91" s="19" t="s">
+        <v>97</v>
+      </c>
+      <c r="C91" s="20" t="s">
+        <v>98</v>
+      </c>
+      <c r="D91" s="19" t="s">
+        <v>99</v>
+      </c>
+      <c r="E91" s="21">
+        <v>2019</v>
+      </c>
+      <c r="F91" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="92" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B92" s="19" t="s">
+        <v>224</v>
+      </c>
+      <c r="C92" s="20" t="s">
+        <v>2</v>
+      </c>
+      <c r="D92" s="19" t="s">
+        <v>225</v>
+      </c>
+      <c r="E92" s="21">
+        <v>2019</v>
+      </c>
+      <c r="F92" s="21" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="93" spans="2:6" ht="72.5" x14ac:dyDescent="0.35">
+      <c r="B93" s="19" t="s">
+        <v>100</v>
+      </c>
+      <c r="C93" s="20" t="s">
+        <v>101</v>
+      </c>
+      <c r="D93" s="19" t="s">
+        <v>102</v>
+      </c>
+      <c r="E93" s="21">
+        <v>2019</v>
+      </c>
+      <c r="F93" s="21" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="94" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B94" s="19" t="s">
+        <v>104</v>
+      </c>
+      <c r="C94" s="20" t="s">
+        <v>105</v>
+      </c>
+      <c r="D94" s="19" t="s">
+        <v>106</v>
+      </c>
+      <c r="E94" s="21">
+        <v>2019</v>
+      </c>
+      <c r="F94" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="95" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B95" s="19" t="s">
+        <v>227</v>
+      </c>
+      <c r="C95" s="20" t="s">
+        <v>228</v>
+      </c>
+      <c r="D95" s="19" t="s">
+        <v>229</v>
+      </c>
+      <c r="E95" s="21">
+        <v>2019</v>
+      </c>
+      <c r="F95" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="96" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B96" s="19" t="s">
+        <v>107</v>
+      </c>
+      <c r="C96" s="20" t="s">
+        <v>108</v>
+      </c>
+      <c r="D96" s="19" t="s">
+        <v>109</v>
+      </c>
+      <c r="E96" s="21">
+        <v>2019</v>
+      </c>
+      <c r="F96" s="21" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="97" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B97" s="19" t="s">
+        <v>110</v>
+      </c>
+      <c r="C97" s="20" t="s">
+        <v>111</v>
+      </c>
+      <c r="D97" s="19" t="s">
+        <v>112</v>
+      </c>
+      <c r="E97" s="21">
+        <v>2019</v>
+      </c>
+      <c r="F97" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="98" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B98" s="19" t="s">
+        <v>113</v>
+      </c>
+      <c r="C98" s="20" t="s">
+        <v>114</v>
+      </c>
+      <c r="D98" s="19" t="s">
+        <v>115</v>
+      </c>
+      <c r="E98" s="21">
+        <v>2019</v>
+      </c>
+      <c r="F98" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="99" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B99" s="19" t="s">
+        <v>230</v>
+      </c>
+      <c r="C99" s="20" t="s">
+        <v>231</v>
+      </c>
+      <c r="D99" s="19" t="s">
+        <v>232</v>
+      </c>
+      <c r="E99" s="24">
+        <v>2019</v>
+      </c>
+      <c r="F99" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="100" spans="2:6" ht="58" x14ac:dyDescent="0.35">
+      <c r="B100" s="19" t="s">
+        <v>116</v>
+      </c>
+      <c r="C100" s="20" t="s">
+        <v>17</v>
+      </c>
+      <c r="D100" s="19" t="s">
+        <v>117</v>
+      </c>
+      <c r="E100" s="21">
+        <v>2019</v>
+      </c>
+      <c r="F100" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="101" spans="2:6" ht="87" x14ac:dyDescent="0.35">
+      <c r="B101" s="19" t="s">
+        <v>233</v>
+      </c>
+      <c r="C101" s="20" t="s">
+        <v>17</v>
+      </c>
+      <c r="D101" s="19" t="s">
+        <v>234</v>
+      </c>
+      <c r="E101" s="21">
+        <v>2019</v>
+      </c>
+      <c r="F101" s="21" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="102" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B102" s="19" t="s">
+        <v>236</v>
+      </c>
+      <c r="C102" s="20" t="s">
+        <v>17</v>
+      </c>
+      <c r="D102" s="19" t="s">
+        <v>237</v>
+      </c>
+      <c r="E102" s="21">
+        <v>2019</v>
+      </c>
+      <c r="F102" s="25" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="103" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B103" s="19" t="s">
+        <v>118</v>
+      </c>
+      <c r="C103" s="20" t="s">
+        <v>119</v>
+      </c>
+      <c r="D103" s="19" t="s">
+        <v>120</v>
+      </c>
+      <c r="E103" s="21">
+        <v>2019</v>
+      </c>
+      <c r="F103" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="104" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B104" s="19" t="s">
+        <v>121</v>
+      </c>
+      <c r="C104" s="20" t="s">
+        <v>122</v>
+      </c>
+      <c r="D104" s="19" t="s">
+        <v>123</v>
+      </c>
+      <c r="E104" s="21">
+        <v>2019</v>
+      </c>
+      <c r="F104" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="105" spans="2:6" ht="58" x14ac:dyDescent="0.35">
+      <c r="B105" s="19" t="s">
+        <v>238</v>
+      </c>
+      <c r="C105" s="20" t="s">
+        <v>239</v>
+      </c>
+      <c r="D105" s="19" t="s">
+        <v>240</v>
+      </c>
+      <c r="E105" s="24">
+        <v>2019</v>
+      </c>
+      <c r="F105" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="106" spans="2:6" x14ac:dyDescent="0.35">
+      <c r="B106" s="19" t="s">
+        <v>124</v>
+      </c>
+      <c r="C106" s="20" t="s">
+        <v>125</v>
+      </c>
+      <c r="D106" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="E106" s="21">
+        <v>2019</v>
+      </c>
+      <c r="F106" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="107" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B107" s="19" t="s">
+        <v>127</v>
+      </c>
+      <c r="C107" s="20" t="s">
+        <v>128</v>
+      </c>
+      <c r="D107" s="19" t="s">
+        <v>129</v>
+      </c>
+      <c r="E107" s="21">
+        <v>2019</v>
+      </c>
+      <c r="F107" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="108" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B108" s="19" t="s">
+        <v>130</v>
+      </c>
+      <c r="C108" s="20" t="s">
+        <v>131</v>
+      </c>
+      <c r="D108" s="19" t="s">
+        <v>132</v>
+      </c>
+      <c r="E108" s="21">
+        <v>2019</v>
+      </c>
+      <c r="F108" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="109" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B109" s="19" t="s">
+        <v>133</v>
+      </c>
+      <c r="C109" s="20" t="s">
+        <v>134</v>
+      </c>
+      <c r="D109" s="19" t="s">
+        <v>135</v>
+      </c>
+      <c r="E109" s="21">
+        <v>2019</v>
+      </c>
+      <c r="F109" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="110" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B110" s="19" t="s">
+        <v>136</v>
+      </c>
+      <c r="C110" s="20" t="s">
+        <v>137</v>
+      </c>
+      <c r="D110" s="19" t="s">
+        <v>138</v>
+      </c>
+      <c r="E110" s="21">
+        <v>2019</v>
+      </c>
+      <c r="F110" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="111" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B111" s="19" t="s">
+        <v>139</v>
+      </c>
+      <c r="C111" s="20" t="s">
+        <v>140</v>
+      </c>
+      <c r="D111" s="19" t="s">
+        <v>141</v>
+      </c>
+      <c r="E111" s="21">
+        <v>2019</v>
+      </c>
+      <c r="F111" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="112" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B112" s="19" t="s">
+        <v>142</v>
+      </c>
+      <c r="C112" s="20" t="s">
+        <v>143</v>
+      </c>
+      <c r="D112" s="19" t="s">
+        <v>144</v>
+      </c>
+      <c r="E112" s="21">
+        <v>2019</v>
+      </c>
+      <c r="F112" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="113" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B113" s="19" t="s">
+        <v>145</v>
+      </c>
+      <c r="C113" s="20" t="s">
+        <v>146</v>
+      </c>
+      <c r="D113" s="19" t="s">
+        <v>147</v>
+      </c>
+      <c r="E113" s="21">
+        <v>2019</v>
+      </c>
+      <c r="F113" s="21" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="114" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B114" s="19" t="s">
+        <v>241</v>
+      </c>
+      <c r="C114" s="20" t="s">
+        <v>242</v>
+      </c>
+      <c r="D114" s="19" t="s">
+        <v>243</v>
+      </c>
+      <c r="E114" s="21">
+        <v>2019</v>
+      </c>
+      <c r="F114" s="21" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="115" spans="2:6" ht="72.5" x14ac:dyDescent="0.35">
+      <c r="B115" s="19" t="s">
+        <v>149</v>
+      </c>
+      <c r="C115" s="20" t="s">
+        <v>150</v>
+      </c>
+      <c r="D115" s="19" t="s">
+        <v>151</v>
+      </c>
+      <c r="E115" s="21">
+        <v>2019</v>
+      </c>
+      <c r="F115" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="116" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B116" s="19" t="s">
+        <v>245</v>
+      </c>
+      <c r="C116" s="20" t="s">
+        <v>246</v>
+      </c>
+      <c r="D116" s="19" t="s">
+        <v>247</v>
+      </c>
+      <c r="E116" s="21">
+        <v>2019</v>
+      </c>
+      <c r="F116" s="25" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="117" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B117" s="19" t="s">
+        <v>248</v>
+      </c>
+      <c r="C117" s="20" t="s">
+        <v>249</v>
+      </c>
+      <c r="D117" s="19" t="s">
+        <v>250</v>
+      </c>
+      <c r="E117" s="21">
+        <v>2019</v>
+      </c>
+      <c r="F117" s="21" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="118" spans="2:6" x14ac:dyDescent="0.35">
+      <c r="B118" s="19" t="s">
+        <v>152</v>
+      </c>
+      <c r="C118" s="20" t="s">
+        <v>153</v>
+      </c>
+      <c r="D118" s="19" t="s">
+        <v>154</v>
+      </c>
+      <c r="E118" s="21">
+        <v>2018</v>
+      </c>
+      <c r="F118" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="119" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B119" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="C119" s="20" t="s">
+        <v>2</v>
+      </c>
+      <c r="D119" s="19" t="s">
+        <v>3</v>
+      </c>
+      <c r="E119" s="21">
+        <v>2018</v>
+      </c>
+      <c r="F119" s="21" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="120" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B120" s="19" t="s">
+        <v>155</v>
+      </c>
+      <c r="C120" s="20" t="s">
+        <v>156</v>
+      </c>
+      <c r="D120" s="19" t="s">
+        <v>157</v>
+      </c>
+      <c r="E120" s="21">
+        <v>2018</v>
+      </c>
+      <c r="F120" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="121" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B121" s="19" t="s">
+        <v>158</v>
+      </c>
+      <c r="C121" s="20" t="s">
+        <v>159</v>
+      </c>
+      <c r="D121" s="19" t="s">
+        <v>160</v>
+      </c>
+      <c r="E121" s="21">
+        <v>2018</v>
+      </c>
+      <c r="F121" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="122" spans="2:6" x14ac:dyDescent="0.35">
+      <c r="B122" s="19" t="s">
+        <v>161</v>
+      </c>
+      <c r="C122" s="20" t="s">
+        <v>162</v>
+      </c>
+      <c r="D122" s="19" t="s">
+        <v>163</v>
+      </c>
+      <c r="E122" s="21">
+        <v>2018</v>
+      </c>
+      <c r="F122" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="123" spans="2:6" x14ac:dyDescent="0.35">
+      <c r="B123" s="19" t="s">
+        <v>5</v>
+      </c>
+      <c r="C123" s="20" t="s">
+        <v>6</v>
+      </c>
+      <c r="D123" s="19" t="s">
+        <v>7</v>
+      </c>
+      <c r="E123" s="21">
+        <v>2018</v>
+      </c>
+      <c r="F123" s="21" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="124" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B124" s="19" t="s">
+        <v>164</v>
+      </c>
+      <c r="C124" s="20" t="s">
+        <v>165</v>
+      </c>
+      <c r="D124" s="19" t="s">
+        <v>166</v>
+      </c>
+      <c r="E124" s="21">
+        <v>2018</v>
+      </c>
+      <c r="F124" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="125" spans="2:6" x14ac:dyDescent="0.35">
+      <c r="B125" s="19" t="s">
+        <v>167</v>
+      </c>
+      <c r="C125" s="20" t="s">
+        <v>168</v>
+      </c>
+      <c r="D125" s="19" t="s">
+        <v>169</v>
+      </c>
+      <c r="E125" s="21">
+        <v>2018</v>
+      </c>
+      <c r="F125" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="126" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B126" s="19" t="s">
+        <v>251</v>
+      </c>
+      <c r="C126" s="20" t="s">
+        <v>252</v>
+      </c>
+      <c r="D126" s="19" t="s">
+        <v>253</v>
+      </c>
+      <c r="E126" s="21">
+        <v>2018</v>
+      </c>
+      <c r="F126" s="21" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="127" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B127" s="19" t="s">
+        <v>9</v>
+      </c>
+      <c r="C127" s="20" t="s">
+        <v>10</v>
+      </c>
+      <c r="D127" s="19" t="s">
+        <v>11</v>
+      </c>
+      <c r="E127" s="21">
+        <v>2018</v>
+      </c>
+      <c r="F127" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="128" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B128" s="19" t="s">
+        <v>254</v>
+      </c>
+      <c r="C128" s="20" t="s">
+        <v>255</v>
+      </c>
+      <c r="D128" s="19" t="s">
+        <v>256</v>
+      </c>
+      <c r="E128" s="21">
+        <v>2018</v>
+      </c>
+      <c r="F128" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="129" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B129" s="19" t="s">
+        <v>13</v>
+      </c>
+      <c r="C129" s="20" t="s">
+        <v>14</v>
+      </c>
+      <c r="D129" s="19" t="s">
+        <v>15</v>
+      </c>
+      <c r="E129" s="21">
+        <v>2018</v>
+      </c>
+      <c r="F129" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="130" spans="2:6" x14ac:dyDescent="0.35">
+      <c r="B130" s="19" t="s">
+        <v>170</v>
+      </c>
+      <c r="C130" s="20" t="s">
+        <v>171</v>
+      </c>
+      <c r="D130" s="19" t="s">
+        <v>172</v>
+      </c>
+      <c r="E130" s="21">
+        <v>2018</v>
+      </c>
+      <c r="F130" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="131" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B131" s="19" t="s">
+        <v>173</v>
+      </c>
+      <c r="C131" s="20" t="s">
+        <v>174</v>
+      </c>
+      <c r="D131" s="19" t="s">
+        <v>175</v>
+      </c>
+      <c r="E131" s="21">
+        <v>2018</v>
+      </c>
+      <c r="F131" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="132" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B132" s="19" t="s">
+        <v>16</v>
+      </c>
+      <c r="C132" s="20" t="s">
+        <v>17</v>
+      </c>
+      <c r="D132" s="19" t="s">
+        <v>18</v>
+      </c>
+      <c r="E132" s="21">
+        <v>2018</v>
+      </c>
+      <c r="F132" s="21" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="133" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B133" s="19" t="s">
+        <v>257</v>
+      </c>
+      <c r="C133" s="20" t="s">
+        <v>17</v>
+      </c>
+      <c r="D133" s="19" t="s">
+        <v>258</v>
+      </c>
+      <c r="E133" s="21">
+        <v>2018</v>
+      </c>
+      <c r="F133" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="134" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B134" s="19" t="s">
+        <v>259</v>
+      </c>
+      <c r="C134" s="20" t="s">
+        <v>17</v>
+      </c>
+      <c r="D134" s="19" t="s">
+        <v>260</v>
+      </c>
+      <c r="E134" s="21">
+        <v>2018</v>
+      </c>
+      <c r="F134" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="135" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B135" s="19" t="s">
+        <v>261</v>
+      </c>
+      <c r="C135" s="20" t="s">
+        <v>262</v>
+      </c>
+      <c r="D135" s="19" t="s">
+        <v>263</v>
+      </c>
+      <c r="E135" s="21">
+        <v>2018</v>
+      </c>
+      <c r="F135" s="21" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="136" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B136" s="19" t="s">
+        <v>176</v>
+      </c>
+      <c r="C136" s="20" t="s">
+        <v>177</v>
+      </c>
+      <c r="D136" s="19" t="s">
+        <v>178</v>
+      </c>
+      <c r="E136" s="21">
+        <v>2018</v>
+      </c>
+      <c r="F136" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="137" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B137" s="19" t="s">
+        <v>179</v>
+      </c>
+      <c r="C137" s="20" t="s">
+        <v>180</v>
+      </c>
+      <c r="D137" s="19" t="s">
+        <v>181</v>
+      </c>
+      <c r="E137" s="21">
+        <v>2018</v>
+      </c>
+      <c r="F137" s="21" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="138" spans="2:6" ht="58" x14ac:dyDescent="0.35">
+      <c r="B138" s="19" t="s">
+        <v>20</v>
+      </c>
+      <c r="C138" s="20" t="s">
+        <v>21</v>
+      </c>
+      <c r="D138" s="19" t="s">
+        <v>22</v>
+      </c>
+      <c r="E138" s="21">
+        <v>2018</v>
+      </c>
+      <c r="F138" s="21" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="139" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B139" s="19" t="s">
+        <v>182</v>
+      </c>
+      <c r="C139" s="20" t="s">
+        <v>183</v>
+      </c>
+      <c r="D139" s="19" t="s">
+        <v>184</v>
+      </c>
+      <c r="E139" s="21">
+        <v>2018</v>
+      </c>
+      <c r="F139" s="21" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="140" spans="2:6" ht="58" x14ac:dyDescent="0.35">
+      <c r="B140" s="19" t="s">
+        <v>24</v>
+      </c>
+      <c r="C140" s="20" t="s">
+        <v>25</v>
+      </c>
+      <c r="D140" s="19" t="s">
+        <v>26</v>
+      </c>
+      <c r="E140" s="21">
+        <v>2018</v>
+      </c>
+      <c r="F140" s="21" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="141" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B141" s="19" t="s">
+        <v>186</v>
+      </c>
+      <c r="C141" s="20" t="s">
+        <v>187</v>
+      </c>
+      <c r="D141" s="19" t="s">
+        <v>188</v>
+      </c>
+      <c r="E141" s="21">
+        <v>2018</v>
+      </c>
+      <c r="F141" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="142" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B142" s="19" t="s">
+        <v>264</v>
+      </c>
+      <c r="C142" s="20" t="s">
+        <v>265</v>
+      </c>
+      <c r="D142" s="19" t="s">
+        <v>266</v>
+      </c>
+      <c r="E142" s="21">
+        <v>2018</v>
+      </c>
+      <c r="F142" s="21" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="143" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B143" s="19" t="s">
+        <v>189</v>
+      </c>
+      <c r="C143" s="20" t="s">
+        <v>190</v>
+      </c>
+      <c r="D143" s="19" t="s">
+        <v>191</v>
+      </c>
+      <c r="E143" s="21">
+        <v>2018</v>
+      </c>
+      <c r="F143" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="144" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B144" s="19" t="s">
+        <v>192</v>
+      </c>
+      <c r="C144" s="20" t="s">
+        <v>193</v>
+      </c>
+      <c r="D144" s="19" t="s">
+        <v>194</v>
+      </c>
+      <c r="E144" s="21">
+        <v>2018</v>
+      </c>
+      <c r="F144" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="145" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B145" s="19" t="s">
+        <v>28</v>
+      </c>
+      <c r="C145" s="20" t="s">
+        <v>29</v>
+      </c>
+      <c r="D145" s="19" t="s">
+        <v>30</v>
+      </c>
+      <c r="E145" s="21">
+        <v>2018</v>
+      </c>
+      <c r="F145" s="21" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="146" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B146" s="19" t="s">
+        <v>195</v>
+      </c>
+      <c r="C146" s="20" t="s">
+        <v>196</v>
+      </c>
+      <c r="D146" s="19" t="s">
+        <v>197</v>
+      </c>
+      <c r="E146" s="21">
+        <v>2018</v>
+      </c>
+      <c r="F146" s="21" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="147" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B147" s="19" t="s">
+        <v>32</v>
+      </c>
+      <c r="C147" s="20" t="s">
+        <v>33</v>
+      </c>
+      <c r="D147" s="19" t="s">
+        <v>34</v>
+      </c>
+      <c r="E147" s="21">
+        <v>2018</v>
+      </c>
+      <c r="F147" s="21" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="148" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B148" s="19" t="s">
+        <v>35</v>
+      </c>
+      <c r="C148" s="20" t="s">
+        <v>36</v>
+      </c>
+      <c r="D148" s="19" t="s">
+        <v>37</v>
+      </c>
+      <c r="E148" s="21">
+        <v>2018</v>
+      </c>
+      <c r="F148" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="149" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B149" s="19" t="s">
+        <v>268</v>
+      </c>
+      <c r="C149" s="20" t="s">
+        <v>36</v>
+      </c>
+      <c r="D149" s="19" t="s">
+        <v>269</v>
+      </c>
+      <c r="E149" s="21">
+        <v>2018</v>
+      </c>
+      <c r="F149" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="150" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B150" s="19" t="s">
+        <v>198</v>
+      </c>
+      <c r="C150" s="20" t="s">
+        <v>199</v>
+      </c>
+      <c r="D150" s="19" t="s">
+        <v>200</v>
+      </c>
+      <c r="E150" s="21">
+        <v>2018</v>
+      </c>
+      <c r="F150" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="151" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B151" s="19" t="s">
+        <v>270</v>
+      </c>
+      <c r="C151" s="20" t="s">
+        <v>199</v>
+      </c>
+      <c r="D151" s="19" t="s">
+        <v>271</v>
+      </c>
+      <c r="E151" s="21">
+        <v>2018</v>
+      </c>
+      <c r="F151" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="152" spans="2:6" ht="58" x14ac:dyDescent="0.35">
+      <c r="B152" s="19" t="s">
+        <v>201</v>
+      </c>
+      <c r="C152" s="20" t="s">
+        <v>202</v>
+      </c>
+      <c r="D152" s="19" t="s">
+        <v>203</v>
+      </c>
+      <c r="E152" s="21">
+        <v>2018</v>
+      </c>
+      <c r="F152" s="21" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="153" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B153" s="19" t="s">
+        <v>38</v>
+      </c>
+      <c r="C153" s="20" t="s">
+        <v>39</v>
+      </c>
+      <c r="D153" s="19" t="s">
+        <v>205</v>
+      </c>
+      <c r="E153" s="21">
+        <v>2018</v>
+      </c>
+      <c r="F153" s="21" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="154" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B154" s="19" t="s">
+        <v>206</v>
+      </c>
+      <c r="C154" s="20" t="s">
+        <v>207</v>
+      </c>
+      <c r="D154" s="19" t="s">
+        <v>208</v>
+      </c>
+      <c r="E154" s="21">
+        <v>2018</v>
+      </c>
+      <c r="F154" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="155" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B155" s="19" t="s">
+        <v>40</v>
+      </c>
+      <c r="C155" s="20" t="s">
+        <v>41</v>
+      </c>
+      <c r="D155" s="19" t="s">
+        <v>42</v>
+      </c>
+      <c r="E155" s="21">
+        <v>2017</v>
+      </c>
+      <c r="F155" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="156" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B156" s="19" t="s">
+        <v>43</v>
+      </c>
+      <c r="C156" s="20" t="s">
+        <v>44</v>
+      </c>
+      <c r="D156" s="19" t="s">
+        <v>45</v>
+      </c>
+      <c r="E156" s="21">
+        <v>2017</v>
+      </c>
+      <c r="F156" s="21" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="157" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B157" s="19" t="s">
+        <v>47</v>
+      </c>
+      <c r="C157" s="20" t="s">
+        <v>48</v>
+      </c>
+      <c r="D157" s="19" t="s">
+        <v>49</v>
+      </c>
+      <c r="E157" s="21">
+        <v>2017</v>
+      </c>
+      <c r="F157" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="158" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B158" s="19" t="s">
+        <v>50</v>
+      </c>
+      <c r="C158" s="20" t="s">
+        <v>51</v>
+      </c>
+      <c r="D158" s="19" t="s">
+        <v>52</v>
+      </c>
+      <c r="E158" s="21">
+        <v>2017</v>
+      </c>
+      <c r="F158" s="21" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="159" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B159" s="19" t="s">
+        <v>54</v>
+      </c>
+      <c r="C159" s="20" t="s">
+        <v>17</v>
+      </c>
+      <c r="D159" s="19" t="s">
+        <v>55</v>
+      </c>
+      <c r="E159" s="21">
+        <v>2017</v>
+      </c>
+      <c r="F159" s="21" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="160" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B160" s="19" t="s">
+        <v>56</v>
+      </c>
+      <c r="C160" s="20" t="s">
+        <v>17</v>
+      </c>
+      <c r="D160" s="19" t="s">
+        <v>57</v>
+      </c>
+      <c r="E160" s="21">
+        <v>2017</v>
+      </c>
+      <c r="F160" s="21" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="161" spans="2:6" x14ac:dyDescent="0.35">
+      <c r="B161" s="19" t="s">
+        <v>58</v>
+      </c>
+      <c r="C161" s="20" t="s">
         <v>59</v>
       </c>
-      <c r="D20" s="8" t="s">
-[...557 lines deleted...]
-      <c r="C53" s="9" t="s">
+      <c r="D161" s="19" t="s">
+        <v>60</v>
+      </c>
+      <c r="E161" s="21">
+        <v>2017</v>
+      </c>
+      <c r="F161" s="21" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="162" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B162" s="19" t="s">
+        <v>61</v>
+      </c>
+      <c r="C162" s="20" t="s">
+        <v>62</v>
+      </c>
+      <c r="D162" s="19" t="s">
+        <v>63</v>
+      </c>
+      <c r="E162" s="21">
+        <v>2017</v>
+      </c>
+      <c r="F162" s="21" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="163" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B163" s="19" t="s">
+        <v>64</v>
+      </c>
+      <c r="C163" s="20" t="s">
+        <v>65</v>
+      </c>
+      <c r="D163" s="19" t="s">
+        <v>66</v>
+      </c>
+      <c r="E163" s="21">
+        <v>2017</v>
+      </c>
+      <c r="F163" s="21" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="164" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B164" s="19" t="s">
+        <v>68</v>
+      </c>
+      <c r="C164" s="20" t="s">
         <v>69</v>
       </c>
-      <c r="D53" s="8" t="s">
-[...27 lines deleted...]
-      <c r="B55" s="8" t="s">
+      <c r="D164" s="19" t="s">
+        <v>70</v>
+      </c>
+      <c r="E164" s="21">
+        <v>2017</v>
+      </c>
+      <c r="F164" s="21" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="165" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B165" s="19" t="s">
+        <v>72</v>
+      </c>
+      <c r="C165" s="20" t="s">
+        <v>73</v>
+      </c>
+      <c r="D165" s="19" t="s">
+        <v>74</v>
+      </c>
+      <c r="E165" s="21">
+        <v>2017</v>
+      </c>
+      <c r="F165" s="21" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="166" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B166" s="19" t="s">
+        <v>75</v>
+      </c>
+      <c r="C166" s="20" t="s">
+        <v>76</v>
+      </c>
+      <c r="D166" s="19" t="s">
+        <v>77</v>
+      </c>
+      <c r="E166" s="21">
+        <v>2017</v>
+      </c>
+      <c r="F166" s="21" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="167" spans="2:6" ht="58" x14ac:dyDescent="0.35">
+      <c r="B167" s="19" t="s">
+        <v>79</v>
+      </c>
+      <c r="C167" s="20" t="s">
+        <v>80</v>
+      </c>
+      <c r="D167" s="19" t="s">
+        <v>81</v>
+      </c>
+      <c r="E167" s="21">
+        <v>2017</v>
+      </c>
+      <c r="F167" s="21" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="168" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B168" s="19" t="s">
+        <v>83</v>
+      </c>
+      <c r="C168" s="20" t="s">
+        <v>84</v>
+      </c>
+      <c r="D168" s="19" t="s">
+        <v>85</v>
+      </c>
+      <c r="E168" s="21">
+        <v>2017</v>
+      </c>
+      <c r="F168" s="21" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="169" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B169" s="19" t="s">
+        <v>86</v>
+      </c>
+      <c r="C169" s="20" t="s">
+        <v>87</v>
+      </c>
+      <c r="D169" s="19" t="s">
+        <v>88</v>
+      </c>
+      <c r="E169" s="21">
+        <v>2017</v>
+      </c>
+      <c r="F169" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="170" spans="2:6" x14ac:dyDescent="0.35">
+      <c r="B170" s="19" t="s">
+        <v>89</v>
+      </c>
+      <c r="C170" s="20" t="s">
+        <v>90</v>
+      </c>
+      <c r="D170" s="19" t="s">
+        <v>91</v>
+      </c>
+      <c r="E170" s="21">
+        <v>2016</v>
+      </c>
+      <c r="F170" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="171" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B171" s="19" t="s">
+        <v>92</v>
+      </c>
+      <c r="C171" s="20" t="s">
+        <v>93</v>
+      </c>
+      <c r="D171" s="19" t="s">
         <v>370</v>
       </c>
-      <c r="C55" s="9" t="s">
-[...1790 lines deleted...]
-      <c r="E160" s="10">
+      <c r="E171" s="21">
         <v>2016</v>
       </c>
-      <c r="F160" s="10" t="s">
-[...56 lines deleted...]
-      <c r="C164" s="17"/>
+      <c r="F171" s="21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="172" spans="2:6" x14ac:dyDescent="0.35">
+      <c r="B172" s="11"/>
+      <c r="C172" s="11"/>
     </row>
   </sheetData>
   <mergeCells count="11">
     <mergeCell ref="B1:F1"/>
     <mergeCell ref="B2:F2"/>
-    <mergeCell ref="B164:C164"/>
+    <mergeCell ref="B172:C172"/>
     <mergeCell ref="B3:C3"/>
     <mergeCell ref="D3:F3"/>
     <mergeCell ref="B4:C4"/>
     <mergeCell ref="D4:F4"/>
     <mergeCell ref="B5:C5"/>
     <mergeCell ref="D5:F5"/>
     <mergeCell ref="B6:C6"/>
     <mergeCell ref="D6:F6"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B3:G3" r:id="rId1" display="https://www.echr.coe.int/Pages/home.aspx?p=library&amp;c=" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
     <hyperlink ref="B5:G5" r:id="rId2" display="For more references, refer to theLibrary's catalogue." xr:uid="{7B47976F-8153-401B-9EA1-273752EDF8EE}"/>
     <hyperlink ref="B3:F3" r:id="rId3" display="https://www.echr.coe.int/Pages/home.aspx?p=library&amp;c=" xr:uid="{F4A14AA7-91C3-4DB2-A2F0-6E476161200C}"/>
     <hyperlink ref="B5:F5" r:id="rId4" display="For more references, refer to theLibrary’s catalogue." xr:uid="{1F5D3D83-5D8E-4962-8791-D567B03D1A53}"/>
     <hyperlink ref="D3:F3" r:id="rId5" display="Tous les documents sont disponibles à la Bibliothèque de la Cour. Pour les consulter, un rendez-vous peut être pris sur le site de la Bibliothèque." xr:uid="{E919D598-B623-45EC-BA84-13410A25A087}"/>
     <hyperlink ref="B5:C5" r:id="rId6" display="For more references, refer to theLibrary’s catalogue." xr:uid="{0767471E-7D1F-42A4-B74A-07D27ABF1738}"/>
     <hyperlink ref="D5:F5" r:id="rId7" display="Pour plus de références, consulter lecatalogue de la Bibliothèque." xr:uid="{334E6181-8956-4FB7-8B88-B29EA3509734}"/>
     <hyperlink ref="B3:C3" r:id="rId8" display="All documents are available in the Court'sLibrary, and an appointment to consult them can be made via the Library webpage." xr:uid="{74684701-6BE7-4934-8A93-4213582AA505}"/>
+    <hyperlink ref="F25" r:id="rId9" xr:uid="{E199CC68-5544-4FC3-9119-A101F14A9890}"/>
+    <hyperlink ref="F14" r:id="rId10" xr:uid="{C37FDDAA-81E8-48E1-8502-8C22F6D53F31}"/>
+    <hyperlink ref="F12" r:id="rId11" xr:uid="{2EA7CF4E-D2EE-4B17-8B39-7028915CDB5B}"/>
+    <hyperlink ref="F11" r:id="rId12" xr:uid="{0A317A47-0280-4C5C-8A6A-625E5D73FB98}"/>
+    <hyperlink ref="F8" r:id="rId13" xr:uid="{5DCFFD2D-9D6E-4A1A-897A-DD6BE4A8746C}"/>
+    <hyperlink ref="F15" r:id="rId14" xr:uid="{00F0985B-96EF-41CB-A584-DA0A5CD9502C}"/>
+    <hyperlink ref="F16" r:id="rId15" xr:uid="{C9531D59-6F16-4656-A764-A8A9A681A516}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.59055118110236227" right="0.67812499999999998" top="0.39" bottom="0.71" header="0.31496062992125984" footer="0.15"/>
-  <pageSetup paperSize="9" scale="73" fitToHeight="0" orientation="landscape" r:id="rId9"/>
+  <pageSetup paperSize="9" scale="73" fitToHeight="0" orientation="landscape" r:id="rId16"/>
   <headerFooter differentFirst="1"/>
-  <drawing r:id="rId10"/>
+  <drawing r:id="rId17"/>
   <tableParts count="1">
-    <tablePart r:id="rId11"/>
+    <tablePart r:id="rId18"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr codeName="Sheet2"/>
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.6"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr codeName="Sheet3"/>
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.6"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
       <vt:lpstr>Sheet2</vt:lpstr>