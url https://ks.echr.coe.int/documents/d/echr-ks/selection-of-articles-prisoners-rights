--- v0 (2025-10-05)
+++ v1 (2025-12-26)
@@ -4,88 +4,88 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="26731"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27928"/>
   <workbookPr codeName="ThisWorkbook" autoCompressPictures="0" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\souppart\AppData\Roaming\OpenText\DM\Temp\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Souppart\AppData\Roaming\OpenText\DM\Temp\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{AAD839B2-5EAD-4A09-BCB6-E9AB3B677812}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{6D5FCA73-E518-40D8-ADC4-5C7569F2C8C1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-103" yWindow="-103" windowWidth="16663" windowHeight="10492" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11020" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
     <sheet name="Sheet2" sheetId="2" r:id="rId2"/>
     <sheet name="Sheet3" sheetId="3" r:id="rId3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Sheet1!$B$7:$F$141</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Sheet1!$B$7:$F$145</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="551" uniqueCount="398">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="567" uniqueCount="411">
   <si>
     <t xml:space="preserve">Date </t>
   </si>
   <si>
     <t xml:space="preserve">Dignity and rights : should these concepts be linked up ? </t>
   </si>
   <si>
     <t xml:space="preserve">Arden, Dame Mary </t>
   </si>
   <si>
     <t xml:space="preserve">Regards croisés sur la protection nationale et internationale des droits de l'homme = Intersecting views on national and international human rights protection : liber amicorum Guido Raimondi / Linos-Alexandre Sicilianos ... [et al.] (eds.). - Tilburg : Wolf Legal Publishers (WLP), 2019. - p. 23-33 </t>
   </si>
   <si>
     <t xml:space="preserve">342.7:06CE(082) % RAI </t>
   </si>
   <si>
     <t xml:space="preserve">Force-feeding and the legacy of torture in the "war on terror" </t>
   </si>
   <si>
     <t xml:space="preserve">Barnes, Jamal </t>
   </si>
   <si>
     <t xml:space="preserve">The international journal of human rights, vol. 23, no. 7 (2019), p. 1074-1097 </t>
   </si>
   <si>
@@ -1372,59 +1372,98 @@
   </si>
   <si>
     <t>Van de Pol, Naomi</t>
   </si>
   <si>
     <t>European human rights law review, issue 5 (2023), p. 459-476</t>
   </si>
   <si>
     <t>Extradition and whole life sentences</t>
   </si>
   <si>
     <t>Van Zyl Smit, Dirk</t>
   </si>
   <si>
     <t>Criminal law forum, vol. [34] (2023), [37] p.</t>
   </si>
   <si>
     <t>Lien familial en détention : CEDH, 27 août 2024, n° 28791/10, Namik Yüksel c. Turquie</t>
   </si>
   <si>
     <t>La Semaine juridique : édition générale (JCP), 98e année, n° 36 (9 sept. 2024), p. 1448</t>
   </si>
   <si>
     <t xml:space="preserve">Article and Chapter selection - Sélection d'articles et de chapitres
 Prisoners' rights - Droits des détenus
-(Last updated - Dernière mise à jour : 28/02/2025)
+(Last updated - Dernière mise à jour : 31/08/2025)
 </t>
+  </si>
+  <si>
+    <t>An "aptitude for isolation" : using resilience in dismissing the suffering of solitary confinement</t>
+  </si>
+  <si>
+    <t>Cakal, Ergün</t>
+  </si>
+  <si>
+    <t>Nordic journal of human rights, vol. 43, no. 2 (2025), p. 202-215</t>
+  </si>
+  <si>
+    <t>Le contentieux de la détention et la jurisprudence de la Cour européenne des droits de l'homme</t>
+  </si>
+  <si>
+    <t>Lindon, Gaspard</t>
+  </si>
+  <si>
+    <t>Droit pénal : revue mensuelle du JurisClasseur, 37e année, n° 2 (fév. 2025), p. 5-9</t>
+  </si>
+  <si>
+    <t>Beware of the siren's call : the European right to hope and the challenge of old age behind bars</t>
+  </si>
+  <si>
+    <t>Vannier, Marion</t>
+  </si>
+  <si>
+    <t>Human rights law review, vol. 25, no. 2 (2025), p. [1]-17</t>
+  </si>
+  <si>
+    <t>L'indignité des conditions de détention dans les prisons françaises sous haute surveillance</t>
+  </si>
+  <si>
+    <t>Courtin, Christine</t>
+  </si>
+  <si>
+    <t>Liber amicorum : mélanges en l'honneur de Jean-François Renucci / sous la direction de Laurent Anselmi ... [et al.]. - Courbevoie : Dalloz, 2024. - p. [185]-198</t>
+  </si>
+  <si>
+    <t>342.7(082) % REN</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="13" x14ac:knownFonts="1">
+  <fonts count="14" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="4" tint="-0.499984740745262"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="4" tint="-0.249977111117893"/>
@@ -1481,50 +1520,56 @@
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <i/>
       <sz val="11"/>
       <color rgb="FF0070C0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="16"/>
       <color theme="4" tint="-0.499984740745262"/>
       <name val="Segoe UI Semibold"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
+    <font>
+      <sz val="11"/>
+      <color theme="4" tint="-0.499984740745262"/>
+      <name val="Calibri"/>
+      <scheme val="minor"/>
+    </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="3" tint="-0.499984740745262"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="5">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
@@ -1562,121 +1607,124 @@
         <color theme="4"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color theme="4"/>
       </right>
       <top style="thin">
         <color theme="4"/>
       </top>
       <bottom style="thin">
         <color theme="4"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="5">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="25">
+  <cellXfs count="26">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
-[...10 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="3" xfId="4" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="9"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="2" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="9"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="9"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="9"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="9"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="5">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Hyperlink 2" xfId="2" xr:uid="{80208A98-CFFB-4F8C-B7A4-B95EF1950128}"/>
     <cellStyle name="Hyperlink 3" xfId="4" xr:uid="{B0336B0A-AD2B-47B4-89EC-FB6C5A038615}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0" customBuiltin="1"/>
     <cellStyle name="Normal 2" xfId="3" xr:uid="{948B7B06-0539-4D2B-B80D-B615B9A5F77D}"/>
   </cellStyles>
   <dxfs count="9">
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color theme="4" tint="-0.499984740745262"/>
         <name val="Calibri"/>
         <scheme val="minor"/>
@@ -1980,58 +2028,58 @@
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="257175" y="127000"/>
           <a:ext cx="2350112" cy="888531"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="Table1" displayName="Table1" ref="B7:F141" totalsRowShown="0" headerRowDxfId="8" headerRowBorderDxfId="7" tableBorderDxfId="6" totalsRowBorderDxfId="5">
-  <autoFilter ref="B7:F141" xr:uid="{00000000-0009-0000-0100-000001000000}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="Table1" displayName="Table1" ref="B7:F145" totalsRowShown="0" headerRowDxfId="8" headerRowBorderDxfId="7" tableBorderDxfId="6" totalsRowBorderDxfId="5">
+  <autoFilter ref="B7:F145" xr:uid="{00000000-0009-0000-0100-000001000000}"/>
   <tableColumns count="5">
-    <tableColumn id="1" xr3:uid="{00000000-0010-0000-0000-000001000000}" name="  Title - Titre" dataDxfId="4"/>
-[...3 lines deleted...]
-    <tableColumn id="5" xr3:uid="{00000000-0010-0000-0000-000005000000}" name="Call number - Cote" dataDxfId="0" dataCellStyle="Hyperlink 3"/>
+    <tableColumn id="1" xr3:uid="{00000000-0010-0000-0000-000001000000}" name="  Title - Titre" dataDxfId="4" dataCellStyle="Normal 2"/>
+    <tableColumn id="2" xr3:uid="{00000000-0010-0000-0000-000002000000}" name="Author - Auteur" dataDxfId="3" dataCellStyle="Normal 2"/>
+    <tableColumn id="3" xr3:uid="{00000000-0010-0000-0000-000003000000}" name="Source / Publisher - Éditeur" dataDxfId="2" dataCellStyle="Normal 2"/>
+    <tableColumn id="4" xr3:uid="{00000000-0010-0000-0000-000004000000}" name="Date " dataDxfId="1" dataCellStyle="Normal 2"/>
+    <tableColumn id="5" xr3:uid="{00000000-0010-0000-0000-000005000000}" name="Call number - Cote" dataDxfId="0" dataCellStyle="Normal 2"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
@@ -2279,2530 +2327,2600 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.echr.coe.int/Pages/home.aspx?p=library&amp;c=" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.echr.coe.int/Pages/home.aspx?p=library&amp;c=" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hrls.echr.coe.int/uhtbin/cgisirsi.exe/x/0/0/5?searchdata1=couredh%20and%20%22droits%20du%20detenu%22%20or%20%22conditions%20de%20detention%22%7b694%7d&amp;sort_by=-PBYR" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hrls.echr.coe.int/uhtbin/cgisirsi.exe/x/0/0/5?searchdata1=couredh%20and%20%22droits%20du%20detenu%22%20or%20%22conditions%20de%20detention%22%7b694%7d&amp;sort_by=-PBYR" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.echr.coe.int/Pages/home.aspx?p=library&amp;c=" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hrls.echr.coe.int/uhtbin/cgisirsi.exe/x/0/0/5?searchdata1=couredh%20and%20%22droits%20du%20detenu%22%20or%20%22conditions%20de%20detention%22%7b694%7d&amp;sort_by=-PBYR" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://echr.coe.int/LIBRARY/DIGDOC/GIANNOPOULOS-2021-EDDL_n_3.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.echr.coe.int/Pages/home.aspx?p=library&amp;c=fre" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://echr.coe.int/LIBRARY/DIGDOC/GIANNOPOULOS-2021-EDDL_n_3.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hrls.echr.coe.int/uhtbin/cgisirsi.exe/x/0/0/5?searchdata1=couredh%20and%20%22communaut%C3%A9%20LGBT%22%20or%20transsex$%7b694%7d&amp;sort_by=-PBYR" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://echr.coe.int/LIBRARY/DIGDOC/GIANNOPOULOS-2020-EDDL_2.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.echr.coe.int/Pages/home.aspx?p=library&amp;c=" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/hrlr/ngaf013" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.echr.coe.int/Pages/home.aspx?p=library&amp;c=" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hrls.echr.coe.int/uhtbin/cgisirsi.exe/x/0/0/5?searchdata1=couredh%20and%20%22droits%20du%20detenu%22%20or%20%22conditions%20de%20detention%22%7b694%7d&amp;sort_by=-PBYR" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/18918131.2025.2518823" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hrls.echr.coe.int/uhtbin/cgisirsi.exe/x/0/0/5?searchdata1=couredh%20and%20%22droits%20du%20detenu%22%20or%20%22conditions%20de%20detention%22%7b694%7d&amp;sort_by=-PBYR" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.echr.coe.int/Pages/home.aspx?p=library&amp;c=" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hrls.echr.coe.int/uhtbin/cgisirsi.exe/x/0/0/5?searchdata1=couredh%20and%20%22droits%20du%20detenu%22%20or%20%22conditions%20de%20detention%22%7b694%7d&amp;sort_by=-PBYR" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://echr.coe.int/LIBRARY/DIGDOC/GIANNOPOULOS-2021-EDDL_n_3.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.echr.coe.int/Pages/home.aspx?p=library&amp;c=fre" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://echr.coe.int/LIBRARY/DIGDOC/GIANNOPOULOS-2021-EDDL_n_3.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hrls.echr.coe.int/uhtbin/cgisirsi.exe/x/0/0/5?searchdata1=couredh%20and%20%22communaut%C3%A9%20LGBT%22%20or%20transsex$%7b694%7d&amp;sort_by=-PBYR" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://echr.coe.int/LIBRARY/DIGDOC/GIANNOPOULOS-2020-EDDL_2.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet1">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="B1:F142"/>
+  <dimension ref="B1:F146"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="B2" sqref="B2:F2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.15234375" defaultRowHeight="14.6" x14ac:dyDescent="0.4"/>
+  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="1.69140625" style="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="27.84375" style="3" customWidth="1"/>
+    <col min="1" max="1" width="1.7265625" style="1" customWidth="1"/>
+    <col min="2" max="2" width="51.54296875" style="3" customWidth="1"/>
+    <col min="3" max="3" width="27.81640625" style="3" customWidth="1"/>
     <col min="4" max="4" width="62" style="3" customWidth="1"/>
     <col min="5" max="5" width="12" style="2" customWidth="1"/>
-    <col min="6" max="6" width="26.53515625" style="3" customWidth="1"/>
-    <col min="7" max="16384" width="9.15234375" style="1"/>
+    <col min="6" max="6" width="26.54296875" style="3" customWidth="1"/>
+    <col min="7" max="16384" width="9.1796875" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:6" ht="23.15" x14ac:dyDescent="0.4">
-      <c r="B1" s="12" t="s">
+    <row r="1" spans="2:6" ht="25" x14ac:dyDescent="0.35">
+      <c r="B1" s="8" t="s">
         <v>375</v>
       </c>
-      <c r="C1" s="12"/>
-[...5 lines deleted...]
-      <c r="B2" s="13" t="s">
+      <c r="C1" s="8"/>
+      <c r="D1" s="8"/>
+      <c r="E1" s="8"/>
+      <c r="F1" s="8"/>
+    </row>
+    <row r="2" spans="2:6" ht="166.5" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="B2" s="9" t="s">
         <v>397</v>
       </c>
-      <c r="C2" s="14"/>
-[...5 lines deleted...]
-      <c r="B3" s="16" t="s">
+      <c r="C2" s="10"/>
+      <c r="D2" s="10"/>
+      <c r="E2" s="10"/>
+      <c r="F2" s="10"/>
+    </row>
+    <row r="3" spans="2:6" s="5" customFormat="1" ht="29.15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B3" s="12" t="s">
         <v>303</v>
       </c>
-      <c r="C3" s="16"/>
-      <c r="D3" s="17" t="s">
+      <c r="C3" s="12"/>
+      <c r="D3" s="13" t="s">
         <v>304</v>
       </c>
-      <c r="E3" s="18"/>
-[...3 lines deleted...]
-      <c r="B4" s="19" t="s">
+      <c r="E3" s="14"/>
+      <c r="F3" s="14"/>
+    </row>
+    <row r="4" spans="2:6" s="5" customFormat="1" ht="29.15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B4" s="15" t="s">
         <v>305</v>
       </c>
-      <c r="C4" s="19"/>
-      <c r="D4" s="20" t="s">
+      <c r="C4" s="15"/>
+      <c r="D4" s="16" t="s">
         <v>306</v>
       </c>
-      <c r="E4" s="20"/>
-[...3 lines deleted...]
-      <c r="B5" s="21" t="s">
+      <c r="E4" s="16"/>
+      <c r="F4" s="16"/>
+    </row>
+    <row r="5" spans="2:6" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B5" s="17" t="s">
         <v>307</v>
       </c>
-      <c r="C5" s="21"/>
-      <c r="D5" s="22" t="s">
+      <c r="C5" s="17"/>
+      <c r="D5" s="18" t="s">
         <v>308</v>
       </c>
-      <c r="E5" s="22"/>
-[...3 lines deleted...]
-      <c r="B6" s="23" t="s">
+      <c r="E5" s="18"/>
+      <c r="F5" s="18"/>
+    </row>
+    <row r="6" spans="2:6" s="5" customFormat="1" ht="92.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B6" s="19" t="s">
         <v>204</v>
       </c>
-      <c r="C6" s="23"/>
-      <c r="D6" s="24" t="s">
+      <c r="C6" s="19"/>
+      <c r="D6" s="20" t="s">
         <v>309</v>
       </c>
-      <c r="E6" s="24"/>
-[...2 lines deleted...]
-    <row r="7" spans="2:6" s="2" customFormat="1" ht="51" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="E6" s="20"/>
+      <c r="F6" s="20"/>
+    </row>
+    <row r="7" spans="2:6" s="2" customFormat="1" ht="51" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B7" s="4" t="s">
         <v>310</v>
       </c>
       <c r="C7" s="4" t="s">
         <v>311</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>312</v>
       </c>
       <c r="E7" s="4" t="s">
         <v>0</v>
       </c>
       <c r="F7" s="4" t="s">
         <v>313</v>
       </c>
     </row>
-    <row r="8" spans="2:6" s="2" customFormat="1" ht="43.75" x14ac:dyDescent="0.4">
-      <c r="B8" s="7" t="s">
+    <row r="8" spans="2:6" s="2" customFormat="1" ht="29" x14ac:dyDescent="0.35">
+      <c r="B8" s="21" t="s">
+        <v>398</v>
+      </c>
+      <c r="C8" s="22" t="s">
+        <v>399</v>
+      </c>
+      <c r="D8" s="22" t="s">
+        <v>400</v>
+      </c>
+      <c r="E8" s="23">
+        <v>2025</v>
+      </c>
+      <c r="F8" s="7" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="9" spans="2:6" s="2" customFormat="1" ht="29" x14ac:dyDescent="0.35">
+      <c r="B9" s="21" t="s">
+        <v>401</v>
+      </c>
+      <c r="C9" s="22" t="s">
+        <v>402</v>
+      </c>
+      <c r="D9" s="22" t="s">
+        <v>403</v>
+      </c>
+      <c r="E9" s="23">
+        <v>2025</v>
+      </c>
+      <c r="F9" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="10" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B10" s="21" t="s">
+        <v>404</v>
+      </c>
+      <c r="C10" s="22" t="s">
+        <v>405</v>
+      </c>
+      <c r="D10" s="22" t="s">
+        <v>406</v>
+      </c>
+      <c r="E10" s="23">
+        <v>2025</v>
+      </c>
+      <c r="F10" s="7" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="11" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B11" s="21" t="s">
+        <v>407</v>
+      </c>
+      <c r="C11" s="22" t="s">
+        <v>408</v>
+      </c>
+      <c r="D11" s="22" t="s">
+        <v>409</v>
+      </c>
+      <c r="E11" s="23">
+        <v>2024</v>
+      </c>
+      <c r="F11" s="6" t="s">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="12" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B12" s="21" t="s">
         <v>376</v>
       </c>
-      <c r="C8" s="8" t="s">
+      <c r="C12" s="22" t="s">
         <v>212</v>
       </c>
-      <c r="D8" s="8" t="s">
+      <c r="D12" s="22" t="s">
         <v>377</v>
       </c>
-      <c r="E8" s="9">
+      <c r="E12" s="25">
         <v>2024</v>
       </c>
-      <c r="F8" s="10" t="s">
-[...4 lines deleted...]
-      <c r="B9" s="7" t="s">
+      <c r="F12" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="13" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B13" s="21" t="s">
         <v>395</v>
       </c>
-      <c r="C9" s="8" t="s">
+      <c r="C13" s="22" t="s">
         <v>120</v>
       </c>
-      <c r="D9" s="8" t="s">
+      <c r="D13" s="22" t="s">
         <v>396</v>
       </c>
-      <c r="E9" s="9">
+      <c r="E13" s="25">
         <v>2024</v>
       </c>
-      <c r="F9" s="10" t="s">
-[...4 lines deleted...]
-      <c r="B10" s="7" t="s">
+      <c r="F13" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="14" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B14" s="21" t="s">
         <v>378</v>
       </c>
-      <c r="C10" s="8" t="s">
+      <c r="C14" s="22" t="s">
         <v>379</v>
       </c>
-      <c r="D10" s="8" t="s">
+      <c r="D14" s="22" t="s">
         <v>380</v>
       </c>
-      <c r="E10" s="9">
+      <c r="E14" s="25">
         <v>2023</v>
       </c>
-      <c r="F10" s="10" t="s">
-[...4 lines deleted...]
-      <c r="B11" s="7" t="s">
+      <c r="F14" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="15" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B15" s="21" t="s">
         <v>381</v>
       </c>
-      <c r="C11" s="8" t="s">
+      <c r="C15" s="22" t="s">
         <v>382</v>
       </c>
-      <c r="D11" s="8" t="s">
+      <c r="D15" s="22" t="s">
         <v>383</v>
       </c>
-      <c r="E11" s="9">
+      <c r="E15" s="25">
         <v>2023</v>
       </c>
-      <c r="F11" s="10" t="s">
-[...4 lines deleted...]
-      <c r="B12" s="7" t="s">
+      <c r="F15" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="16" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B16" s="21" t="s">
         <v>384</v>
       </c>
-      <c r="C12" s="8" t="s">
+      <c r="C16" s="22" t="s">
         <v>206</v>
       </c>
-      <c r="D12" s="8" t="s">
+      <c r="D16" s="22" t="s">
         <v>385</v>
       </c>
-      <c r="E12" s="9">
+      <c r="E16" s="25">
         <v>2023</v>
       </c>
-      <c r="F12" s="10" t="s">
-[...4 lines deleted...]
-      <c r="B13" s="7" t="s">
+      <c r="F16" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="17" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B17" s="21" t="s">
         <v>347</v>
       </c>
-      <c r="C13" s="8" t="s">
+      <c r="C17" s="22" t="s">
         <v>206</v>
       </c>
-      <c r="D13" s="8" t="s">
+      <c r="D17" s="22" t="s">
         <v>348</v>
       </c>
-      <c r="E13" s="9">
+      <c r="E17" s="25">
         <v>2023</v>
       </c>
-      <c r="F13" s="10" t="s">
-[...4 lines deleted...]
-      <c r="B14" s="7" t="s">
+      <c r="F17" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="18" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B18" s="21" t="s">
         <v>386</v>
       </c>
-      <c r="C14" s="8" t="s">
+      <c r="C18" s="22" t="s">
         <v>387</v>
       </c>
-      <c r="D14" s="8" t="s">
+      <c r="D18" s="22" t="s">
         <v>388</v>
       </c>
-      <c r="E14" s="9">
+      <c r="E18" s="25">
         <v>2023</v>
       </c>
-      <c r="F14" s="10" t="s">
-[...4 lines deleted...]
-      <c r="B15" s="7" t="s">
+      <c r="F18" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="19" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B19" s="21" t="s">
         <v>355</v>
       </c>
-      <c r="C15" s="8" t="s">
+      <c r="C19" s="22" t="s">
         <v>114</v>
       </c>
-      <c r="D15" s="8" t="s">
+      <c r="D19" s="22" t="s">
         <v>356</v>
       </c>
-      <c r="E15" s="9">
+      <c r="E19" s="25">
         <v>2023</v>
       </c>
-      <c r="F15" s="10" t="s">
-[...4 lines deleted...]
-      <c r="B16" s="7" t="s">
+      <c r="F19" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="20" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B20" s="21" t="s">
         <v>357</v>
       </c>
-      <c r="C16" s="8" t="s">
+      <c r="C20" s="22" t="s">
         <v>358</v>
       </c>
-      <c r="D16" s="8" t="s">
+      <c r="D20" s="22" t="s">
         <v>359</v>
       </c>
-      <c r="E16" s="9">
+      <c r="E20" s="25">
         <v>2023</v>
       </c>
-      <c r="F16" s="10" t="s">
-[...4 lines deleted...]
-      <c r="B17" s="7" t="s">
+      <c r="F20" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="21" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B21" s="21" t="s">
         <v>389</v>
       </c>
-      <c r="C17" s="8" t="s">
+      <c r="C21" s="22" t="s">
         <v>390</v>
       </c>
-      <c r="D17" s="8" t="s">
+      <c r="D21" s="22" t="s">
         <v>391</v>
       </c>
-      <c r="E17" s="9">
+      <c r="E21" s="25">
         <v>2023</v>
       </c>
-      <c r="F17" s="10" t="s">
-[...4 lines deleted...]
-      <c r="B18" s="7" t="s">
+      <c r="F21" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="22" spans="2:6" x14ac:dyDescent="0.35">
+      <c r="B22" s="21" t="s">
         <v>392</v>
       </c>
-      <c r="C18" s="8" t="s">
+      <c r="C22" s="22" t="s">
         <v>393</v>
       </c>
-      <c r="D18" s="8" t="s">
+      <c r="D22" s="22" t="s">
         <v>394</v>
       </c>
-      <c r="E18" s="9">
+      <c r="E22" s="25">
         <v>2023</v>
       </c>
-      <c r="F18" s="10" t="s">
+      <c r="F22" s="24" t="s">
         <v>56</v>
       </c>
     </row>
-    <row r="19" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
-      <c r="B19" s="7" t="s">
+    <row r="23" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B23" s="21" t="s">
         <v>274</v>
       </c>
-      <c r="C19" s="8" t="s">
+      <c r="C23" s="22" t="s">
         <v>275</v>
       </c>
-      <c r="D19" s="8" t="s">
+      <c r="D23" s="22" t="s">
         <v>276</v>
       </c>
-      <c r="E19" s="9">
+      <c r="E23" s="25">
         <v>2022</v>
       </c>
-      <c r="F19" s="10" t="s">
-[...4 lines deleted...]
-      <c r="B20" s="7" t="s">
+      <c r="F23" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="24" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B24" s="21" t="s">
         <v>349</v>
       </c>
-      <c r="C20" s="8" t="s">
+      <c r="C24" s="22" t="s">
         <v>350</v>
       </c>
-      <c r="D20" s="8" t="s">
+      <c r="D24" s="22" t="s">
         <v>351</v>
       </c>
-      <c r="E20" s="9">
+      <c r="E24" s="25">
         <v>2022</v>
       </c>
-      <c r="F20" s="10" t="s">
-[...4 lines deleted...]
-      <c r="B21" s="7" t="s">
+      <c r="F24" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="25" spans="2:6" ht="58" x14ac:dyDescent="0.35">
+      <c r="B25" s="21" t="s">
         <v>314</v>
       </c>
-      <c r="C21" s="8" t="s">
+      <c r="C25" s="22" t="s">
         <v>315</v>
       </c>
-      <c r="D21" s="8" t="s">
+      <c r="D25" s="22" t="s">
         <v>316</v>
       </c>
-      <c r="E21" s="9">
+      <c r="E25" s="25">
         <v>2022</v>
       </c>
-      <c r="F21" s="10" t="s">
-[...4 lines deleted...]
-      <c r="B22" s="7" t="s">
+      <c r="F25" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="26" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B26" s="21" t="s">
         <v>352</v>
       </c>
-      <c r="C22" s="8" t="s">
+      <c r="C26" s="22" t="s">
         <v>353</v>
       </c>
-      <c r="D22" s="8" t="s">
+      <c r="D26" s="22" t="s">
         <v>354</v>
       </c>
-      <c r="E22" s="9">
+      <c r="E26" s="25">
         <v>2022</v>
       </c>
-      <c r="F22" s="10" t="s">
+      <c r="F26" s="24" t="s">
         <v>56</v>
       </c>
     </row>
-    <row r="23" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
-      <c r="B23" s="7" t="s">
+    <row r="27" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B27" s="21" t="s">
         <v>277</v>
       </c>
-      <c r="C23" s="8" t="s">
+      <c r="C27" s="22" t="s">
         <v>278</v>
       </c>
-      <c r="D23" s="8" t="s">
+      <c r="D27" s="22" t="s">
         <v>279</v>
       </c>
-      <c r="E23" s="9">
+      <c r="E27" s="25">
         <v>2022</v>
       </c>
-      <c r="F23" s="10" t="s">
-[...4 lines deleted...]
-      <c r="B24" s="7" t="s">
+      <c r="F27" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="28" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B28" s="21" t="s">
         <v>280</v>
       </c>
-      <c r="C24" s="8" t="s">
+      <c r="C28" s="22" t="s">
         <v>114</v>
       </c>
-      <c r="D24" s="8" t="s">
+      <c r="D28" s="22" t="s">
         <v>281</v>
       </c>
-      <c r="E24" s="9">
+      <c r="E28" s="25">
         <v>2022</v>
       </c>
-      <c r="F24" s="10" t="s">
-[...4 lines deleted...]
-      <c r="B25" s="7" t="s">
+      <c r="F28" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="29" spans="2:6" ht="58" x14ac:dyDescent="0.35">
+      <c r="B29" s="21" t="s">
         <v>360</v>
       </c>
-      <c r="C25" s="8" t="s">
+      <c r="C29" s="22" t="s">
         <v>361</v>
       </c>
-      <c r="D25" s="8" t="s">
+      <c r="D29" s="22" t="s">
         <v>362</v>
       </c>
-      <c r="E25" s="9">
+      <c r="E29" s="25">
         <v>2022</v>
       </c>
-      <c r="F25" s="10" t="s">
+      <c r="F29" s="24" t="s">
         <v>363</v>
       </c>
     </row>
-    <row r="26" spans="2:6" ht="87.45" x14ac:dyDescent="0.4">
-      <c r="B26" s="7" t="s">
+    <row r="30" spans="2:6" ht="87" x14ac:dyDescent="0.35">
+      <c r="B30" s="21" t="s">
         <v>317</v>
       </c>
-      <c r="C26" s="8" t="s">
+      <c r="C30" s="22" t="s">
         <v>148</v>
       </c>
-      <c r="D26" s="8" t="s">
+      <c r="D30" s="22" t="s">
         <v>318</v>
       </c>
-      <c r="E26" s="9">
+      <c r="E30" s="25">
         <v>2022</v>
       </c>
-      <c r="F26" s="10" t="s">
-[...4 lines deleted...]
-      <c r="B27" s="7" t="s">
+      <c r="F30" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="31" spans="2:6" ht="58" x14ac:dyDescent="0.35">
+      <c r="B31" s="21" t="s">
         <v>364</v>
       </c>
-      <c r="C27" s="8" t="s">
+      <c r="C31" s="22" t="s">
         <v>365</v>
       </c>
-      <c r="D27" s="8" t="s">
+      <c r="D31" s="22" t="s">
         <v>366</v>
       </c>
-      <c r="E27" s="9">
+      <c r="E31" s="25">
         <v>2022</v>
       </c>
-      <c r="F27" s="10" t="s">
+      <c r="F31" s="24" t="s">
         <v>363</v>
       </c>
     </row>
-    <row r="28" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
-      <c r="B28" s="7" t="s">
+    <row r="32" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B32" s="21" t="s">
         <v>319</v>
       </c>
-      <c r="C28" s="8" t="s">
+      <c r="C32" s="22" t="s">
         <v>212</v>
       </c>
-      <c r="D28" s="8" t="s">
+      <c r="D32" s="22" t="s">
         <v>320</v>
       </c>
-      <c r="E28" s="9">
+      <c r="E32" s="25">
         <v>2022</v>
       </c>
-      <c r="F28" s="10" t="s">
-[...4 lines deleted...]
-      <c r="B29" s="7" t="s">
+      <c r="F32" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="33" spans="2:6" ht="58" x14ac:dyDescent="0.35">
+      <c r="B33" s="21" t="s">
         <v>282</v>
       </c>
-      <c r="C29" s="8" t="s">
+      <c r="C33" s="22" t="s">
         <v>283</v>
       </c>
-      <c r="D29" s="8" t="s">
+      <c r="D33" s="22" t="s">
         <v>284</v>
       </c>
-      <c r="E29" s="9">
+      <c r="E33" s="25">
         <v>2022</v>
       </c>
-      <c r="F29" s="10" t="s">
-[...4 lines deleted...]
-      <c r="B30" s="7" t="s">
+      <c r="F33" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="34" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B34" s="21" t="s">
         <v>321</v>
       </c>
-      <c r="C30" s="8" t="s">
+      <c r="C34" s="22" t="s">
         <v>322</v>
       </c>
-      <c r="D30" s="8" t="s">
+      <c r="D34" s="22" t="s">
         <v>323</v>
       </c>
-      <c r="E30" s="9">
+      <c r="E34" s="25">
         <v>2022</v>
       </c>
-      <c r="F30" s="10" t="s">
-[...4 lines deleted...]
-      <c r="B31" s="7" t="s">
+      <c r="F34" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="35" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B35" s="21" t="s">
         <v>324</v>
       </c>
-      <c r="C31" s="8" t="s">
+      <c r="C35" s="22" t="s">
         <v>154</v>
       </c>
-      <c r="D31" s="8" t="s">
+      <c r="D35" s="22" t="s">
         <v>325</v>
       </c>
-      <c r="E31" s="9">
+      <c r="E35" s="25">
         <v>2022</v>
       </c>
-      <c r="F31" s="10" t="s">
-[...4 lines deleted...]
-      <c r="B32" s="7" t="s">
+      <c r="F35" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="36" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B36" s="21" t="s">
         <v>326</v>
       </c>
-      <c r="C32" s="8" t="s">
+      <c r="C36" s="22" t="s">
         <v>327</v>
       </c>
-      <c r="D32" s="8" t="s">
+      <c r="D36" s="22" t="s">
         <v>328</v>
       </c>
-      <c r="E32" s="9">
+      <c r="E36" s="25">
         <v>2022</v>
       </c>
-      <c r="F32" s="10" t="s">
-[...4 lines deleted...]
-      <c r="B33" s="7" t="s">
+      <c r="F36" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="37" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B37" s="21" t="s">
         <v>367</v>
       </c>
-      <c r="C33" s="8" t="s">
+      <c r="C37" s="22" t="s">
         <v>368</v>
       </c>
-      <c r="D33" s="8" t="s">
+      <c r="D37" s="22" t="s">
         <v>369</v>
       </c>
-      <c r="E33" s="9">
+      <c r="E37" s="25">
         <v>2022</v>
       </c>
-      <c r="F33" s="10" t="s">
+      <c r="F37" s="24" t="s">
         <v>56</v>
       </c>
     </row>
-    <row r="34" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
-      <c r="B34" s="7" t="s">
+    <row r="38" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B38" s="21" t="s">
         <v>370</v>
       </c>
-      <c r="C34" s="8" t="s">
+      <c r="C38" s="22" t="s">
         <v>368</v>
       </c>
-      <c r="D34" s="8" t="s">
+      <c r="D38" s="22" t="s">
         <v>371</v>
       </c>
-      <c r="E34" s="10">
+      <c r="E38" s="24">
         <v>2022</v>
       </c>
-      <c r="F34" s="10" t="s">
+      <c r="F38" s="24" t="s">
         <v>56</v>
       </c>
     </row>
-    <row r="35" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
-      <c r="B35" s="7" t="s">
+    <row r="39" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B39" s="21" t="s">
         <v>285</v>
       </c>
-      <c r="C35" s="8" t="s">
+      <c r="C39" s="22" t="s">
         <v>120</v>
       </c>
-      <c r="D35" s="8" t="s">
+      <c r="D39" s="22" t="s">
         <v>286</v>
       </c>
-      <c r="E35" s="9">
+      <c r="E39" s="25">
         <v>2022</v>
       </c>
-      <c r="F35" s="10" t="s">
-[...4 lines deleted...]
-      <c r="B36" s="7" t="s">
+      <c r="F39" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="40" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B40" s="21" t="s">
         <v>287</v>
       </c>
-      <c r="C36" s="8" t="s">
+      <c r="C40" s="22" t="s">
         <v>120</v>
       </c>
-      <c r="D36" s="8" t="s">
+      <c r="D40" s="22" t="s">
         <v>286</v>
       </c>
-      <c r="E36" s="9">
+      <c r="E40" s="25">
         <v>2022</v>
       </c>
-      <c r="F36" s="10" t="s">
-[...4 lines deleted...]
-      <c r="B37" s="7" t="s">
+      <c r="F40" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="41" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B41" s="21" t="s">
         <v>329</v>
       </c>
-      <c r="C37" s="8" t="s">
+      <c r="C41" s="22" t="s">
         <v>120</v>
       </c>
-      <c r="D37" s="8" t="s">
+      <c r="D41" s="22" t="s">
         <v>330</v>
       </c>
-      <c r="E37" s="9">
+      <c r="E41" s="25">
         <v>2022</v>
       </c>
-      <c r="F37" s="10" t="s">
-[...4 lines deleted...]
-      <c r="B38" s="7" t="s">
+      <c r="F41" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="42" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B42" s="21" t="s">
         <v>372</v>
       </c>
-      <c r="C38" s="8" t="s">
+      <c r="C42" s="22" t="s">
         <v>373</v>
       </c>
-      <c r="D38" s="8" t="s">
+      <c r="D42" s="22" t="s">
         <v>374</v>
       </c>
-      <c r="E38" s="9">
+      <c r="E42" s="25">
         <v>2022</v>
       </c>
-      <c r="F38" s="10" t="s">
+      <c r="F42" s="24" t="s">
         <v>56</v>
       </c>
     </row>
-    <row r="39" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
-      <c r="B39" s="7" t="s">
+    <row r="43" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B43" s="21" t="s">
         <v>331</v>
       </c>
-      <c r="C39" s="8" t="s">
+      <c r="C43" s="22" t="s">
         <v>332</v>
       </c>
-      <c r="D39" s="8" t="s">
+      <c r="D43" s="22" t="s">
         <v>333</v>
       </c>
-      <c r="E39" s="9">
+      <c r="E43" s="25">
         <v>2022</v>
       </c>
-      <c r="F39" s="10" t="s">
-[...4 lines deleted...]
-      <c r="B40" s="7" t="s">
+      <c r="F43" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="44" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B44" s="21" t="s">
         <v>334</v>
       </c>
-      <c r="C40" s="8" t="s">
+      <c r="C44" s="22" t="s">
         <v>335</v>
       </c>
-      <c r="D40" s="8" t="s">
+      <c r="D44" s="22" t="s">
         <v>336</v>
       </c>
-      <c r="E40" s="9">
+      <c r="E44" s="25">
         <v>2021</v>
       </c>
-      <c r="F40" s="10" t="s">
-[...4 lines deleted...]
-      <c r="B41" s="7" t="s">
+      <c r="F44" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="45" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B45" s="21" t="s">
         <v>228</v>
       </c>
-      <c r="C41" s="8" t="s">
+      <c r="C45" s="22" t="s">
         <v>229</v>
       </c>
-      <c r="D41" s="8" t="s">
+      <c r="D45" s="22" t="s">
         <v>230</v>
       </c>
-      <c r="E41" s="9">
+      <c r="E45" s="25">
         <v>2021</v>
       </c>
-      <c r="F41" s="10" t="s">
-[...4 lines deleted...]
-      <c r="B42" s="7" t="s">
+      <c r="F45" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="46" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B46" s="21" t="s">
         <v>288</v>
       </c>
-      <c r="C42" s="8" t="s">
+      <c r="C46" s="22" t="s">
         <v>289</v>
       </c>
-      <c r="D42" s="8" t="s">
+      <c r="D46" s="22" t="s">
         <v>290</v>
       </c>
-      <c r="E42" s="9">
+      <c r="E46" s="25">
         <v>2021</v>
       </c>
-      <c r="F42" s="10" t="s">
-[...4 lines deleted...]
-      <c r="B43" s="7" t="s">
+      <c r="F46" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="47" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B47" s="21" t="s">
         <v>231</v>
       </c>
-      <c r="C43" s="8" t="s">
+      <c r="C47" s="22" t="s">
         <v>232</v>
       </c>
-      <c r="D43" s="8" t="s">
+      <c r="D47" s="22" t="s">
         <v>233</v>
       </c>
-      <c r="E43" s="9">
+      <c r="E47" s="25">
         <v>2021</v>
       </c>
-      <c r="F43" s="10" t="s">
-[...4 lines deleted...]
-      <c r="B44" s="7" t="s">
+      <c r="F47" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="48" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B48" s="21" t="s">
         <v>205</v>
       </c>
-      <c r="C44" s="8" t="s">
+      <c r="C48" s="22" t="s">
         <v>206</v>
       </c>
-      <c r="D44" s="8" t="s">
+      <c r="D48" s="22" t="s">
         <v>207</v>
       </c>
-      <c r="E44" s="9">
+      <c r="E48" s="25">
         <v>2021</v>
       </c>
-      <c r="F44" s="10" t="s">
-[...4 lines deleted...]
-      <c r="B45" s="7" t="s">
+      <c r="F48" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="49" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B49" s="21" t="s">
         <v>234</v>
       </c>
-      <c r="C45" s="8" t="s">
+      <c r="C49" s="22" t="s">
         <v>235</v>
       </c>
-      <c r="D45" s="8" t="s">
+      <c r="D49" s="22" t="s">
         <v>236</v>
       </c>
-      <c r="E45" s="9">
+      <c r="E49" s="25">
         <v>2021</v>
       </c>
-      <c r="F45" s="10" t="s">
+      <c r="F49" s="24" t="s">
         <v>237</v>
       </c>
     </row>
-    <row r="46" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
-      <c r="B46" s="7" t="s">
+    <row r="50" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B50" s="21" t="s">
         <v>238</v>
       </c>
-      <c r="C46" s="8" t="s">
+      <c r="C50" s="22" t="s">
         <v>239</v>
       </c>
-      <c r="D46" s="8" t="s">
+      <c r="D50" s="22" t="s">
         <v>240</v>
       </c>
-      <c r="E46" s="9">
+      <c r="E50" s="25">
         <v>2021</v>
       </c>
-      <c r="F46" s="11" t="s">
-[...4 lines deleted...]
-      <c r="B47" s="7" t="s">
+      <c r="F50" s="7" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="51" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B51" s="21" t="s">
         <v>208</v>
       </c>
-      <c r="C47" s="8" t="s">
+      <c r="C51" s="22" t="s">
         <v>209</v>
       </c>
-      <c r="D47" s="8" t="s">
+      <c r="D51" s="22" t="s">
         <v>210</v>
       </c>
-      <c r="E47" s="9">
+      <c r="E51" s="25">
         <v>2021</v>
       </c>
-      <c r="F47" s="10" t="s">
-[...4 lines deleted...]
-      <c r="B48" s="7" t="s">
+      <c r="F51" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="52" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B52" s="21" t="s">
         <v>337</v>
       </c>
-      <c r="C48" s="8" t="s">
+      <c r="C52" s="22" t="s">
         <v>114</v>
       </c>
-      <c r="D48" s="8" t="s">
+      <c r="D52" s="22" t="s">
         <v>338</v>
       </c>
-      <c r="E48" s="9">
+      <c r="E52" s="25">
         <v>2021</v>
       </c>
-      <c r="F48" s="10" t="s">
-[...4 lines deleted...]
-      <c r="B49" s="7" t="s">
+      <c r="F52" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="53" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B53" s="21" t="s">
         <v>339</v>
       </c>
-      <c r="C49" s="8" t="s">
+      <c r="C53" s="22" t="s">
         <v>340</v>
       </c>
-      <c r="D49" s="8" t="s">
+      <c r="D53" s="22" t="s">
         <v>341</v>
       </c>
-      <c r="E49" s="9">
+      <c r="E53" s="25">
         <v>2021</v>
       </c>
-      <c r="F49" s="10" t="s">
-[...4 lines deleted...]
-      <c r="B50" s="7" t="s">
+      <c r="F53" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="54" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B54" s="21" t="s">
         <v>291</v>
       </c>
-      <c r="C50" s="8" t="s">
+      <c r="C54" s="22" t="s">
         <v>292</v>
       </c>
-      <c r="D50" s="8" t="s">
+      <c r="D54" s="22" t="s">
         <v>293</v>
       </c>
-      <c r="E50" s="9">
+      <c r="E54" s="25">
         <v>2021</v>
       </c>
-      <c r="F50" s="10" t="s">
-[...4 lines deleted...]
-      <c r="B51" s="7" t="s">
+      <c r="F54" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="55" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B55" s="21" t="s">
         <v>241</v>
       </c>
-      <c r="C51" s="8" t="s">
+      <c r="C55" s="22" t="s">
         <v>242</v>
       </c>
-      <c r="D51" s="8" t="s">
+      <c r="D55" s="22" t="s">
         <v>243</v>
       </c>
-      <c r="E51" s="9">
+      <c r="E55" s="25">
         <v>2021</v>
       </c>
-      <c r="F51" s="11" t="s">
-[...4 lines deleted...]
-      <c r="B52" s="7" t="s">
+      <c r="F55" s="7" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="56" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B56" s="21" t="s">
         <v>294</v>
       </c>
-      <c r="C52" s="8" t="s">
+      <c r="C56" s="22" t="s">
         <v>295</v>
       </c>
-      <c r="D52" s="8" t="s">
+      <c r="D56" s="22" t="s">
         <v>296</v>
       </c>
-      <c r="E52" s="9">
+      <c r="E56" s="25">
         <v>2021</v>
       </c>
-      <c r="F52" s="10" t="s">
-[...4 lines deleted...]
-      <c r="B53" s="7" t="s">
+      <c r="F56" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="57" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B57" s="21" t="s">
         <v>297</v>
       </c>
-      <c r="C53" s="8" t="s">
+      <c r="C57" s="22" t="s">
         <v>298</v>
       </c>
-      <c r="D53" s="8" t="s">
+      <c r="D57" s="22" t="s">
         <v>299</v>
       </c>
-      <c r="E53" s="9">
+      <c r="E57" s="25">
         <v>2021</v>
       </c>
-      <c r="F53" s="10" t="s">
-[...4 lines deleted...]
-      <c r="B54" s="7" t="s">
+      <c r="F57" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="58" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B58" s="21" t="s">
         <v>211</v>
       </c>
-      <c r="C54" s="8" t="s">
+      <c r="C58" s="22" t="s">
         <v>212</v>
       </c>
-      <c r="D54" s="8" t="s">
+      <c r="D58" s="22" t="s">
         <v>213</v>
       </c>
-      <c r="E54" s="9">
+      <c r="E58" s="25">
         <v>2021</v>
       </c>
-      <c r="F54" s="10" t="s">
-[...4 lines deleted...]
-      <c r="B55" s="7" t="s">
+      <c r="F58" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="59" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B59" s="21" t="s">
         <v>214</v>
       </c>
-      <c r="C55" s="8" t="s">
+      <c r="C59" s="22" t="s">
         <v>215</v>
       </c>
-      <c r="D55" s="8" t="s">
+      <c r="D59" s="22" t="s">
         <v>216</v>
       </c>
-      <c r="E55" s="9">
+      <c r="E59" s="25">
         <v>2021</v>
       </c>
-      <c r="F55" s="10" t="s">
-[...4 lines deleted...]
-      <c r="B56" s="7" t="s">
+      <c r="F59" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="60" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B60" s="21" t="s">
         <v>342</v>
       </c>
-      <c r="C56" s="8" t="s">
+      <c r="C60" s="22" t="s">
         <v>343</v>
       </c>
-      <c r="D56" s="8" t="s">
+      <c r="D60" s="22" t="s">
         <v>344</v>
       </c>
-      <c r="E56" s="9">
+      <c r="E60" s="25">
         <v>2021</v>
       </c>
-      <c r="F56" s="10" t="s">
-[...4 lines deleted...]
-      <c r="B57" s="7" t="s">
+      <c r="F60" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="61" spans="2:6" ht="58" x14ac:dyDescent="0.35">
+      <c r="B61" s="21" t="s">
         <v>217</v>
       </c>
-      <c r="C57" s="8" t="s">
+      <c r="C61" s="22" t="s">
         <v>154</v>
       </c>
-      <c r="D57" s="8" t="s">
+      <c r="D61" s="22" t="s">
         <v>218</v>
       </c>
-      <c r="E57" s="9">
+      <c r="E61" s="25">
         <v>2021</v>
       </c>
-      <c r="F57" s="10" t="s">
-[...4 lines deleted...]
-      <c r="B58" s="7" t="s">
+      <c r="F61" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="62" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B62" s="21" t="s">
         <v>219</v>
       </c>
-      <c r="C58" s="8" t="s">
+      <c r="C62" s="22" t="s">
         <v>220</v>
       </c>
-      <c r="D58" s="8" t="s">
+      <c r="D62" s="22" t="s">
         <v>221</v>
       </c>
-      <c r="E58" s="9">
+      <c r="E62" s="25">
         <v>2021</v>
       </c>
-      <c r="F58" s="10" t="s">
-[...4 lines deleted...]
-      <c r="B59" s="7" t="s">
+      <c r="F62" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="63" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B63" s="21" t="s">
         <v>222</v>
       </c>
-      <c r="C59" s="8" t="s">
+      <c r="C63" s="22" t="s">
         <v>223</v>
       </c>
-      <c r="D59" s="8" t="s">
+      <c r="D63" s="22" t="s">
         <v>224</v>
       </c>
-      <c r="E59" s="9">
+      <c r="E63" s="25">
         <v>2021</v>
       </c>
-      <c r="F59" s="10" t="s">
-[...4 lines deleted...]
-      <c r="B60" s="7" t="s">
+      <c r="F63" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="64" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B64" s="21" t="s">
         <v>244</v>
       </c>
-      <c r="C60" s="8" t="s">
+      <c r="C64" s="22" t="s">
         <v>245</v>
       </c>
-      <c r="D60" s="8" t="s">
+      <c r="D64" s="22" t="s">
         <v>246</v>
       </c>
-      <c r="E60" s="9">
+      <c r="E64" s="25">
         <v>2021</v>
       </c>
-      <c r="F60" s="10" t="s">
-[...4 lines deleted...]
-      <c r="B61" s="7" t="s">
+      <c r="F64" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="65" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B65" s="21" t="s">
         <v>345</v>
       </c>
-      <c r="C61" s="8" t="s">
+      <c r="C65" s="22" t="s">
         <v>120</v>
       </c>
-      <c r="D61" s="8" t="s">
+      <c r="D65" s="22" t="s">
         <v>346</v>
       </c>
-      <c r="E61" s="9">
+      <c r="E65" s="25">
         <v>2021</v>
       </c>
-      <c r="F61" s="10" t="s">
-[...4 lines deleted...]
-      <c r="B62" s="7" t="s">
+      <c r="F65" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="66" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B66" s="21" t="s">
         <v>247</v>
       </c>
-      <c r="C62" s="8" t="s">
+      <c r="C66" s="22" t="s">
         <v>120</v>
       </c>
-      <c r="D62" s="8" t="s">
+      <c r="D66" s="22" t="s">
         <v>248</v>
       </c>
-      <c r="E62" s="9">
+      <c r="E66" s="25">
         <v>2021</v>
       </c>
-      <c r="F62" s="10" t="s">
-[...4 lines deleted...]
-      <c r="B63" s="7" t="s">
+      <c r="F66" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="67" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B67" s="21" t="s">
         <v>300</v>
       </c>
-      <c r="C63" s="8" t="s">
+      <c r="C67" s="22" t="s">
         <v>301</v>
       </c>
-      <c r="D63" s="8" t="s">
+      <c r="D67" s="22" t="s">
         <v>302</v>
       </c>
-      <c r="E63" s="9">
+      <c r="E67" s="25">
         <v>2021</v>
       </c>
-      <c r="F63" s="10" t="s">
-[...4 lines deleted...]
-      <c r="B64" s="7" t="s">
+      <c r="F67" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="68" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B68" s="21" t="s">
         <v>249</v>
       </c>
-      <c r="C64" s="8" t="s">
+      <c r="C68" s="22" t="s">
         <v>250</v>
       </c>
-      <c r="D64" s="8" t="s">
+      <c r="D68" s="22" t="s">
         <v>251</v>
       </c>
-      <c r="E64" s="9">
+      <c r="E68" s="25">
         <v>2021</v>
       </c>
-      <c r="F64" s="10" t="s">
-[...4 lines deleted...]
-      <c r="B65" s="7" t="s">
+      <c r="F68" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="69" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B69" s="21" t="s">
         <v>252</v>
       </c>
-      <c r="C65" s="8" t="s">
+      <c r="C69" s="22" t="s">
         <v>253</v>
       </c>
-      <c r="D65" s="8" t="s">
+      <c r="D69" s="22" t="s">
         <v>254</v>
       </c>
-      <c r="E65" s="9">
+      <c r="E69" s="25">
         <v>2020</v>
       </c>
-      <c r="F65" s="10" t="s">
-[...4 lines deleted...]
-      <c r="B66" s="7" t="s">
+      <c r="F69" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="70" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B70" s="21" t="s">
         <v>255</v>
       </c>
-      <c r="C66" s="8" t="s">
+      <c r="C70" s="22" t="s">
         <v>256</v>
       </c>
-      <c r="D66" s="8" t="s">
+      <c r="D70" s="22" t="s">
         <v>257</v>
       </c>
-      <c r="E66" s="9">
+      <c r="E70" s="25">
         <v>2020</v>
       </c>
-      <c r="F66" s="10" t="s">
-[...4 lines deleted...]
-      <c r="B67" s="7" t="s">
+      <c r="F70" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="71" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B71" s="21" t="s">
         <v>258</v>
       </c>
-      <c r="C67" s="8" t="s">
+      <c r="C71" s="22" t="s">
         <v>259</v>
       </c>
-      <c r="D67" s="8" t="s">
+      <c r="D71" s="22" t="s">
         <v>260</v>
       </c>
-      <c r="E67" s="9">
+      <c r="E71" s="25">
         <v>2020</v>
       </c>
-      <c r="F67" s="10" t="s">
-[...4 lines deleted...]
-      <c r="B68" s="7" t="s">
+      <c r="F71" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="72" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B72" s="21" t="s">
         <v>261</v>
       </c>
-      <c r="C68" s="8" t="s">
+      <c r="C72" s="22" t="s">
         <v>262</v>
       </c>
-      <c r="D68" s="8" t="s">
+      <c r="D72" s="22" t="s">
         <v>263</v>
       </c>
-      <c r="E68" s="9">
+      <c r="E72" s="25">
         <v>2020</v>
       </c>
-      <c r="F68" s="10" t="s">
-[...4 lines deleted...]
-      <c r="B69" s="7" t="s">
+      <c r="F72" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="73" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B73" s="21" t="s">
         <v>264</v>
       </c>
-      <c r="C69" s="8" t="s">
+      <c r="C73" s="22" t="s">
         <v>265</v>
       </c>
-      <c r="D69" s="8" t="s">
+      <c r="D73" s="22" t="s">
         <v>266</v>
       </c>
-      <c r="E69" s="9">
+      <c r="E73" s="25">
         <v>2020</v>
       </c>
-      <c r="F69" s="10" t="s">
-[...4 lines deleted...]
-      <c r="B70" s="7" t="s">
+      <c r="F73" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="74" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B74" s="21" t="s">
         <v>267</v>
       </c>
-      <c r="C70" s="8" t="s">
+      <c r="C74" s="22" t="s">
         <v>268</v>
       </c>
-      <c r="D70" s="8" t="s">
+      <c r="D74" s="22" t="s">
         <v>269</v>
       </c>
-      <c r="E70" s="9">
+      <c r="E74" s="25">
         <v>2020</v>
       </c>
-      <c r="F70" s="10" t="s">
-[...4 lines deleted...]
-      <c r="B71" s="7" t="s">
+      <c r="F74" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="75" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B75" s="21" t="s">
         <v>142</v>
       </c>
-      <c r="C71" s="8" t="s">
+      <c r="C75" s="22" t="s">
         <v>143</v>
       </c>
-      <c r="D71" s="8" t="s">
+      <c r="D75" s="22" t="s">
         <v>144</v>
       </c>
-      <c r="E71" s="9">
+      <c r="E75" s="25">
         <v>2020</v>
       </c>
-      <c r="F71" s="10" t="s">
-[...4 lines deleted...]
-      <c r="B72" s="7" t="s">
+      <c r="F75" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="76" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B76" s="21" t="s">
         <v>145</v>
       </c>
-      <c r="C72" s="8" t="s">
+      <c r="C76" s="22" t="s">
         <v>114</v>
       </c>
-      <c r="D72" s="8" t="s">
+      <c r="D76" s="22" t="s">
         <v>146</v>
       </c>
-      <c r="E72" s="9">
+      <c r="E76" s="25">
         <v>2020</v>
       </c>
-      <c r="F72" s="10" t="s">
-[...4 lines deleted...]
-      <c r="B73" s="7" t="s">
+      <c r="F76" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="77" spans="2:6" ht="58" x14ac:dyDescent="0.35">
+      <c r="B77" s="21" t="s">
         <v>147</v>
       </c>
-      <c r="C73" s="8" t="s">
+      <c r="C77" s="22" t="s">
         <v>148</v>
       </c>
-      <c r="D73" s="8" t="s">
+      <c r="D77" s="22" t="s">
         <v>149</v>
       </c>
-      <c r="E73" s="9">
+      <c r="E77" s="25">
         <v>2020</v>
       </c>
-      <c r="F73" s="10" t="s">
-[...4 lines deleted...]
-      <c r="B74" s="7" t="s">
+      <c r="F77" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="78" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B78" s="21" t="s">
         <v>150</v>
       </c>
-      <c r="C74" s="8" t="s">
+      <c r="C78" s="22" t="s">
         <v>51</v>
       </c>
-      <c r="D74" s="8" t="s">
+      <c r="D78" s="22" t="s">
         <v>151</v>
       </c>
-      <c r="E74" s="9">
+      <c r="E78" s="25">
         <v>2020</v>
       </c>
-      <c r="F74" s="10" t="s">
-[...4 lines deleted...]
-      <c r="B75" s="7" t="s">
+      <c r="F78" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="79" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B79" s="21" t="s">
         <v>152</v>
       </c>
-      <c r="C75" s="8" t="s">
+      <c r="C79" s="22" t="s">
         <v>51</v>
       </c>
-      <c r="D75" s="8" t="s">
+      <c r="D79" s="22" t="s">
         <v>122</v>
       </c>
-      <c r="E75" s="9">
+      <c r="E79" s="25">
         <v>2020</v>
       </c>
-      <c r="F75" s="10" t="s">
-[...4 lines deleted...]
-      <c r="B76" s="7" t="s">
+      <c r="F79" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="80" spans="2:6" ht="72.5" x14ac:dyDescent="0.35">
+      <c r="B80" s="21" t="s">
         <v>153</v>
       </c>
-      <c r="C76" s="8" t="s">
+      <c r="C80" s="22" t="s">
         <v>154</v>
       </c>
-      <c r="D76" s="8" t="s">
+      <c r="D80" s="22" t="s">
         <v>155</v>
       </c>
-      <c r="E76" s="9">
+      <c r="E80" s="25">
         <v>2020</v>
       </c>
-      <c r="F76" s="10" t="s">
-[...4 lines deleted...]
-      <c r="B77" s="7" t="s">
+      <c r="F80" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="81" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B81" s="21" t="s">
         <v>156</v>
       </c>
-      <c r="C77" s="8" t="s">
+      <c r="C81" s="22" t="s">
         <v>157</v>
       </c>
-      <c r="D77" s="8" t="s">
+      <c r="D81" s="22" t="s">
         <v>158</v>
       </c>
-      <c r="E77" s="9">
+      <c r="E81" s="25">
         <v>2020</v>
       </c>
-      <c r="F77" s="10" t="s">
-[...4 lines deleted...]
-      <c r="B78" s="7" t="s">
+      <c r="F81" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="82" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B82" s="21" t="s">
         <v>159</v>
       </c>
-      <c r="C78" s="8" t="s">
+      <c r="C82" s="22" t="s">
         <v>120</v>
       </c>
-      <c r="D78" s="8" t="s">
+      <c r="D82" s="22" t="s">
         <v>146</v>
       </c>
-      <c r="E78" s="9">
+      <c r="E82" s="25">
         <v>2020</v>
       </c>
-      <c r="F78" s="10" t="s">
-[...4 lines deleted...]
-      <c r="B79" s="7" t="s">
+      <c r="F82" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="83" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B83" s="21" t="s">
         <v>225</v>
       </c>
-      <c r="C79" s="8" t="s">
+      <c r="C83" s="22" t="s">
         <v>226</v>
       </c>
-      <c r="D79" s="8" t="s">
+      <c r="D83" s="22" t="s">
         <v>227</v>
       </c>
-      <c r="E79" s="9">
+      <c r="E83" s="25">
         <v>2020</v>
       </c>
-      <c r="F79" s="11" t="s">
-[...4 lines deleted...]
-      <c r="B80" s="7" t="s">
+      <c r="F83" s="7" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="84" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B84" s="21" t="s">
         <v>270</v>
       </c>
-      <c r="C80" s="8" t="s">
+      <c r="C84" s="22" t="s">
         <v>271</v>
       </c>
-      <c r="D80" s="8" t="s">
+      <c r="D84" s="22" t="s">
         <v>272</v>
       </c>
-      <c r="E80" s="9">
+      <c r="E84" s="25">
         <v>2020</v>
       </c>
-      <c r="F80" s="6" t="s">
+      <c r="F84" s="6" t="s">
         <v>273</v>
       </c>
     </row>
-    <row r="81" spans="2:6" x14ac:dyDescent="0.4">
-      <c r="B81" s="7" t="s">
+    <row r="85" spans="2:6" x14ac:dyDescent="0.35">
+      <c r="B85" s="21" t="s">
         <v>160</v>
       </c>
-      <c r="C81" s="8" t="s">
+      <c r="C85" s="22" t="s">
         <v>161</v>
       </c>
-      <c r="D81" s="8" t="s">
+      <c r="D85" s="22" t="s">
         <v>162</v>
       </c>
-      <c r="E81" s="9">
+      <c r="E85" s="25">
         <v>2020</v>
       </c>
-      <c r="F81" s="10" t="s">
-[...4 lines deleted...]
-      <c r="B82" s="7" t="s">
+      <c r="F85" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="86" spans="2:6" ht="72.5" x14ac:dyDescent="0.35">
+      <c r="B86" s="21" t="s">
         <v>123</v>
       </c>
-      <c r="C82" s="8" t="s">
+      <c r="C86" s="22" t="s">
         <v>124</v>
       </c>
-      <c r="D82" s="8" t="s">
+      <c r="D86" s="22" t="s">
         <v>125</v>
       </c>
-      <c r="E82" s="9">
+      <c r="E86" s="25">
         <v>2019</v>
       </c>
-      <c r="F82" s="10" t="s">
+      <c r="F86" s="24" t="s">
         <v>106</v>
       </c>
     </row>
-    <row r="83" spans="2:6" ht="72.900000000000006" x14ac:dyDescent="0.4">
-      <c r="B83" s="7" t="s">
+    <row r="87" spans="2:6" ht="72.5" x14ac:dyDescent="0.35">
+      <c r="B87" s="21" t="s">
         <v>1</v>
       </c>
-      <c r="C83" s="8" t="s">
+      <c r="C87" s="22" t="s">
         <v>2</v>
       </c>
-      <c r="D83" s="8" t="s">
+      <c r="D87" s="22" t="s">
         <v>3</v>
       </c>
-      <c r="E83" s="9">
+      <c r="E87" s="25">
         <v>2019</v>
       </c>
-      <c r="F83" s="10" t="s">
+      <c r="F87" s="24" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="84" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
-      <c r="B84" s="7" t="s">
+    <row r="88" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B88" s="21" t="s">
         <v>5</v>
       </c>
-      <c r="C84" s="8" t="s">
+      <c r="C88" s="22" t="s">
         <v>6</v>
       </c>
-      <c r="D84" s="8" t="s">
+      <c r="D88" s="22" t="s">
         <v>7</v>
       </c>
-      <c r="E84" s="9">
+      <c r="E88" s="25">
         <v>2019</v>
       </c>
-      <c r="F84" s="10" t="s">
-[...4 lines deleted...]
-      <c r="B85" s="7" t="s">
+      <c r="F88" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="89" spans="2:6" x14ac:dyDescent="0.35">
+      <c r="B89" s="21" t="s">
         <v>163</v>
       </c>
-      <c r="C85" s="8" t="s">
+      <c r="C89" s="22" t="s">
         <v>164</v>
       </c>
-      <c r="D85" s="8" t="s">
+      <c r="D89" s="22" t="s">
         <v>165</v>
       </c>
-      <c r="E85" s="9">
+      <c r="E89" s="25">
         <v>2019</v>
       </c>
-      <c r="F85" s="10" t="s">
-[...4 lines deleted...]
-      <c r="B86" s="7" t="s">
+      <c r="F89" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="90" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B90" s="21" t="s">
         <v>166</v>
       </c>
-      <c r="C86" s="8" t="s">
+      <c r="C90" s="22" t="s">
         <v>167</v>
       </c>
-      <c r="D86" s="8" t="s">
+      <c r="D90" s="22" t="s">
         <v>168</v>
       </c>
-      <c r="E86" s="9">
+      <c r="E90" s="25">
         <v>2019</v>
       </c>
-      <c r="F86" s="10" t="s">
-[...4 lines deleted...]
-      <c r="B87" s="7" t="s">
+      <c r="F90" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="91" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B91" s="21" t="s">
         <v>169</v>
       </c>
-      <c r="C87" s="8" t="s">
+      <c r="C91" s="22" t="s">
         <v>167</v>
       </c>
-      <c r="D87" s="8" t="s">
+      <c r="D91" s="22" t="s">
         <v>170</v>
       </c>
-      <c r="E87" s="9">
+      <c r="E91" s="25">
         <v>2019</v>
       </c>
-      <c r="F87" s="10" t="s">
-[...4 lines deleted...]
-      <c r="B88" s="7" t="s">
+      <c r="F91" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="92" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B92" s="21" t="s">
         <v>171</v>
       </c>
-      <c r="C88" s="8" t="s">
+      <c r="C92" s="22" t="s">
         <v>172</v>
       </c>
-      <c r="D88" s="8" t="s">
+      <c r="D92" s="22" t="s">
         <v>173</v>
       </c>
-      <c r="E88" s="9">
+      <c r="E92" s="25">
         <v>2019</v>
       </c>
-      <c r="F88" s="10" t="s">
-[...4 lines deleted...]
-      <c r="B89" s="7" t="s">
+      <c r="F92" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="93" spans="2:6" x14ac:dyDescent="0.35">
+      <c r="B93" s="21" t="s">
         <v>9</v>
       </c>
-      <c r="C89" s="8" t="s">
+      <c r="C93" s="22" t="s">
         <v>10</v>
       </c>
-      <c r="D89" s="8" t="s">
+      <c r="D93" s="22" t="s">
         <v>11</v>
       </c>
-      <c r="E89" s="9">
+      <c r="E93" s="25">
         <v>2019</v>
       </c>
-      <c r="F89" s="10" t="s">
-[...4 lines deleted...]
-      <c r="B90" s="7" t="s">
+      <c r="F93" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="94" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B94" s="21" t="s">
         <v>12</v>
       </c>
-      <c r="C90" s="8" t="s">
+      <c r="C94" s="22" t="s">
         <v>13</v>
       </c>
-      <c r="D90" s="8" t="s">
+      <c r="D94" s="22" t="s">
         <v>14</v>
       </c>
-      <c r="E90" s="9">
+      <c r="E94" s="25">
         <v>2019</v>
       </c>
-      <c r="F90" s="10" t="s">
-[...4 lines deleted...]
-      <c r="B91" s="7" t="s">
+      <c r="F94" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="95" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B95" s="21" t="s">
         <v>174</v>
       </c>
-      <c r="C91" s="8" t="s">
+      <c r="C95" s="22" t="s">
         <v>175</v>
       </c>
-      <c r="D91" s="8" t="s">
+      <c r="D95" s="22" t="s">
         <v>176</v>
       </c>
-      <c r="E91" s="9">
+      <c r="E95" s="25">
         <v>2019</v>
       </c>
-      <c r="F91" s="10" t="s">
+      <c r="F95" s="24" t="s">
         <v>177</v>
       </c>
     </row>
-    <row r="92" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
-      <c r="B92" s="7" t="s">
+    <row r="96" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B96" s="21" t="s">
         <v>178</v>
       </c>
-      <c r="C92" s="8" t="s">
+      <c r="C96" s="22" t="s">
         <v>179</v>
       </c>
-      <c r="D92" s="8" t="s">
+      <c r="D96" s="22" t="s">
         <v>180</v>
       </c>
-      <c r="E92" s="9">
+      <c r="E96" s="25">
         <v>2019</v>
       </c>
-      <c r="F92" s="10" t="s">
-[...4 lines deleted...]
-      <c r="B93" s="7" t="s">
+      <c r="F96" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="97" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B97" s="21" t="s">
         <v>181</v>
       </c>
-      <c r="C93" s="8" t="s">
+      <c r="C97" s="22" t="s">
         <v>143</v>
       </c>
-      <c r="D93" s="8" t="s">
+      <c r="D97" s="22" t="s">
         <v>182</v>
       </c>
-      <c r="E93" s="9">
+      <c r="E97" s="25">
         <v>2019</v>
       </c>
-      <c r="F93" s="10" t="s">
-[...4 lines deleted...]
-      <c r="B94" s="7" t="s">
+      <c r="F97" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="98" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B98" s="21" t="s">
         <v>183</v>
       </c>
-      <c r="C94" s="8" t="s">
+      <c r="C98" s="22" t="s">
         <v>184</v>
       </c>
-      <c r="D94" s="8" t="s">
+      <c r="D98" s="22" t="s">
         <v>185</v>
       </c>
-      <c r="E94" s="9">
+      <c r="E98" s="25">
         <v>2019</v>
       </c>
-      <c r="F94" s="10" t="s">
+      <c r="F98" s="24" t="s">
         <v>186</v>
       </c>
     </row>
-    <row r="95" spans="2:6" ht="58.3" x14ac:dyDescent="0.4">
-      <c r="B95" s="7" t="s">
+    <row r="99" spans="2:6" ht="58" x14ac:dyDescent="0.35">
+      <c r="B99" s="21" t="s">
         <v>187</v>
       </c>
-      <c r="C95" s="8" t="s">
+      <c r="C99" s="22" t="s">
         <v>188</v>
       </c>
-      <c r="D95" s="8" t="s">
+      <c r="D99" s="22" t="s">
         <v>189</v>
       </c>
-      <c r="E95" s="9">
+      <c r="E99" s="25">
         <v>2019</v>
       </c>
-      <c r="F95" s="10" t="s">
-[...4 lines deleted...]
-      <c r="B96" s="7" t="s">
+      <c r="F99" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="100" spans="2:6" ht="72.5" x14ac:dyDescent="0.35">
+      <c r="B100" s="21" t="s">
         <v>15</v>
       </c>
-      <c r="C96" s="8" t="s">
+      <c r="C100" s="22" t="s">
         <v>16</v>
       </c>
-      <c r="D96" s="8" t="s">
+      <c r="D100" s="22" t="s">
         <v>17</v>
       </c>
-      <c r="E96" s="9">
+      <c r="E100" s="25">
         <v>2019</v>
       </c>
-      <c r="F96" s="10" t="s">
+      <c r="F100" s="24" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="97" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
-      <c r="B97" s="7" t="s">
+    <row r="101" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B101" s="21" t="s">
         <v>126</v>
       </c>
-      <c r="C97" s="8" t="s">
+      <c r="C101" s="22" t="s">
         <v>127</v>
       </c>
-      <c r="D97" s="8" t="s">
+      <c r="D101" s="22" t="s">
         <v>128</v>
       </c>
-      <c r="E97" s="9">
+      <c r="E101" s="25">
         <v>2019</v>
       </c>
-      <c r="F97" s="10" t="s">
-[...4 lines deleted...]
-      <c r="B98" s="7" t="s">
+      <c r="F101" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="102" spans="2:6" ht="72.5" x14ac:dyDescent="0.35">
+      <c r="B102" s="21" t="s">
         <v>18</v>
       </c>
-      <c r="C98" s="8" t="s">
+      <c r="C102" s="22" t="s">
         <v>19</v>
       </c>
-      <c r="D98" s="8" t="s">
+      <c r="D102" s="22" t="s">
         <v>20</v>
       </c>
-      <c r="E98" s="9">
+      <c r="E102" s="25">
         <v>2019</v>
       </c>
-      <c r="F98" s="10" t="s">
+      <c r="F102" s="24" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="99" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
-      <c r="B99" s="7" t="s">
+    <row r="103" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B103" s="21" t="s">
         <v>190</v>
       </c>
-      <c r="C99" s="8" t="s">
+      <c r="C103" s="22" t="s">
         <v>51</v>
       </c>
-      <c r="D99" s="8" t="s">
+      <c r="D103" s="22" t="s">
         <v>191</v>
       </c>
-      <c r="E99" s="9">
+      <c r="E103" s="25">
         <v>2019</v>
       </c>
-      <c r="F99" s="10" t="s">
-[...4 lines deleted...]
-      <c r="B100" s="7" t="s">
+      <c r="F103" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="104" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B104" s="21" t="s">
         <v>129</v>
       </c>
-      <c r="C100" s="8" t="s">
+      <c r="C104" s="22" t="s">
         <v>51</v>
       </c>
-      <c r="D100" s="8" t="s">
+      <c r="D104" s="22" t="s">
         <v>130</v>
       </c>
-      <c r="E100" s="9">
+      <c r="E104" s="25">
         <v>2019</v>
       </c>
-      <c r="F100" s="10" t="s">
-[...4 lines deleted...]
-      <c r="B101" s="7" t="s">
+      <c r="F104" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="105" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B105" s="21" t="s">
         <v>192</v>
       </c>
-      <c r="C101" s="8" t="s">
+      <c r="C105" s="22" t="s">
         <v>51</v>
       </c>
-      <c r="D101" s="8" t="s">
+      <c r="D105" s="22" t="s">
         <v>193</v>
       </c>
-      <c r="E101" s="9">
+      <c r="E105" s="25">
         <v>2019</v>
       </c>
-      <c r="F101" s="10" t="s">
+      <c r="F105" s="24" t="s">
         <v>194</v>
       </c>
     </row>
-    <row r="102" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
-      <c r="B102" s="7" t="s">
+    <row r="106" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B106" s="21" t="s">
         <v>131</v>
       </c>
-      <c r="C102" s="8" t="s">
+      <c r="C106" s="22" t="s">
         <v>51</v>
       </c>
-      <c r="D102" s="8" t="s">
+      <c r="D106" s="22" t="s">
         <v>132</v>
       </c>
-      <c r="E102" s="9">
+      <c r="E106" s="25">
         <v>2019</v>
       </c>
-      <c r="F102" s="10" t="s">
-[...4 lines deleted...]
-      <c r="B103" s="7" t="s">
+      <c r="F106" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="107" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B107" s="21" t="s">
         <v>195</v>
       </c>
-      <c r="C103" s="8" t="s">
+      <c r="C107" s="22" t="s">
         <v>51</v>
       </c>
-      <c r="D103" s="8" t="s">
+      <c r="D107" s="22" t="s">
         <v>196</v>
       </c>
-      <c r="E103" s="9">
+      <c r="E107" s="25">
         <v>2019</v>
       </c>
-      <c r="F103" s="10" t="s">
-[...4 lines deleted...]
-      <c r="B104" s="7" t="s">
+      <c r="F107" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="108" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B108" s="21" t="s">
         <v>197</v>
       </c>
-      <c r="C104" s="8" t="s">
+      <c r="C108" s="22" t="s">
         <v>51</v>
       </c>
-      <c r="D104" s="8" t="s">
+      <c r="D108" s="22" t="s">
         <v>198</v>
       </c>
-      <c r="E104" s="9">
+      <c r="E108" s="25">
         <v>2019</v>
       </c>
-      <c r="F104" s="10" t="s">
-[...4 lines deleted...]
-      <c r="B105" s="7" t="s">
+      <c r="F108" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="109" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B109" s="21" t="s">
         <v>21</v>
       </c>
-      <c r="C105" s="8" t="s">
+      <c r="C109" s="22" t="s">
         <v>22</v>
       </c>
-      <c r="D105" s="8" t="s">
+      <c r="D109" s="22" t="s">
         <v>199</v>
       </c>
-      <c r="E105" s="9">
+      <c r="E109" s="25">
         <v>2019</v>
       </c>
-      <c r="F105" s="10" t="s">
-[...4 lines deleted...]
-      <c r="B106" s="7" t="s">
+      <c r="F109" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="110" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B110" s="21" t="s">
         <v>133</v>
       </c>
-      <c r="C106" s="8" t="s">
+      <c r="C110" s="22" t="s">
         <v>22</v>
       </c>
-      <c r="D106" s="8" t="s">
+      <c r="D110" s="22" t="s">
         <v>134</v>
       </c>
-      <c r="E106" s="9">
+      <c r="E110" s="25">
         <v>2019</v>
       </c>
-      <c r="F106" s="10" t="s">
-[...4 lines deleted...]
-      <c r="B107" s="7" t="s">
+      <c r="F110" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="111" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B111" s="21" t="s">
         <v>23</v>
       </c>
-      <c r="C107" s="8" t="s">
+      <c r="C111" s="22" t="s">
         <v>24</v>
       </c>
-      <c r="D107" s="8" t="s">
+      <c r="D111" s="22" t="s">
         <v>25</v>
       </c>
-      <c r="E107" s="9">
+      <c r="E111" s="25">
         <v>2019</v>
       </c>
-      <c r="F107" s="10" t="s">
+      <c r="F111" s="24" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="108" spans="2:6" x14ac:dyDescent="0.4">
-      <c r="B108" s="7" t="s">
+    <row r="112" spans="2:6" x14ac:dyDescent="0.35">
+      <c r="B112" s="21" t="s">
         <v>135</v>
       </c>
-      <c r="C108" s="8" t="s">
+      <c r="C112" s="22" t="s">
         <v>136</v>
       </c>
-      <c r="D108" s="8" t="s">
+      <c r="D112" s="22" t="s">
         <v>137</v>
       </c>
-      <c r="E108" s="9">
+      <c r="E112" s="25">
         <v>2019</v>
       </c>
-      <c r="F108" s="10" t="s">
-[...4 lines deleted...]
-      <c r="B109" s="7" t="s">
+      <c r="F112" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="113" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B113" s="21" t="s">
         <v>27</v>
       </c>
-      <c r="C109" s="8" t="s">
+      <c r="C113" s="22" t="s">
         <v>28</v>
       </c>
-      <c r="D109" s="8" t="s">
+      <c r="D113" s="22" t="s">
         <v>29</v>
       </c>
-      <c r="E109" s="9">
+      <c r="E113" s="25">
         <v>2019</v>
       </c>
-      <c r="F109" s="10" t="s">
-[...4 lines deleted...]
-      <c r="B110" s="7" t="s">
+      <c r="F113" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="114" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B114" s="21" t="s">
         <v>200</v>
       </c>
-      <c r="C110" s="8" t="s">
+      <c r="C114" s="22" t="s">
         <v>120</v>
       </c>
-      <c r="D110" s="8" t="s">
+      <c r="D114" s="22" t="s">
         <v>201</v>
       </c>
-      <c r="E110" s="9">
+      <c r="E114" s="25">
         <v>2019</v>
       </c>
-      <c r="F110" s="10" t="s">
-[...4 lines deleted...]
-      <c r="B111" s="7" t="s">
+      <c r="F114" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="115" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B115" s="21" t="s">
         <v>202</v>
       </c>
-      <c r="C111" s="8" t="s">
+      <c r="C115" s="22" t="s">
         <v>120</v>
       </c>
-      <c r="D111" s="8" t="s">
+      <c r="D115" s="22" t="s">
         <v>203</v>
       </c>
-      <c r="E111" s="9">
+      <c r="E115" s="25">
         <v>2019</v>
       </c>
-      <c r="F111" s="10" t="s">
-[...4 lines deleted...]
-      <c r="B112" s="7" t="s">
+      <c r="F115" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="116" spans="2:6" ht="58" x14ac:dyDescent="0.35">
+      <c r="B116" s="21" t="s">
         <v>30</v>
       </c>
-      <c r="C112" s="8" t="s">
+      <c r="C116" s="22" t="s">
         <v>31</v>
       </c>
-      <c r="D112" s="8" t="s">
+      <c r="D116" s="22" t="s">
         <v>32</v>
       </c>
-      <c r="E112" s="9">
+      <c r="E116" s="25">
         <v>2018</v>
       </c>
-      <c r="F112" s="10" t="s">
-[...4 lines deleted...]
-      <c r="B113" s="7" t="s">
+      <c r="F116" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="117" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B117" s="21" t="s">
         <v>33</v>
       </c>
-      <c r="C113" s="8" t="s">
+      <c r="C117" s="22" t="s">
         <v>34</v>
       </c>
-      <c r="D113" s="8" t="s">
+      <c r="D117" s="22" t="s">
         <v>35</v>
       </c>
-      <c r="E113" s="9">
+      <c r="E117" s="25">
         <v>2018</v>
       </c>
-      <c r="F113" s="10" t="s">
-[...4 lines deleted...]
-      <c r="B114" s="7" t="s">
+      <c r="F117" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="118" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B118" s="21" t="s">
         <v>36</v>
       </c>
-      <c r="C114" s="8" t="s">
+      <c r="C118" s="22" t="s">
         <v>37</v>
       </c>
-      <c r="D114" s="8" t="s">
+      <c r="D118" s="22" t="s">
         <v>38</v>
       </c>
-      <c r="E114" s="9">
+      <c r="E118" s="25">
         <v>2018</v>
       </c>
-      <c r="F114" s="10" t="s">
-[...4 lines deleted...]
-      <c r="B115" s="7" t="s">
+      <c r="F118" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="119" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B119" s="21" t="s">
         <v>138</v>
       </c>
-      <c r="C115" s="8" t="s">
+      <c r="C119" s="22" t="s">
         <v>139</v>
       </c>
-      <c r="D115" s="8" t="s">
+      <c r="D119" s="22" t="s">
         <v>140</v>
       </c>
-      <c r="E115" s="9">
+      <c r="E119" s="25">
         <v>2018</v>
       </c>
-      <c r="F115" s="10" t="s">
+      <c r="F119" s="24" t="s">
         <v>141</v>
       </c>
     </row>
-    <row r="116" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
-      <c r="B116" s="7" t="s">
+    <row r="120" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B120" s="21" t="s">
         <v>39</v>
       </c>
-      <c r="C116" s="8" t="s">
+      <c r="C120" s="22" t="s">
         <v>40</v>
       </c>
-      <c r="D116" s="8" t="s">
+      <c r="D120" s="22" t="s">
         <v>41</v>
       </c>
-      <c r="E116" s="9">
+      <c r="E120" s="25">
         <v>2018</v>
       </c>
-      <c r="F116" s="10" t="s">
-[...4 lines deleted...]
-      <c r="B117" s="7" t="s">
+      <c r="F120" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="121" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B121" s="21" t="s">
         <v>42</v>
       </c>
-      <c r="C117" s="8" t="s">
+      <c r="C121" s="22" t="s">
         <v>43</v>
       </c>
-      <c r="D117" s="8" t="s">
+      <c r="D121" s="22" t="s">
         <v>44</v>
       </c>
-      <c r="E117" s="9">
+      <c r="E121" s="25">
         <v>2018</v>
       </c>
-      <c r="F117" s="10" t="s">
+      <c r="F121" s="24" t="s">
         <v>45</v>
       </c>
     </row>
-    <row r="118" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
-      <c r="B118" s="7" t="s">
+    <row r="122" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B122" s="21" t="s">
         <v>46</v>
       </c>
-      <c r="C118" s="8" t="s">
+      <c r="C122" s="22" t="s">
         <v>47</v>
       </c>
-      <c r="D118" s="8" t="s">
+      <c r="D122" s="22" t="s">
         <v>48</v>
       </c>
-      <c r="E118" s="9">
+      <c r="E122" s="25">
         <v>2018</v>
       </c>
-      <c r="F118" s="10" t="s">
+      <c r="F122" s="24" t="s">
         <v>49</v>
       </c>
     </row>
-    <row r="119" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
-      <c r="B119" s="7" t="s">
+    <row r="123" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B123" s="21" t="s">
         <v>50</v>
       </c>
-      <c r="C119" s="8" t="s">
+      <c r="C123" s="22" t="s">
         <v>51</v>
       </c>
-      <c r="D119" s="8" t="s">
+      <c r="D123" s="22" t="s">
         <v>52</v>
       </c>
-      <c r="E119" s="9">
+      <c r="E123" s="25">
         <v>2018</v>
       </c>
-      <c r="F119" s="10" t="s">
+      <c r="F123" s="24" t="s">
         <v>49</v>
       </c>
     </row>
-    <row r="120" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
-      <c r="B120" s="7" t="s">
+    <row r="124" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B124" s="21" t="s">
         <v>53</v>
       </c>
-      <c r="C120" s="8" t="s">
+      <c r="C124" s="22" t="s">
         <v>54</v>
       </c>
-      <c r="D120" s="8" t="s">
+      <c r="D124" s="22" t="s">
         <v>55</v>
       </c>
-      <c r="E120" s="9">
+      <c r="E124" s="25">
         <v>2018</v>
       </c>
-      <c r="F120" s="10" t="s">
+      <c r="F124" s="24" t="s">
         <v>56</v>
       </c>
     </row>
-    <row r="121" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
-      <c r="B121" s="7" t="s">
+    <row r="125" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B125" s="21" t="s">
         <v>57</v>
       </c>
-      <c r="C121" s="8" t="s">
+      <c r="C125" s="22" t="s">
         <v>58</v>
       </c>
-      <c r="D121" s="8" t="s">
+      <c r="D125" s="22" t="s">
         <v>59</v>
       </c>
-      <c r="E121" s="9">
+      <c r="E125" s="25">
         <v>2017</v>
       </c>
-      <c r="F121" s="10" t="s">
-[...4 lines deleted...]
-      <c r="B122" s="7" t="s">
+      <c r="F125" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="126" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B126" s="21" t="s">
         <v>60</v>
       </c>
-      <c r="C122" s="8" t="s">
+      <c r="C126" s="22" t="s">
         <v>61</v>
       </c>
-      <c r="D122" s="8" t="s">
+      <c r="D126" s="22" t="s">
         <v>62</v>
       </c>
-      <c r="E122" s="9">
+      <c r="E126" s="25">
         <v>2017</v>
       </c>
-      <c r="F122" s="10" t="s">
-[...4 lines deleted...]
-      <c r="B123" s="7" t="s">
+      <c r="F126" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="127" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B127" s="21" t="s">
         <v>63</v>
       </c>
-      <c r="C123" s="8" t="s">
+      <c r="C127" s="22" t="s">
         <v>64</v>
       </c>
-      <c r="D123" s="8" t="s">
+      <c r="D127" s="22" t="s">
         <v>65</v>
       </c>
-      <c r="E123" s="9">
+      <c r="E127" s="25">
         <v>2017</v>
       </c>
-      <c r="F123" s="10" t="s">
-[...4 lines deleted...]
-      <c r="B124" s="7" t="s">
+      <c r="F127" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="128" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B128" s="21" t="s">
         <v>66</v>
       </c>
-      <c r="C124" s="8" t="s">
+      <c r="C128" s="22" t="s">
         <v>67</v>
       </c>
-      <c r="D124" s="8" t="s">
+      <c r="D128" s="22" t="s">
         <v>68</v>
       </c>
-      <c r="E124" s="9">
+      <c r="E128" s="25">
         <v>2017</v>
       </c>
-      <c r="F124" s="10" t="s">
-[...4 lines deleted...]
-      <c r="B125" s="7" t="s">
+      <c r="F128" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="129" spans="2:6" ht="58" x14ac:dyDescent="0.35">
+      <c r="B129" s="21" t="s">
         <v>69</v>
       </c>
-      <c r="C125" s="8" t="s">
+      <c r="C129" s="22" t="s">
         <v>70</v>
       </c>
-      <c r="D125" s="8" t="s">
+      <c r="D129" s="22" t="s">
         <v>71</v>
       </c>
-      <c r="E125" s="9">
+      <c r="E129" s="25">
         <v>2017</v>
       </c>
-      <c r="F125" s="10" t="s">
+      <c r="F129" s="24" t="s">
         <v>72</v>
       </c>
     </row>
-    <row r="126" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
-      <c r="B126" s="7" t="s">
+    <row r="130" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B130" s="21" t="s">
         <v>73</v>
       </c>
-      <c r="C126" s="8" t="s">
+      <c r="C130" s="22" t="s">
         <v>74</v>
       </c>
-      <c r="D126" s="8" t="s">
+      <c r="D130" s="22" t="s">
         <v>75</v>
       </c>
-      <c r="E126" s="9">
+      <c r="E130" s="25">
         <v>2017</v>
       </c>
-      <c r="F126" s="10" t="s">
-[...4 lines deleted...]
-      <c r="B127" s="7" t="s">
+      <c r="F130" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="131" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B131" s="21" t="s">
         <v>76</v>
       </c>
-      <c r="C127" s="8" t="s">
+      <c r="C131" s="22" t="s">
         <v>77</v>
       </c>
-      <c r="D127" s="8" t="s">
+      <c r="D131" s="22" t="s">
         <v>78</v>
       </c>
-      <c r="E127" s="9">
+      <c r="E131" s="25">
         <v>2017</v>
       </c>
-      <c r="F127" s="10" t="s">
-[...4 lines deleted...]
-      <c r="B128" s="7" t="s">
+      <c r="F131" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="132" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B132" s="21" t="s">
         <v>79</v>
       </c>
-      <c r="C128" s="8" t="s">
+      <c r="C132" s="22" t="s">
         <v>80</v>
       </c>
-      <c r="D128" s="8" t="s">
+      <c r="D132" s="22" t="s">
         <v>81</v>
       </c>
-      <c r="E128" s="9">
+      <c r="E132" s="25">
         <v>2017</v>
       </c>
-      <c r="F128" s="10" t="s">
-[...4 lines deleted...]
-      <c r="B129" s="7" t="s">
+      <c r="F132" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="133" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B133" s="21" t="s">
         <v>82</v>
       </c>
-      <c r="C129" s="8" t="s">
+      <c r="C133" s="22" t="s">
         <v>83</v>
       </c>
-      <c r="D129" s="8" t="s">
+      <c r="D133" s="22" t="s">
         <v>84</v>
       </c>
-      <c r="E129" s="9">
+      <c r="E133" s="25">
         <v>2017</v>
       </c>
-      <c r="F129" s="10" t="s">
+      <c r="F133" s="24" t="s">
         <v>85</v>
       </c>
     </row>
-    <row r="130" spans="2:6" ht="58.3" x14ac:dyDescent="0.4">
-      <c r="B130" s="7" t="s">
+    <row r="134" spans="2:6" ht="58" x14ac:dyDescent="0.35">
+      <c r="B134" s="21" t="s">
         <v>86</v>
       </c>
-      <c r="C130" s="8" t="s">
+      <c r="C134" s="22" t="s">
         <v>87</v>
       </c>
-      <c r="D130" s="8" t="s">
+      <c r="D134" s="22" t="s">
         <v>88</v>
       </c>
-      <c r="E130" s="9">
+      <c r="E134" s="25">
         <v>2017</v>
       </c>
-      <c r="F130" s="10" t="s">
+      <c r="F134" s="24" t="s">
         <v>89</v>
       </c>
     </row>
-    <row r="131" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
-      <c r="B131" s="7" t="s">
+    <row r="135" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B135" s="21" t="s">
         <v>90</v>
       </c>
-      <c r="C131" s="8" t="s">
+      <c r="C135" s="22" t="s">
         <v>51</v>
       </c>
-      <c r="D131" s="8" t="s">
+      <c r="D135" s="22" t="s">
         <v>91</v>
       </c>
-      <c r="E131" s="9">
+      <c r="E135" s="25">
         <v>2017</v>
       </c>
-      <c r="F131" s="10" t="s">
-[...4 lines deleted...]
-      <c r="B132" s="7" t="s">
+      <c r="F135" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="136" spans="2:6" ht="72.5" x14ac:dyDescent="0.35">
+      <c r="B136" s="21" t="s">
         <v>92</v>
       </c>
-      <c r="C132" s="8" t="s">
+      <c r="C136" s="22" t="s">
         <v>93</v>
       </c>
-      <c r="D132" s="8" t="s">
+      <c r="D136" s="22" t="s">
         <v>94</v>
       </c>
-      <c r="E132" s="9">
+      <c r="E136" s="25">
         <v>2017</v>
       </c>
-      <c r="F132" s="10" t="s">
-[...4 lines deleted...]
-      <c r="B133" s="7" t="s">
+      <c r="F136" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="137" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B137" s="21" t="s">
         <v>95</v>
       </c>
-      <c r="C133" s="8" t="s">
+      <c r="C137" s="22" t="s">
         <v>96</v>
       </c>
-      <c r="D133" s="8" t="s">
+      <c r="D137" s="22" t="s">
         <v>97</v>
       </c>
-      <c r="E133" s="9">
+      <c r="E137" s="25">
         <v>2017</v>
       </c>
-      <c r="F133" s="10" t="s">
-[...4 lines deleted...]
-      <c r="B134" s="7" t="s">
+      <c r="F137" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="138" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B138" s="21" t="s">
         <v>98</v>
       </c>
-      <c r="C134" s="8" t="s">
+      <c r="C138" s="22" t="s">
         <v>99</v>
       </c>
-      <c r="D134" s="8" t="s">
+      <c r="D138" s="22" t="s">
         <v>100</v>
       </c>
-      <c r="E134" s="9">
+      <c r="E138" s="25">
         <v>2017</v>
       </c>
-      <c r="F134" s="10" t="s">
-[...4 lines deleted...]
-      <c r="B135" s="7" t="s">
+      <c r="F138" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="139" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B139" s="21" t="s">
         <v>101</v>
       </c>
-      <c r="C135" s="8" t="s">
+      <c r="C139" s="22" t="s">
         <v>102</v>
       </c>
-      <c r="D135" s="8" t="s">
+      <c r="D139" s="22" t="s">
         <v>103</v>
       </c>
-      <c r="E135" s="9">
+      <c r="E139" s="25">
         <v>2016</v>
       </c>
-      <c r="F135" s="10" t="s">
-[...4 lines deleted...]
-      <c r="B136" s="7" t="s">
+      <c r="F139" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="140" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B140" s="21" t="s">
         <v>104</v>
       </c>
-      <c r="C136" s="8" t="s">
+      <c r="C140" s="22" t="s">
         <v>105</v>
       </c>
-      <c r="D136" s="8" t="s">
+      <c r="D140" s="22" t="s">
         <v>105</v>
       </c>
-      <c r="E136" s="9">
+      <c r="E140" s="25">
         <v>2016</v>
       </c>
-      <c r="F136" s="10" t="s">
+      <c r="F140" s="24" t="s">
         <v>106</v>
       </c>
     </row>
-    <row r="137" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
-      <c r="B137" s="7" t="s">
+    <row r="141" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B141" s="21" t="s">
         <v>107</v>
       </c>
-      <c r="C137" s="8" t="s">
+      <c r="C141" s="22" t="s">
         <v>108</v>
       </c>
-      <c r="D137" s="8" t="s">
+      <c r="D141" s="22" t="s">
         <v>109</v>
       </c>
-      <c r="E137" s="9">
+      <c r="E141" s="25">
         <v>2016</v>
       </c>
-      <c r="F137" s="10" t="s">
-[...4 lines deleted...]
-      <c r="B138" s="7" t="s">
+      <c r="F141" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="142" spans="2:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="B142" s="21" t="s">
         <v>110</v>
       </c>
-      <c r="C138" s="8" t="s">
+      <c r="C142" s="22" t="s">
         <v>111</v>
       </c>
-      <c r="D138" s="8" t="s">
+      <c r="D142" s="22" t="s">
         <v>112</v>
       </c>
-      <c r="E138" s="9">
+      <c r="E142" s="25">
         <v>2016</v>
       </c>
-      <c r="F138" s="10" t="s">
-[...4 lines deleted...]
-      <c r="B139" s="7" t="s">
+      <c r="F142" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="143" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B143" s="21" t="s">
         <v>113</v>
       </c>
-      <c r="C139" s="8" t="s">
+      <c r="C143" s="22" t="s">
         <v>114</v>
       </c>
-      <c r="D139" s="8" t="s">
+      <c r="D143" s="22" t="s">
         <v>115</v>
       </c>
-      <c r="E139" s="9">
+      <c r="E143" s="25">
         <v>2016</v>
       </c>
-      <c r="F139" s="10" t="s">
-[...4 lines deleted...]
-      <c r="B140" s="7" t="s">
+      <c r="F143" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="144" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B144" s="21" t="s">
         <v>116</v>
       </c>
-      <c r="C140" s="8" t="s">
+      <c r="C144" s="22" t="s">
         <v>117</v>
       </c>
-      <c r="D140" s="8" t="s">
+      <c r="D144" s="22" t="s">
         <v>118</v>
       </c>
-      <c r="E140" s="9">
+      <c r="E144" s="25">
         <v>2016</v>
       </c>
-      <c r="F140" s="10" t="s">
-[...4 lines deleted...]
-      <c r="B141" s="7" t="s">
+      <c r="F144" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="145" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="B145" s="21" t="s">
         <v>119</v>
       </c>
-      <c r="C141" s="8" t="s">
+      <c r="C145" s="22" t="s">
         <v>120</v>
       </c>
-      <c r="D141" s="8" t="s">
+      <c r="D145" s="22" t="s">
         <v>121</v>
       </c>
-      <c r="E141" s="9">
+      <c r="E145" s="25">
         <v>2016</v>
       </c>
-      <c r="F141" s="10" t="s">
-[...5 lines deleted...]
-      <c r="C142" s="15"/>
+      <c r="F145" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="146" spans="2:6" x14ac:dyDescent="0.35">
+      <c r="B146" s="11"/>
+      <c r="C146" s="11"/>
     </row>
   </sheetData>
   <mergeCells count="11">
     <mergeCell ref="B1:F1"/>
     <mergeCell ref="B2:F2"/>
-    <mergeCell ref="B142:C142"/>
+    <mergeCell ref="B146:C146"/>
     <mergeCell ref="B3:C3"/>
     <mergeCell ref="D3:F3"/>
     <mergeCell ref="B4:C4"/>
     <mergeCell ref="D4:F4"/>
     <mergeCell ref="B5:C5"/>
     <mergeCell ref="D5:F5"/>
     <mergeCell ref="B6:C6"/>
     <mergeCell ref="D6:F6"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B3:F3" r:id="rId1" display="https://www.echr.coe.int/Pages/home.aspx?p=library&amp;c=" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
     <hyperlink ref="B5:F5" r:id="rId2" display="For more references, refer to theLibrary's catalogue." xr:uid="{A3DA2034-DB98-42D7-AC66-5EC060377320}"/>
     <hyperlink ref="B3:F3" r:id="rId3" display="https://www.echr.coe.int/Pages/home.aspx?p=library&amp;c=" xr:uid="{B3C44045-D999-4B92-B4C2-E9615D7A8D12}"/>
     <hyperlink ref="B5:F5" r:id="rId4" display="http://hrls.echr.coe.int/uhtbin/cgisirsi.exe/x/0/0/5?searchdata1=couredh%20and%20%22communaut%C3%A9%20LGBT%22%20or%20transsex$%7b694%7d&amp;sort_by=-PBYR" xr:uid="{D0CD8BC5-0547-4C0E-B969-2D56E9C32023}"/>
     <hyperlink ref="D3:F3" r:id="rId5" display="Tous les documents sont disponibles à la Bibliothèque de la Cour. Pour les consulter, un rendez-vous peut être pris sur le site de la Bibliothèque." xr:uid="{260FBA83-4830-4DE1-B98C-A305CB46AB48}"/>
     <hyperlink ref="B5:C5" r:id="rId6" display="For more references, refer to theLibrary’s catalogue." xr:uid="{30BDFF73-5AD7-44B3-9064-95BD425DB2B7}"/>
     <hyperlink ref="D5:F5" r:id="rId7" display="Pour plus de références, consulter lecatalogue de la Bibliothèque." xr:uid="{478E019F-9856-4367-BBBE-0275370D4E54}"/>
     <hyperlink ref="B3:C3" r:id="rId8" display="All documents are available in the Court'sLibrary, and an appointment to consult them can be made via the Library webpage." xr:uid="{420982FE-BF1E-451F-A06A-116876241A4B}"/>
-    <hyperlink ref="F79" r:id="rId9" xr:uid="{5AD1FE37-AE83-4C51-8032-5989F38B3065}"/>
-[...1 lines deleted...]
-    <hyperlink ref="F51" r:id="rId11" xr:uid="{37EA66DF-F467-460C-AECE-2C3A820E38DC}"/>
+    <hyperlink ref="F83" r:id="rId9" xr:uid="{6C7B646D-B9EE-4F71-B2EA-02EB9C7F81A8}"/>
+    <hyperlink ref="F50" r:id="rId10" xr:uid="{E8155212-9A1D-4D1A-8DEF-0622E6A5D2A3}"/>
+    <hyperlink ref="F55" r:id="rId11" xr:uid="{57A0F859-6D6C-4C10-9FEC-05165E13568C}"/>
+    <hyperlink ref="F8" r:id="rId12" xr:uid="{2CDE7E7E-2D81-4213-A059-E858F368B58B}"/>
+    <hyperlink ref="F10" r:id="rId13" xr:uid="{FDCF32C8-9B72-4607-92BB-88CD30231AB7}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.59055118110236227" right="0.67812499999999998" top="0.39" bottom="0.71" header="0.31496062992125984" footer="0.15"/>
-  <pageSetup paperSize="9" scale="73" fitToHeight="0" orientation="landscape" r:id="rId12"/>
+  <pageSetup paperSize="9" scale="73" fitToHeight="0" orientation="landscape" r:id="rId14"/>
   <headerFooter differentFirst="1"/>
-  <drawing r:id="rId13"/>
+  <drawing r:id="rId15"/>
   <tableParts count="1">
-    <tablePart r:id="rId14"/>
+    <tablePart r:id="rId16"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr codeName="Sheet2"/>
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.6" x14ac:dyDescent="0.4"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr codeName="Sheet3"/>
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.6" x14ac:dyDescent="0.4"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
       <vt:lpstr>Sheet2</vt:lpstr>
       <vt:lpstr>Sheet3</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>European court of Human Right</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="eDOCS AutoSave">
-    <vt:lpwstr>20250616150310947</vt:lpwstr>
+    <vt:lpwstr/>
   </property>
 </Properties>
 </file>