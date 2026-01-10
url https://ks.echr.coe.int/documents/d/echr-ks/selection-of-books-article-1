--- v0 (2025-10-14)
+++ v1 (2026-01-10)
@@ -4,60 +4,60 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="26731"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27928"/>
   <workbookPr codeName="ThisWorkbook" autoCompressPictures="0" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\souppart\AppData\Roaming\OpenText\DM\Temp\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Souppart\AppData\Roaming\OpenText\DM\Temp\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{83BCA7DC-E66D-4AE3-9CD1-725650DB1857}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{FF468361-7998-48AE-9B38-6FAD33600E88}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-103" yWindow="-103" windowWidth="16663" windowHeight="10492" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11020" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
     <sheet name="Sheet2" sheetId="2" r:id="rId2"/>
     <sheet name="Sheet3" sheetId="3" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Sheet1!$B$7:$F$7</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
@@ -433,51 +433,51 @@
   </si>
   <si>
     <t>Positive obligations under the European Convention on Human Rights : within and beyond boundaries</t>
   </si>
   <si>
     <t>Stoyanova, Vladislava</t>
   </si>
   <si>
     <t>Licéité et opportunité d'une responsabilité pour complicité étatique dans le système de la CEDH</t>
   </si>
   <si>
     <t>Vallélian, Anton</t>
   </si>
   <si>
     <t>Genève ; Zurich ; Bâle : Schulthess Médias Juridiques</t>
   </si>
   <si>
     <t>342.7:06COUREDH % VAL</t>
   </si>
   <si>
     <t>Colombine Madelaine</t>
   </si>
   <si>
     <t xml:space="preserve">Book selection - Sélection de livres
 Article 1
-(Last updated - Dernière mise à jour : 28/02/2025)
+(Last updated - Dernière mise à jour : 31/08/2025)
 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="4" tint="-0.499984740745262"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <i/>
@@ -1369,433 +1369,433 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.echr.coe.int/Pages/home.aspx?p=library&amp;c=" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.echr.coe.int/Pages/home.aspx?p=library&amp;c=" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hrls.echr.coe.int/uhtbin/cgisirsi.exe/x/0/0/5?searchdata1=couredh%20AND%20cedh-1%7b694%7d&amp;sort_by=-PBYR" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hrls.echr.coe.int/uhtbin/cgisirsi.exe/x/0/0/5?searchdata1=couredh%20AND%20cedh-1%7b694%7d&amp;sort_by=-PBYR" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.echr.coe.int/Pages/home.aspx?p=library&amp;c=" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hrls.echr.coe.int/uhtbin/cgisirsi.exe/x/0/0/5?searchdata1=couredh%20AND%20cedh-1%7b694%7d&amp;sort_by=-PBYR" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.echr.coe.int/Pages/home.aspx?p=library&amp;c=fre" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://binghamcentre.biicl.org/publications/clause-54-of-the-illegal-migration-bill-a-rule-of-law-analysis-for-house-of-lords-report-stage" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hrls.echr.coe.int/uhtbin/cgisirsi.exe/x/0/0/5?searchdata1=couredh%20AND%20cedh-4%7b694%7d&amp;sort_by=-PBYR" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/book/51725" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet1">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B1:G25"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="B2" sqref="B2:F2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.15234375" defaultRowHeight="14.6" x14ac:dyDescent="0.4"/>
+  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="1.53515625" style="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="4" width="58.53515625" style="3" customWidth="1"/>
+    <col min="1" max="1" width="1.54296875" style="1" customWidth="1"/>
+    <col min="2" max="2" width="51.36328125" style="3" customWidth="1"/>
+    <col min="3" max="3" width="27.81640625" style="3" customWidth="1"/>
+    <col min="4" max="4" width="58.54296875" style="3" customWidth="1"/>
     <col min="5" max="5" width="10" style="2" customWidth="1"/>
     <col min="6" max="6" width="24" style="3" customWidth="1"/>
-    <col min="7" max="16384" width="9.15234375" style="1"/>
+    <col min="7" max="16384" width="9.1796875" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:7" ht="23.15" x14ac:dyDescent="0.4">
+    <row r="1" spans="2:7" ht="25" x14ac:dyDescent="0.35">
       <c r="B1" s="22" t="s">
         <v>72</v>
       </c>
       <c r="C1" s="22"/>
       <c r="D1" s="22"/>
       <c r="E1" s="22"/>
       <c r="F1" s="22"/>
     </row>
-    <row r="2" spans="2:7" ht="174" customHeight="1" x14ac:dyDescent="0.6">
+    <row r="2" spans="2:7" ht="174" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="B2" s="23" t="s">
         <v>84</v>
       </c>
       <c r="C2" s="23"/>
       <c r="D2" s="23"/>
       <c r="E2" s="23"/>
       <c r="F2" s="23"/>
     </row>
-    <row r="3" spans="2:7" ht="29.15" customHeight="1" x14ac:dyDescent="0.4">
+    <row r="3" spans="2:7" ht="29.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B3" s="24" t="s">
         <v>59</v>
       </c>
       <c r="C3" s="24"/>
       <c r="D3" s="25" t="s">
         <v>60</v>
       </c>
       <c r="E3" s="26"/>
       <c r="F3" s="26"/>
       <c r="G3" s="10"/>
     </row>
-    <row r="4" spans="2:7" ht="29.15" customHeight="1" x14ac:dyDescent="0.4">
+    <row r="4" spans="2:7" ht="29.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B4" s="20" t="s">
         <v>61</v>
       </c>
       <c r="C4" s="20"/>
       <c r="D4" s="21" t="s">
         <v>62</v>
       </c>
       <c r="E4" s="21"/>
       <c r="F4" s="21"/>
       <c r="G4" s="10"/>
     </row>
-    <row r="5" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+    <row r="5" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B5" s="18" t="s">
         <v>47</v>
       </c>
       <c r="C5" s="18"/>
       <c r="D5" s="19" t="s">
         <v>63</v>
       </c>
       <c r="E5" s="19"/>
       <c r="F5" s="19"/>
       <c r="G5" s="11"/>
     </row>
-    <row r="6" spans="2:7" ht="92.7" customHeight="1" x14ac:dyDescent="0.4">
+    <row r="6" spans="2:7" ht="92.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B6" s="20" t="s">
         <v>64</v>
       </c>
       <c r="C6" s="20"/>
       <c r="D6" s="21" t="s">
         <v>65</v>
       </c>
       <c r="E6" s="21"/>
       <c r="F6" s="21"/>
     </row>
-    <row r="7" spans="2:7" s="2" customFormat="1" ht="51" customHeight="1" x14ac:dyDescent="0.4">
+    <row r="7" spans="2:7" s="2" customFormat="1" ht="51" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B7" s="12" t="s">
         <v>66</v>
       </c>
       <c r="C7" s="12" t="s">
         <v>67</v>
       </c>
       <c r="D7" s="12" t="s">
         <v>68</v>
       </c>
       <c r="E7" s="12" t="s">
         <v>0</v>
       </c>
       <c r="F7" s="12" t="s">
         <v>69</v>
       </c>
     </row>
-    <row r="8" spans="2:7" s="2" customFormat="1" ht="29.15" x14ac:dyDescent="0.4">
+    <row r="8" spans="2:7" s="2" customFormat="1" ht="43.5" x14ac:dyDescent="0.35">
       <c r="B8" s="6" t="s">
         <v>73</v>
       </c>
       <c r="C8" s="6" t="s">
         <v>74</v>
       </c>
       <c r="D8" s="6" t="s">
         <v>75</v>
       </c>
       <c r="E8" s="15">
         <v>2023</v>
       </c>
       <c r="F8" s="16" t="s">
         <v>76</v>
       </c>
     </row>
-    <row r="9" spans="2:7" ht="29.15" x14ac:dyDescent="0.4">
+    <row r="9" spans="2:7" ht="29" x14ac:dyDescent="0.35">
       <c r="B9" s="6" t="s">
         <v>77</v>
       </c>
       <c r="C9" s="6" t="s">
         <v>78</v>
       </c>
       <c r="D9" s="6" t="s">
         <v>44</v>
       </c>
       <c r="E9" s="15">
         <v>2023</v>
       </c>
       <c r="F9" s="16" t="s">
         <v>76</v>
       </c>
     </row>
-    <row r="10" spans="2:7" ht="43.75" x14ac:dyDescent="0.4">
+    <row r="10" spans="2:7" ht="43.5" x14ac:dyDescent="0.35">
       <c r="B10" s="5" t="s">
         <v>51</v>
       </c>
       <c r="C10" s="5" t="s">
         <v>52</v>
       </c>
       <c r="D10" s="5" t="s">
         <v>53</v>
       </c>
       <c r="E10" s="8">
         <v>2021</v>
       </c>
       <c r="F10" s="8" t="s">
         <v>54</v>
       </c>
     </row>
-    <row r="11" spans="2:7" ht="29.15" x14ac:dyDescent="0.4">
+    <row r="11" spans="2:7" ht="29" x14ac:dyDescent="0.35">
       <c r="B11" s="5" t="s">
         <v>48</v>
       </c>
       <c r="C11" s="5" t="s">
         <v>49</v>
       </c>
       <c r="D11" s="5" t="s">
         <v>50</v>
       </c>
       <c r="E11" s="8">
         <v>2021</v>
       </c>
       <c r="F11" s="8" t="s">
         <v>70</v>
       </c>
     </row>
-    <row r="12" spans="2:7" ht="29.15" x14ac:dyDescent="0.4">
+    <row r="12" spans="2:7" ht="29" x14ac:dyDescent="0.35">
       <c r="B12" s="5" t="s">
         <v>79</v>
       </c>
       <c r="C12" s="5" t="s">
         <v>80</v>
       </c>
       <c r="D12" s="5" t="s">
         <v>81</v>
       </c>
       <c r="E12" s="17">
         <v>2021</v>
       </c>
       <c r="F12" s="8" t="s">
         <v>82</v>
       </c>
     </row>
-    <row r="13" spans="2:7" ht="29.15" x14ac:dyDescent="0.4">
+    <row r="13" spans="2:7" ht="29" x14ac:dyDescent="0.35">
       <c r="B13" s="5" t="s">
         <v>55</v>
       </c>
       <c r="C13" s="5" t="s">
         <v>56</v>
       </c>
       <c r="D13" s="5" t="s">
         <v>57</v>
       </c>
       <c r="E13" s="8">
         <v>2020</v>
       </c>
       <c r="F13" s="8" t="s">
         <v>58</v>
       </c>
     </row>
-    <row r="14" spans="2:7" ht="29.15" x14ac:dyDescent="0.4">
+    <row r="14" spans="2:7" ht="29" x14ac:dyDescent="0.35">
       <c r="B14" s="4" t="s">
         <v>36</v>
       </c>
       <c r="C14" s="5" t="s">
         <v>37</v>
       </c>
       <c r="D14" s="5" t="s">
         <v>38</v>
       </c>
       <c r="E14" s="8">
         <v>2019</v>
       </c>
       <c r="F14" s="13" t="s">
         <v>39</v>
       </c>
     </row>
-    <row r="15" spans="2:7" ht="29.15" x14ac:dyDescent="0.4">
+    <row r="15" spans="2:7" ht="29" x14ac:dyDescent="0.35">
       <c r="B15" s="6" t="s">
         <v>1</v>
       </c>
       <c r="C15" s="6" t="s">
         <v>2</v>
       </c>
       <c r="D15" s="6" t="s">
         <v>3</v>
       </c>
       <c r="E15" s="7">
         <v>2018</v>
       </c>
       <c r="F15" s="7" t="s">
         <v>71</v>
       </c>
     </row>
-    <row r="16" spans="2:7" ht="29.15" x14ac:dyDescent="0.4">
+    <row r="16" spans="2:7" ht="29" x14ac:dyDescent="0.35">
       <c r="B16" s="6" t="s">
         <v>4</v>
       </c>
       <c r="C16" s="6" t="s">
         <v>5</v>
       </c>
       <c r="D16" s="6" t="s">
         <v>6</v>
       </c>
       <c r="E16" s="7">
         <v>2018</v>
       </c>
       <c r="F16" s="7" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="17" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+    <row r="17" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
       <c r="B17" s="9" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D17" s="6" t="s">
         <v>42</v>
       </c>
       <c r="E17" s="7">
         <v>2018</v>
       </c>
       <c r="F17" s="14" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="18" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+    <row r="18" spans="2:6" ht="29" x14ac:dyDescent="0.35">
       <c r="B18" s="6" t="s">
         <v>8</v>
       </c>
       <c r="C18" s="6" t="s">
         <v>9</v>
       </c>
       <c r="D18" s="6" t="s">
         <v>44</v>
       </c>
       <c r="E18" s="7">
         <v>2018</v>
       </c>
       <c r="F18" s="7" t="s">
         <v>10</v>
       </c>
     </row>
-    <row r="19" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+    <row r="19" spans="2:6" ht="29" x14ac:dyDescent="0.35">
       <c r="B19" s="6" t="s">
         <v>11</v>
       </c>
       <c r="C19" s="6" t="s">
         <v>12</v>
       </c>
       <c r="D19" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="7">
         <v>2017</v>
       </c>
       <c r="F19" s="7" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="20" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+    <row r="20" spans="2:6" ht="43.5" x14ac:dyDescent="0.35">
       <c r="B20" s="6" t="s">
         <v>15</v>
       </c>
       <c r="C20" s="6" t="s">
         <v>16</v>
       </c>
       <c r="D20" s="6" t="s">
         <v>17</v>
       </c>
       <c r="E20" s="7">
         <v>2015</v>
       </c>
       <c r="F20" s="7" t="s">
         <v>18</v>
       </c>
     </row>
-    <row r="21" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+    <row r="21" spans="2:6" ht="29" x14ac:dyDescent="0.35">
       <c r="B21" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C21" s="6" t="s">
         <v>83</v>
       </c>
       <c r="D21" s="6" t="s">
         <v>45</v>
       </c>
       <c r="E21" s="7">
         <v>2014</v>
       </c>
       <c r="F21" s="7" t="s">
         <v>20</v>
       </c>
     </row>
-    <row r="22" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+    <row r="22" spans="2:6" ht="29" x14ac:dyDescent="0.35">
       <c r="B22" s="6" t="s">
         <v>21</v>
       </c>
       <c r="C22" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D22" s="6" t="s">
         <v>23</v>
       </c>
       <c r="E22" s="7">
         <v>2014</v>
       </c>
       <c r="F22" s="7" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="23" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+    <row r="23" spans="2:6" ht="29" x14ac:dyDescent="0.35">
       <c r="B23" s="6" t="s">
         <v>25</v>
       </c>
       <c r="C23" s="6" t="s">
         <v>26</v>
       </c>
       <c r="D23" s="6" t="s">
         <v>27</v>
       </c>
       <c r="E23" s="7">
         <v>2014</v>
       </c>
       <c r="F23" s="7" t="s">
         <v>28</v>
       </c>
     </row>
-    <row r="24" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+    <row r="24" spans="2:6" ht="29" x14ac:dyDescent="0.35">
       <c r="B24" s="6" t="s">
         <v>29</v>
       </c>
       <c r="C24" s="6" t="s">
         <v>30</v>
       </c>
       <c r="D24" s="6" t="s">
         <v>31</v>
       </c>
       <c r="E24" s="7">
         <v>2013</v>
       </c>
       <c r="F24" s="7" t="s">
         <v>32</v>
       </c>
     </row>
-    <row r="25" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+    <row r="25" spans="2:6" ht="29" x14ac:dyDescent="0.35">
       <c r="B25" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C25" s="6" t="s">
         <v>34</v>
       </c>
       <c r="D25" s="6" t="s">
         <v>46</v>
       </c>
       <c r="E25" s="7">
         <v>2011</v>
       </c>
       <c r="F25" s="7" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="10">
     <mergeCell ref="B5:C5"/>
     <mergeCell ref="D5:F5"/>
     <mergeCell ref="B6:C6"/>
     <mergeCell ref="D6:F6"/>
     <mergeCell ref="B1:F1"/>
     <mergeCell ref="B2:F2"/>
     <mergeCell ref="B3:C3"/>
@@ -1813,65 +1813,65 @@
     <hyperlink ref="D5:F5" r:id="rId7" display="Pour plus de références, consulter lecatalogue de la Bibliothèque." xr:uid="{1B490EA5-67CF-43EB-AF7E-55F040C04FE7}"/>
     <hyperlink ref="B3:C3" r:id="rId8" display="All documents are available in the Court'sLibrary, and an appointment to consult them can be made via the Library webpage." xr:uid="{61B04B94-071B-4B92-B916-D7BF5CD09E95}"/>
     <hyperlink ref="F9" r:id="rId9" xr:uid="{69BDB10C-7982-4874-AC78-1D1C25D52869}"/>
     <hyperlink ref="F8" r:id="rId10" xr:uid="{D8402FCB-7BF0-45CE-A5A7-3AFCE07BC5FD}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.35433070866141736" right="0.71875" top="0.39" bottom="0.44" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="74" fitToHeight="0" orientation="landscape" r:id="rId11"/>
   <headerFooter differentFirst="1">
     <oddFooter>&amp;C&amp;P of &amp;N&amp;R&amp;F</oddFooter>
   </headerFooter>
   <drawing r:id="rId12"/>
   <tableParts count="1">
     <tablePart r:id="rId13"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr codeName="Sheet2"/>
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.6" x14ac:dyDescent="0.4"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr codeName="Sheet3"/>
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.6" x14ac:dyDescent="0.4"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>