--- v0 (2025-10-12)
+++ v1 (2026-02-02)
@@ -1,90 +1,91 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="26731"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27928"/>
   <workbookPr codeName="ThisWorkbook" autoCompressPictures="0" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\souppart\AppData\Roaming\OpenText\DM\Temp\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Souppart\AppData\Roaming\OpenText\DM\Temp\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7C16833F-FBDC-4B46-8955-C4C70AB36014}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{FA3E9D73-10C0-440B-AD73-32066621C189}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-103" yWindow="-103" windowWidth="16663" windowHeight="10492" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
     <sheet name="Sheet2" sheetId="2" r:id="rId2"/>
     <sheet name="Sheet3" sheetId="3" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Sheet1!$B$7:$F$7</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="67" uniqueCount="65">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="71" uniqueCount="69">
   <si>
     <t xml:space="preserve">Date </t>
   </si>
   <si>
     <t>Droit des étrangers</t>
   </si>
   <si>
     <t>Carlier, Jean-Yves</t>
   </si>
   <si>
     <t>Bruxelles : Larcier</t>
   </si>
   <si>
     <t>342.717(493) % CAR</t>
   </si>
   <si>
     <t>European Union. European Union Agency for Fundamental Rights (FRA)</t>
   </si>
   <si>
     <t>Luxembourg : Publications Office of the European Union</t>
   </si>
   <si>
     <t>342.717(4) % FRA</t>
   </si>
   <si>
@@ -372,52 +373,64 @@
   </si>
   <si>
     <t>Spalding, Amanda</t>
   </si>
   <si>
     <t>Oxford ... [et al.] : Hart</t>
   </si>
   <si>
     <t>342.717(4) % SPA</t>
   </si>
   <si>
     <t>ECHR-KS / CEDH-KS</t>
   </si>
   <si>
     <t>Human rights challenges to European migration policy : the REMAP study. - 2nd rev. ed.</t>
   </si>
   <si>
     <t>Bast, Jürgen</t>
   </si>
   <si>
     <t>Baden-Baden : Nomos ; [Oxford] : Hart</t>
   </si>
   <si>
     <t xml:space="preserve">Book selection - Sélection de livres
 Article 1 of Protocol No. 7 - Article 1 du Protocole n° 7
-(Last updated - Dernière mise à jour : 28/02/2025)
+(Last updated - Dernière mise à jour : 31/08/2025)
 </t>
+  </si>
+  <si>
+    <t>Leaving, entering, and remaining : seeking asylum in an extraterritorial world</t>
+  </si>
+  <si>
+    <t>Dickson, Mary Jessie</t>
+  </si>
+  <si>
+    <t>Antwerpen ; Gent ; Cambridge : Intersentia</t>
+  </si>
+  <si>
+    <t>342.717(4) % DIC</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="11" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="4" tint="-0.499984740745262"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <i/>
       <sz val="11"/>
@@ -584,126 +597,129 @@
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="4"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color theme="4"/>
       </top>
       <bottom style="thin">
         <color theme="4"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="26">
+  <cellXfs count="27">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...28 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="9"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="9"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="9"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="2" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="9"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="7" xfId="3" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="7" xfId="2" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="3" xfId="3" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="6" xfId="2" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="2" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="2" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Hyperlink 2" xfId="2" xr:uid="{F2849FD9-269E-4775-9C97-D7B37D9F6882}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0" customBuiltin="1"/>
     <cellStyle name="Normal 2" xfId="3" xr:uid="{7434E122-5F29-4073-8573-139180D85CF2}"/>
   </cellStyles>
   <dxfs count="9">
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color theme="3" tint="-0.499984740745262"/>
         <name val="Calibri"/>
         <scheme val="minor"/>
       </font>
@@ -1010,52 +1026,52 @@
         <a:xfrm>
           <a:off x="142875" y="57150"/>
           <a:ext cx="2352675" cy="885825"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="Table1" displayName="Table1" ref="B7:F20" totalsRowShown="0" headerRowDxfId="8" headerRowBorderDxfId="7" tableBorderDxfId="6" totalsRowBorderDxfId="5">
-  <autoFilter ref="B7:F20" xr:uid="{00000000-0009-0000-0100-000001000000}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="Table1" displayName="Table1" ref="B7:F21" totalsRowShown="0" headerRowDxfId="8" headerRowBorderDxfId="7" tableBorderDxfId="6" totalsRowBorderDxfId="5">
+  <autoFilter ref="B7:F21" xr:uid="{00000000-0009-0000-0100-000001000000}"/>
   <tableColumns count="5">
     <tableColumn id="1" xr3:uid="{00000000-0010-0000-0000-000001000000}" name="  Title - Titre" dataDxfId="4" dataCellStyle="Normal 2"/>
     <tableColumn id="2" xr3:uid="{00000000-0010-0000-0000-000002000000}" name="Author - Auteur" dataDxfId="3" dataCellStyle="Normal 2"/>
     <tableColumn id="3" xr3:uid="{00000000-0010-0000-0000-000003000000}" name="Source / Publisher - Éditeur" dataDxfId="2" dataCellStyle="Normal 2"/>
     <tableColumn id="4" xr3:uid="{00000000-0010-0000-0000-000004000000}" name="Date " dataDxfId="1" dataCellStyle="Normal 2"/>
     <tableColumn id="5" xr3:uid="{00000000-0010-0000-0000-000005000000}" name="Call number - Cote" dataDxfId="0" dataCellStyle="Normal 2"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
@@ -1325,396 +1341,413 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hrls.echr.coe.int/uhtbin/cgisirsi.exe/x/0/0/5?searchdata1=couredh%20AND%20cedh-p7-1%7b694%7d&amp;sort_by=-PBYR" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.echr.coe.int/Pages/home.aspx?p=library&amp;c=" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.echr.coe.int/Pages/home.aspx?p=library&amp;c=" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://echr.coe.int/LIBRARY/DIGDOC/BAST-2022-Human_Rights_Challenges_to_European_Migration_Policy.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hrls.echr.coe.int/uhtbin/cgisirsi.exe/x/0/0/5?searchdata1=couredh%20and%20cedh-p7-1%7b694%7d&amp;sort_by=-PBYR" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.echr.coe.int/Pages/home.aspx?p=library&amp;c=" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hrls.echr.coe.int/uhtbin/cgisirsi.exe/x/0/0/5?searchdata1=couredh%20AND%20cedh-p7-1%7b694%7d&amp;sort_by=-PBYR" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://echr.coe.int/LIBRARY/DIGDOC/UE-FRA-2020-Handbook_asylum_FRA.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.echr.coe.int/Pages/home.aspx?p=library&amp;c=fre" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://echr.coe.int/LIBRARY/DIGDOC/UE-FRA-2020-Handbook_asylum_ENG.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hrls.echr.coe.int/uhtbin/cgisirsi.exe/x/0/0/5?searchdata1=couredh%20AND%20cedh-4%7b694%7d&amp;sort_by=-PBYR" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.echr.coe.int/LibraryDocs/DG2/HRFILES/DG2-EN-HRFILES-08(2007).pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet1">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="B1:G20"/>
+  <dimension ref="B1:G21"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" topLeftCell="B1" zoomScaleNormal="100" workbookViewId="0">
+    <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="B2" sqref="B2:F2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.15234375" defaultRowHeight="14.6" x14ac:dyDescent="0.4"/>
   <cols>
     <col min="1" max="1" width="1.53515625" style="1" customWidth="1"/>
     <col min="2" max="2" width="51.3828125" style="3" customWidth="1"/>
     <col min="3" max="3" width="27.84375" style="3" customWidth="1"/>
     <col min="4" max="4" width="58.53515625" style="3" customWidth="1"/>
     <col min="5" max="5" width="10" style="2" customWidth="1"/>
     <col min="6" max="6" width="24" style="3" customWidth="1"/>
     <col min="7" max="16384" width="9.15234375" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:7" ht="23.15" x14ac:dyDescent="0.4">
-      <c r="B1" s="21" t="s">
+      <c r="B1" s="11" t="s">
         <v>60</v>
       </c>
-      <c r="C1" s="21"/>
-[...2 lines deleted...]
-      <c r="F1" s="21"/>
+      <c r="C1" s="11"/>
+      <c r="D1" s="11"/>
+      <c r="E1" s="11"/>
+      <c r="F1" s="11"/>
     </row>
     <row r="2" spans="2:7" ht="166.5" customHeight="1" x14ac:dyDescent="0.6">
-      <c r="B2" s="22" t="s">
+      <c r="B2" s="12" t="s">
         <v>64</v>
       </c>
-      <c r="C2" s="22"/>
-[...2 lines deleted...]
-      <c r="F2" s="22"/>
+      <c r="C2" s="12"/>
+      <c r="D2" s="12"/>
+      <c r="E2" s="12"/>
+      <c r="F2" s="12"/>
     </row>
     <row r="3" spans="2:7" ht="29.15" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B3" s="23" t="s">
+      <c r="B3" s="13" t="s">
         <v>44</v>
       </c>
-      <c r="C3" s="23"/>
-      <c r="D3" s="24" t="s">
+      <c r="C3" s="13"/>
+      <c r="D3" s="14" t="s">
         <v>45</v>
       </c>
-      <c r="E3" s="25"/>
-      <c r="F3" s="25"/>
+      <c r="E3" s="15"/>
+      <c r="F3" s="15"/>
       <c r="G3" s="4"/>
     </row>
     <row r="4" spans="2:7" ht="29.15" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B4" s="19" t="s">
+      <c r="B4" s="9" t="s">
         <v>46</v>
       </c>
-      <c r="C4" s="19"/>
-      <c r="D4" s="20" t="s">
+      <c r="C4" s="9"/>
+      <c r="D4" s="10" t="s">
         <v>47</v>
       </c>
-      <c r="E4" s="20"/>
-      <c r="F4" s="20"/>
+      <c r="E4" s="10"/>
+      <c r="F4" s="10"/>
       <c r="G4" s="4"/>
     </row>
     <row r="5" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B5" s="17" t="s">
+      <c r="B5" s="7" t="s">
         <v>48</v>
       </c>
-      <c r="C5" s="17"/>
-      <c r="D5" s="18" t="s">
+      <c r="C5" s="7"/>
+      <c r="D5" s="8" t="s">
         <v>49</v>
       </c>
-      <c r="E5" s="18"/>
-      <c r="F5" s="18"/>
+      <c r="E5" s="8"/>
+      <c r="F5" s="8"/>
       <c r="G5" s="5"/>
     </row>
     <row r="6" spans="2:7" ht="92.7" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B6" s="19" t="s">
+      <c r="B6" s="9" t="s">
         <v>50</v>
       </c>
-      <c r="C6" s="19"/>
-      <c r="D6" s="20" t="s">
+      <c r="C6" s="9"/>
+      <c r="D6" s="10" t="s">
         <v>51</v>
       </c>
-      <c r="E6" s="20"/>
-      <c r="F6" s="20"/>
+      <c r="E6" s="10"/>
+      <c r="F6" s="10"/>
     </row>
     <row r="7" spans="2:7" s="2" customFormat="1" ht="51" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B7" s="6" t="s">
         <v>52</v>
       </c>
       <c r="C7" s="6" t="s">
         <v>53</v>
       </c>
       <c r="D7" s="6" t="s">
         <v>54</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>0</v>
       </c>
       <c r="F7" s="6" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="8" spans="2:7" ht="29.15" x14ac:dyDescent="0.4">
-      <c r="B8" s="7" t="s">
+      <c r="B8" s="16" t="s">
+        <v>65</v>
+      </c>
+      <c r="C8" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="D8" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="E8" s="18">
+        <v>2023</v>
+      </c>
+      <c r="F8" s="19" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="9" spans="2:7" ht="29.15" x14ac:dyDescent="0.4">
+      <c r="B9" s="16" t="s">
         <v>61</v>
       </c>
-      <c r="C8" s="8" t="s">
+      <c r="C9" s="17" t="s">
         <v>62</v>
       </c>
-      <c r="D8" s="8" t="s">
+      <c r="D9" s="17" t="s">
         <v>63</v>
       </c>
-      <c r="E8" s="9">
+      <c r="E9" s="20">
         <v>2022</v>
       </c>
-      <c r="F8" s="10" t="s">
+      <c r="F9" s="21" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="9" spans="2:7" ht="29.15" x14ac:dyDescent="0.4">
-      <c r="B9" s="7" t="s">
+    <row r="10" spans="2:7" ht="29.15" x14ac:dyDescent="0.4">
+      <c r="B10" s="16" t="s">
         <v>56</v>
       </c>
-      <c r="C9" s="8" t="s">
+      <c r="C10" s="17" t="s">
         <v>57</v>
       </c>
-      <c r="D9" s="8" t="s">
+      <c r="D10" s="17" t="s">
         <v>58</v>
       </c>
-      <c r="E9" s="11">
+      <c r="E10" s="20">
         <v>2022</v>
       </c>
-      <c r="F9" s="12" t="s">
+      <c r="F10" s="22" t="s">
         <v>59</v>
       </c>
     </row>
-    <row r="10" spans="2:7" x14ac:dyDescent="0.4">
-      <c r="B10" s="7" t="s">
+    <row r="11" spans="2:7" x14ac:dyDescent="0.4">
+      <c r="B11" s="16" t="s">
         <v>36</v>
       </c>
-      <c r="C10" s="8" t="s">
+      <c r="C11" s="17" t="s">
         <v>37</v>
       </c>
-      <c r="D10" s="8" t="s">
+      <c r="D11" s="17" t="s">
         <v>38</v>
       </c>
-      <c r="E10" s="11">
+      <c r="E11" s="20">
         <v>2021</v>
       </c>
-      <c r="F10" s="11" t="s">
+      <c r="F11" s="20" t="s">
         <v>39</v>
       </c>
     </row>
-    <row r="11" spans="2:7" ht="29.15" x14ac:dyDescent="0.4">
-      <c r="B11" s="7" t="s">
+    <row r="12" spans="2:7" ht="29.15" x14ac:dyDescent="0.4">
+      <c r="B12" s="16" t="s">
         <v>40</v>
       </c>
-      <c r="C11" s="8" t="s">
+      <c r="C12" s="17" t="s">
         <v>41</v>
       </c>
-      <c r="D11" s="8" t="s">
+      <c r="D12" s="17" t="s">
         <v>42</v>
       </c>
-      <c r="E11" s="11">
+      <c r="E12" s="20">
         <v>2021</v>
       </c>
-      <c r="F11" s="11" t="s">
+      <c r="F12" s="20" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="12" spans="2:7" ht="43.75" x14ac:dyDescent="0.4">
-      <c r="B12" s="7" t="s">
+    <row r="13" spans="2:7" ht="43.75" x14ac:dyDescent="0.4">
+      <c r="B13" s="16" t="s">
         <v>28</v>
       </c>
-      <c r="C12" s="8" t="s">
+      <c r="C13" s="17" t="s">
         <v>5</v>
       </c>
-      <c r="D12" s="8" t="s">
+      <c r="D13" s="17" t="s">
         <v>6</v>
       </c>
-      <c r="E12" s="11">
+      <c r="E13" s="20">
         <v>2020</v>
       </c>
-      <c r="F12" s="13" t="s">
+      <c r="F13" s="23" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="13" spans="2:7" ht="43.75" x14ac:dyDescent="0.4">
-      <c r="B13" s="7" t="s">
+    <row r="14" spans="2:7" ht="43.75" x14ac:dyDescent="0.4">
+      <c r="B14" s="16" t="s">
         <v>29</v>
       </c>
-      <c r="C13" s="8" t="s">
+      <c r="C14" s="17" t="s">
         <v>30</v>
       </c>
-      <c r="D13" s="8" t="s">
+      <c r="D14" s="17" t="s">
         <v>31</v>
       </c>
-      <c r="E13" s="11">
+      <c r="E14" s="20">
         <v>2020</v>
       </c>
-      <c r="F13" s="14" t="s">
+      <c r="F14" s="24" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="14" spans="2:7" ht="43.75" x14ac:dyDescent="0.4">
-      <c r="B14" s="7" t="s">
+    <row r="15" spans="2:7" ht="43.75" x14ac:dyDescent="0.4">
+      <c r="B15" s="16" t="s">
         <v>32</v>
       </c>
-      <c r="C14" s="8" t="s">
+      <c r="C15" s="17" t="s">
         <v>33</v>
       </c>
-      <c r="D14" s="8" t="s">
+      <c r="D15" s="17" t="s">
         <v>34</v>
       </c>
-      <c r="E14" s="11">
+      <c r="E15" s="20">
         <v>2018</v>
       </c>
-      <c r="F14" s="11" t="s">
+      <c r="F15" s="20" t="s">
         <v>35</v>
       </c>
     </row>
-    <row r="15" spans="2:7" x14ac:dyDescent="0.4">
-      <c r="B15" s="7" t="s">
+    <row r="16" spans="2:7" x14ac:dyDescent="0.4">
+      <c r="B16" s="16" t="s">
         <v>1</v>
       </c>
-      <c r="C15" s="8" t="s">
+      <c r="C16" s="17" t="s">
         <v>2</v>
       </c>
-      <c r="D15" s="8" t="s">
+      <c r="D16" s="17" t="s">
         <v>3</v>
       </c>
-      <c r="E15" s="11">
+      <c r="E16" s="20">
         <v>2016</v>
       </c>
-      <c r="F15" s="11" t="s">
+      <c r="F16" s="20" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="16" spans="2:7" ht="43.75" x14ac:dyDescent="0.4">
-      <c r="B16" s="7" t="s">
+    <row r="17" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+      <c r="B17" s="16" t="s">
         <v>8</v>
       </c>
-      <c r="C16" s="8" t="s">
+      <c r="C17" s="17" t="s">
         <v>9</v>
       </c>
-      <c r="D16" s="8" t="s">
+      <c r="D17" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="E16" s="11">
+      <c r="E17" s="20">
         <v>2015</v>
       </c>
-      <c r="F16" s="15" t="s">
+      <c r="F17" s="25" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="17" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
-      <c r="B17" s="7" t="s">
+    <row r="18" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+      <c r="B18" s="16" t="s">
         <v>12</v>
       </c>
-      <c r="C17" s="8" t="s">
+      <c r="C18" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="D17" s="8" t="s">
+      <c r="D18" s="17" t="s">
         <v>14</v>
       </c>
-      <c r="E17" s="11">
+      <c r="E18" s="20">
         <v>2015</v>
       </c>
-      <c r="F17" s="15" t="s">
+      <c r="F18" s="25" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="18" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
-      <c r="B18" s="7" t="s">
+    <row r="19" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+      <c r="B19" s="16" t="s">
         <v>16</v>
       </c>
-      <c r="C18" s="8" t="s">
+      <c r="C19" s="17" t="s">
         <v>17</v>
       </c>
-      <c r="D18" s="8" t="s">
+      <c r="D19" s="17" t="s">
         <v>18</v>
       </c>
-      <c r="E18" s="11">
+      <c r="E19" s="20">
         <v>2014</v>
       </c>
-      <c r="F18" s="11" t="s">
+      <c r="F19" s="20" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="19" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
-      <c r="B19" s="7" t="s">
+    <row r="20" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+      <c r="B20" s="16" t="s">
         <v>20</v>
       </c>
-      <c r="C19" s="8" t="s">
+      <c r="C20" s="17" t="s">
         <v>21</v>
       </c>
-      <c r="D19" s="8" t="s">
+      <c r="D20" s="17" t="s">
         <v>22</v>
       </c>
-      <c r="E19" s="11">
+      <c r="E20" s="20">
         <v>2011</v>
       </c>
-      <c r="F19" s="11" t="s">
+      <c r="F20" s="20" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="20" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
-      <c r="B20" s="7" t="s">
+    <row r="21" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+      <c r="B21" s="16" t="s">
         <v>24</v>
       </c>
-      <c r="C20" s="8" t="s">
+      <c r="C21" s="17" t="s">
         <v>25</v>
       </c>
-      <c r="D20" s="8" t="s">
+      <c r="D21" s="17" t="s">
         <v>26</v>
       </c>
-      <c r="E20" s="11">
+      <c r="E21" s="20">
         <v>2007</v>
       </c>
-      <c r="F20" s="16" t="s">
+      <c r="F21" s="26" t="s">
         <v>27</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="10">
     <mergeCell ref="B5:C5"/>
     <mergeCell ref="D5:F5"/>
     <mergeCell ref="B6:C6"/>
     <mergeCell ref="D6:F6"/>
     <mergeCell ref="B1:F1"/>
     <mergeCell ref="B2:F2"/>
     <mergeCell ref="B3:C3"/>
     <mergeCell ref="D3:F3"/>
     <mergeCell ref="B4:C4"/>
     <mergeCell ref="D4:F4"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B3:G3" r:id="rId1" display="https://www.echr.coe.int/Pages/home.aspx?p=library&amp;c=" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
     <hyperlink ref="B5:G5" r:id="rId2" display="For more references, refer to theLibrary's catalogue." xr:uid="{E5238A02-4EF5-4B47-8AE1-0468DCCA2D75}"/>
     <hyperlink ref="B3:F3" r:id="rId3" display="https://www.echr.coe.int/Pages/home.aspx?p=library&amp;c=" xr:uid="{CF60D312-F97D-4858-90D1-BFD68A1E6162}"/>
     <hyperlink ref="B5:F5" r:id="rId4" display="For more references, refer to theLibrary’s catalogue." xr:uid="{89ECDB1B-2B28-48C7-BD8A-214388008365}"/>
     <hyperlink ref="D3:F3" r:id="rId5" display="Tous les documents sont disponibles à la Bibliothèque de la Cour. Pour les consulter, un rendez-vous peut être pris sur le site de la Bibliothèque." xr:uid="{94105871-2AD9-4B73-803C-E7C8EB26C613}"/>
     <hyperlink ref="D5:F5" r:id="rId6" display="Pour plus de références, consulter lecatalogue de la Bibliothèque." xr:uid="{D82B4D63-49BC-4CC6-B078-36921286002A}"/>
     <hyperlink ref="B3:C3" r:id="rId7" display="All documents are available in the Court'sLibrary, and an appointment to consult them can be made via the Library webpage." xr:uid="{67DE97FE-2D0F-41CB-85AC-0AF995B785B8}"/>
     <hyperlink ref="B5:C5" r:id="rId8" display="For more references, refer to theLibrary’s catalogue." xr:uid="{A093AA6E-7F0D-41F0-BEDF-E2B9D0854BA6}"/>
-    <hyperlink ref="F20" r:id="rId9" xr:uid="{74B8F74E-5FE3-4807-BEEB-C598F1E4B932}"/>
-[...2 lines deleted...]
-    <hyperlink ref="F8" r:id="rId12" xr:uid="{B5E9612F-CB22-4E55-BFCC-EB3EA54D37D4}"/>
+    <hyperlink ref="F21" r:id="rId9" xr:uid="{416AFBA9-C947-4AA5-99F9-4897D6A4B4D2}"/>
+    <hyperlink ref="F13" r:id="rId10" xr:uid="{1A73EAE7-B56E-46C6-9FB0-9568CC0C2EC7}"/>
+    <hyperlink ref="F14" r:id="rId11" xr:uid="{0D8FB69B-DDBC-4024-96E9-34FDA7A543AF}"/>
+    <hyperlink ref="F9" r:id="rId12" xr:uid="{364434AE-60ED-4466-BF07-9FD68C81C865}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.35433070866141736" right="0.71875" top="0.39" bottom="0.44" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="77" fitToHeight="0" orientation="landscape" r:id="rId13"/>
   <headerFooter differentFirst="1">
     <oddFooter>&amp;C&amp;P of &amp;N&amp;R&amp;F</oddFooter>
   </headerFooter>
   <drawing r:id="rId14"/>
   <tableParts count="1">
     <tablePart r:id="rId15"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr codeName="Sheet2"/>
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.6" x14ac:dyDescent="0.4"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
@@ -1750,25 +1783,33 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
       <vt:lpstr>Sheet2</vt:lpstr>
       <vt:lpstr>Sheet3</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>European court of Human Right</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="eDOCS AutoSave">
+    <vt:lpwstr>20260126094224999</vt:lpwstr>
+  </property>
+</Properties>
+</file>