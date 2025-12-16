--- v0 (2025-10-05)
+++ v1 (2025-12-16)
@@ -8,54 +8,54 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="26731"/>
   <workbookPr codeName="ThisWorkbook" autoCompressPictures="0" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\souppart\AppData\Roaming\OpenText\DM\Temp\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Souppart\AppData\Roaming\OpenText\DM\Temp\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{A2BBAAD2-EB16-40D3-8294-AB7458819E16}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{613E69ED-1B1C-4C0E-98A0-E7368F104A0C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-103" yWindow="-103" windowWidth="16663" windowHeight="10492" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
     <sheet name="Sheet2" sheetId="2" r:id="rId2"/>
     <sheet name="Sheet3" sheetId="3" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Sheet1!$B$7:$F$7</definedName>
   </definedNames>
   <calcPr calcId="145621"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="163" uniqueCount="147">
   <si>
     <t xml:space="preserve">Date </t>
   </si>
   <si>
     <t>Human rights challenges in the digital age : judicial perspectives : in honour of Lawrence Early</t>
   </si>
   <si>
     <t>O'Boyle, Michael</t>
@@ -606,51 +606,51 @@
   </si>
   <si>
     <t>New media and freedom of expression : rethinking the constitutional foundations of the public sphere</t>
   </si>
   <si>
     <t>Koltay, András</t>
   </si>
   <si>
     <t>342.732 % KOL</t>
   </si>
   <si>
     <t>Judicial protection of fundamental rights on the Internet : a road towards digital constitutionalism ?</t>
   </si>
   <si>
     <t>Pollicino, Oreste</t>
   </si>
   <si>
     <t>342.725.7(4) % POL</t>
   </si>
   <si>
     <t>ECHR-KS / CEDH-KS</t>
   </si>
   <si>
     <t xml:space="preserve">Book selection - Sélection de livres
 Article 10
-(Last updated - Dernière mise à jour : 28/02/2025)
+(Last updated - Dernière mise à jour : 31/08/2025)
 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="4" tint="-0.499984740745262"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <i/>
@@ -2348,29 +2348,29 @@
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
       <vt:lpstr>Sheet2</vt:lpstr>
       <vt:lpstr>Sheet3</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>European court of Human Right</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="eDOCS AutoSave">
-    <vt:lpwstr>20250512141526596</vt:lpwstr>
+    <vt:lpwstr/>
   </property>
 </Properties>
 </file>