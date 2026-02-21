--- v0 (2025-10-03)
+++ v1 (2026-02-21)
@@ -3,58 +3,58 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="26731"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27928"/>
   <workbookPr codeName="ThisWorkbook" autoCompressPictures="0" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\souppart\AppData\Roaming\OpenText\DM\Temp\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Souppart\AppData\Roaming\OpenText\DM\Temp\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{39386A52-E805-4CF4-826F-C7EC4117B516}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{5A9AAB49-20FB-4F5D-ABDC-29139B3190B3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-16560" yWindow="-103" windowWidth="16663" windowHeight="9463" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
     <sheet name="Sheet2" sheetId="2" r:id="rId2"/>
     <sheet name="Sheet3" sheetId="3" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Sheet1!$B$7:$F$7</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
@@ -459,51 +459,51 @@
   </si>
   <si>
     <t>Cheltenham ; Northampton, Mass. : Edward Elgar</t>
   </si>
   <si>
     <t>342.78 % WEI</t>
   </si>
   <si>
     <t>The rule of law in Europe : recent challenges and judicial responses</t>
   </si>
   <si>
     <t>Elósegui, María (ed.)</t>
   </si>
   <si>
     <t>342.7(4) % ELO</t>
   </si>
   <si>
     <t>ECHR-KS / CEDH-KS</t>
   </si>
   <si>
     <t>Le droit à un procès équitable dans la jurisprudence de la Cour européenne des droits de l'homme 2e ed.</t>
   </si>
   <si>
     <t xml:space="preserve">Book selection - Sélection de livres
 Article 15
-(Last update - Dernière mise à jour : 28/02/2025)
+(Last update - Dernière mise à jour : 31/08/2025)
 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="4" tint="-0.499984740745262"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <i/>
@@ -683,75 +683,75 @@
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" indent="9"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" indent="9"/>
+    </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="9"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="3" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="top" wrapText="1" indent="9"/>
-[...10 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="9"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Hyperlink 2" xfId="3" xr:uid="{7B48BEA2-FAD3-43DD-8D9D-8B3743138692}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0" customBuiltin="1"/>
     <cellStyle name="Normal 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
   </cellStyles>
   <dxfs count="10">
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <scheme val="minor"/>
@@ -1402,129 +1402,129 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hrls.echr.coe.int/uhtbin/cgisirsi.exe/x/0/0/5?searchdata1=couredh%20AND%20cedh-15%7b694%7d&amp;sort_by=-PBYR" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.echr.coe.int/Pages/home.aspx?p=library&amp;c=" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.echr.coe.int/Pages/home.aspx?p=library&amp;c=" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hrls.echr.coe.int/uhtbin/cgisirsi.exe/x/0/0/5?searchdata1=couredh%20and%20cedh-15%7b694%7d&amp;sort_by=-PBYR" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.echr.coe.int/Pages/home.aspx?p=library&amp;c=" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hrls.echr.coe.int/uhtbin/cgisirsi.exe/x/0/0/5?searchdata1=couredh%20AND%20cedh-15%7b694%7d&amp;sort_by=-PBYR" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.echr.coe.int/Pages/home.aspx?p=library&amp;c=fre" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hrls.echr.coe.int/uhtbin/cgisirsi.exe/x/0/0/5?searchdata1=couredh%20AND%20cedh-4%7b694%7d&amp;sort_by=-PBYR" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.echr.coe.int/LibraryDocs/Ni_Aolain-2017-transitional_justice_and_the_ECHR.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet1">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B1:G28"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A2" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="B2" sqref="B2:F2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.15234375" defaultRowHeight="14.6" x14ac:dyDescent="0.4"/>
   <cols>
     <col min="1" max="1" width="1.53515625" style="1" customWidth="1"/>
     <col min="2" max="2" width="51.3828125" style="3" customWidth="1"/>
     <col min="3" max="3" width="27.84375" style="3" customWidth="1"/>
     <col min="4" max="4" width="58.53515625" style="3" customWidth="1"/>
     <col min="5" max="5" width="10" style="2" customWidth="1"/>
     <col min="6" max="6" width="24" style="3" customWidth="1"/>
     <col min="7" max="16384" width="9.15234375" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:7" ht="23.15" x14ac:dyDescent="0.4">
-      <c r="B1" s="18" t="s">
+      <c r="B1" s="22" t="s">
         <v>91</v>
       </c>
-      <c r="C1" s="18"/>
-[...2 lines deleted...]
-      <c r="F1" s="18"/>
+      <c r="C1" s="22"/>
+      <c r="D1" s="22"/>
+      <c r="E1" s="22"/>
+      <c r="F1" s="22"/>
     </row>
     <row r="2" spans="2:7" ht="166.5" customHeight="1" x14ac:dyDescent="0.6">
-      <c r="B2" s="19" t="s">
+      <c r="B2" s="23" t="s">
         <v>93</v>
       </c>
-      <c r="C2" s="19"/>
-[...2 lines deleted...]
-      <c r="F2" s="19"/>
+      <c r="C2" s="23"/>
+      <c r="D2" s="23"/>
+      <c r="E2" s="23"/>
+      <c r="F2" s="23"/>
     </row>
     <row r="3" spans="2:7" ht="29.15" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B3" s="20" t="s">
+      <c r="B3" s="24" t="s">
         <v>71</v>
       </c>
-      <c r="C3" s="20"/>
-      <c r="D3" s="21" t="s">
+      <c r="C3" s="24"/>
+      <c r="D3" s="25" t="s">
         <v>72</v>
       </c>
-      <c r="E3" s="22"/>
-      <c r="F3" s="22"/>
+      <c r="E3" s="26"/>
+      <c r="F3" s="26"/>
       <c r="G3" s="15"/>
     </row>
     <row r="4" spans="2:7" ht="29.15" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B4" s="23" t="s">
+      <c r="B4" s="20" t="s">
         <v>73</v>
       </c>
-      <c r="C4" s="23"/>
-      <c r="D4" s="24" t="s">
+      <c r="C4" s="20"/>
+      <c r="D4" s="21" t="s">
         <v>74</v>
       </c>
-      <c r="E4" s="24"/>
-      <c r="F4" s="24"/>
+      <c r="E4" s="21"/>
+      <c r="F4" s="21"/>
       <c r="G4" s="15"/>
     </row>
     <row r="5" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B5" s="25" t="s">
+      <c r="B5" s="18" t="s">
         <v>75</v>
       </c>
-      <c r="C5" s="25"/>
-      <c r="D5" s="26" t="s">
+      <c r="C5" s="18"/>
+      <c r="D5" s="19" t="s">
         <v>76</v>
       </c>
-      <c r="E5" s="26"/>
-      <c r="F5" s="26"/>
+      <c r="E5" s="19"/>
+      <c r="F5" s="19"/>
       <c r="G5" s="16"/>
     </row>
     <row r="6" spans="2:7" ht="92.7" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B6" s="23" t="s">
+      <c r="B6" s="20" t="s">
         <v>77</v>
       </c>
-      <c r="C6" s="23"/>
-      <c r="D6" s="24" t="s">
+      <c r="C6" s="20"/>
+      <c r="D6" s="21" t="s">
         <v>78</v>
       </c>
-      <c r="E6" s="24"/>
-      <c r="F6" s="24"/>
+      <c r="E6" s="21"/>
+      <c r="F6" s="21"/>
     </row>
     <row r="7" spans="2:7" s="2" customFormat="1" ht="51" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B7" s="17" t="s">
         <v>79</v>
       </c>
       <c r="C7" s="17" t="s">
         <v>80</v>
       </c>
       <c r="D7" s="17" t="s">
         <v>81</v>
       </c>
       <c r="E7" s="17" t="s">
         <v>0</v>
       </c>
       <c r="F7" s="17" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="8" spans="2:7" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B8" s="11" t="s">
         <v>92</v>
       </c>
       <c r="C8" s="9" t="s">
         <v>35</v>
       </c>