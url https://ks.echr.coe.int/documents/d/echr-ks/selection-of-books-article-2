--- v0 (2025-10-03)
+++ v1 (2025-12-03)
@@ -8,56 +8,56 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="26731"/>
   <workbookPr codeName="ThisWorkbook" autoCompressPictures="0" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\souppart\AppData\Roaming\OpenText\DM\Temp\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Souppart\AppData\Roaming\OpenText\DM\Temp\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{65143A47-1800-4E0E-9862-25A28DE5B2A6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{B20919FE-3549-44B1-8732-B25C9CD9E751}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-103" yWindow="-103" windowWidth="16663" windowHeight="10492" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-16560" yWindow="-103" windowWidth="16663" windowHeight="9463" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="5" r:id="rId1"/>
     <sheet name="Sheet2" sheetId="2" r:id="rId2"/>
     <sheet name="Sheet3" sheetId="3" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Sheet1!$B$7:$F$7</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
@@ -824,66 +824,66 @@
   <si>
     <t>Zimmermann, Nesa</t>
   </si>
   <si>
     <t>Genève ; Zurich : Schulthess Médias Juridiques</t>
   </si>
   <si>
     <t>342.7:06COUREDH % ZIM</t>
   </si>
   <si>
     <t>ECHR-KS / CEDH-KS</t>
   </si>
   <si>
     <t>Compendium de la jurisprudence de la Cour européenne des droits de l'homme relative à la peine de mort et aux exécutions extrajudiciaires</t>
   </si>
   <si>
     <t>Strasbourg : Editions du Conseil de l'Europe</t>
   </si>
   <si>
     <t>Positive obligations under the European Convention on Human Rights : within and beyond boundaries</t>
   </si>
   <si>
     <t>Stoyanova, Vladislava</t>
   </si>
   <si>
+    <t>Domestic abuse and the European Court of Human Rights</t>
+  </si>
+  <si>
+    <t>McQuigg, Ronagh J.A.</t>
+  </si>
+  <si>
+    <t>Abingdon, Oxon ; New York, NY : Routledge</t>
+  </si>
+  <si>
+    <t>EBOOK</t>
+  </si>
+  <si>
     <t xml:space="preserve">Book selection - Sélection de livres
 Article 2
-(Last updated - Dernière mise à jour : 28/02/2025)
+(Last updated - Dernière mise à jour : 31/08/2025)
 </t>
-  </si>
-[...10 lines deleted...]
-    <t>EBOOK</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="12" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
@@ -1083,119 +1083,95 @@
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="3" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="4" xfId="2" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="2"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="9"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="3" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="9"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="9"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="9"/>
-    </xf>
-[...4 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Hyperlink 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
   </cellStyles>
   <dxfs count="10">
-    <dxf>
-[...22 lines deleted...]
-    </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color theme="3" tint="-0.249977111117893"/>
         <name val="Calibri"/>
         <scheme val="minor"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor indexed="65"/>
         </patternFill>
       </fill>
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0">
         <left style="thin">
@@ -1376,50 +1352,74 @@
     </dxf>
     <dxf>
       <border outline="0">
         <top style="thin">
           <color theme="4"/>
         </top>
       </border>
     </dxf>
     <dxf>
       <border outline="0">
         <left style="thin">
           <color theme="4"/>
         </left>
         <right style="thin">
           <color theme="4"/>
         </right>
         <top style="thin">
           <color theme="4"/>
         </top>
         <bottom style="thin">
           <color theme="4"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="3" tint="-0.249977111117893"/>
+        <name val="Calibri"/>
+        <scheme val="minor"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor indexed="65"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="1" indent="1" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
       <border outline="0">
         <bottom style="thin">
           <color theme="4"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="14"/>
         <color theme="0"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <fill>
         <patternFill patternType="solid">
@@ -1495,58 +1495,58 @@
         <a:xfrm>
           <a:off x="142875" y="95250"/>
           <a:ext cx="2352675" cy="885825"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="Table13" displayName="Table13" ref="B7:F66" totalsRowShown="0" headerRowDxfId="9" dataDxfId="0" headerRowBorderDxfId="8" tableBorderDxfId="7" totalsRowBorderDxfId="6">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="Table13" displayName="Table13" ref="B7:F66" totalsRowShown="0" headerRowDxfId="9" dataDxfId="7" headerRowBorderDxfId="8" tableBorderDxfId="6" totalsRowBorderDxfId="5">
   <autoFilter ref="B7:F66" xr:uid="{00000000-0009-0000-0100-000002000000}"/>
   <tableColumns count="5">
-    <tableColumn id="1" xr3:uid="{00000000-0010-0000-0000-000001000000}" name="  Title - Titre" dataDxfId="5"/>
-[...3 lines deleted...]
-    <tableColumn id="5" xr3:uid="{00000000-0010-0000-0000-000005000000}" name="Call number - Cote" dataDxfId="1"/>
+    <tableColumn id="1" xr3:uid="{00000000-0010-0000-0000-000001000000}" name="  Title - Titre" dataDxfId="4"/>
+    <tableColumn id="2" xr3:uid="{00000000-0010-0000-0000-000002000000}" name="Author - Auteur" dataDxfId="3"/>
+    <tableColumn id="3" xr3:uid="{00000000-0010-0000-0000-000003000000}" name="Source / Publisher - Éditeur" dataDxfId="2"/>
+    <tableColumn id="4" xr3:uid="{00000000-0010-0000-0000-000004000000}" name="Date " dataDxfId="1"/>
+    <tableColumn id="5" xr3:uid="{00000000-0010-0000-0000-000005000000}" name="Call number - Cote" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
@@ -1828,196 +1828,196 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B1:G67"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="B2" sqref="B2:F2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.15234375" defaultRowHeight="14.6" x14ac:dyDescent="0.4"/>
   <cols>
     <col min="1" max="1" width="1.69140625" style="1" customWidth="1"/>
     <col min="2" max="2" width="51.3046875" style="5" customWidth="1"/>
     <col min="3" max="3" width="27.84375" style="5" customWidth="1"/>
     <col min="4" max="4" width="58.69140625" style="5" customWidth="1"/>
     <col min="5" max="5" width="10" style="2" customWidth="1"/>
     <col min="6" max="6" width="24" style="5" customWidth="1"/>
     <col min="7" max="16384" width="9.15234375" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:7" ht="23.15" x14ac:dyDescent="0.4">
-      <c r="B1" s="22" t="s">
+      <c r="B1" s="24" t="s">
         <v>210</v>
       </c>
-      <c r="C1" s="23"/>
-[...2 lines deleted...]
-      <c r="F1" s="23"/>
+      <c r="C1" s="25"/>
+      <c r="D1" s="25"/>
+      <c r="E1" s="25"/>
+      <c r="F1" s="25"/>
     </row>
     <row r="2" spans="2:7" ht="168.75" customHeight="1" x14ac:dyDescent="0.6">
-      <c r="B2" s="24" t="s">
-[...5 lines deleted...]
-      <c r="F2" s="24"/>
+      <c r="B2" s="26" t="s">
+        <v>219</v>
+      </c>
+      <c r="C2" s="26"/>
+      <c r="D2" s="26"/>
+      <c r="E2" s="26"/>
+      <c r="F2" s="26"/>
     </row>
     <row r="3" spans="2:7" ht="29.15" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B3" s="26" t="s">
+      <c r="B3" s="28" t="s">
         <v>178</v>
       </c>
-      <c r="C3" s="26"/>
-      <c r="D3" s="27" t="s">
+      <c r="C3" s="28"/>
+      <c r="D3" s="29" t="s">
         <v>179</v>
       </c>
-      <c r="E3" s="28"/>
-      <c r="F3" s="28"/>
+      <c r="E3" s="30"/>
+      <c r="F3" s="30"/>
       <c r="G3" s="16"/>
     </row>
     <row r="4" spans="2:7" ht="29.15" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B4" s="29" t="s">
+      <c r="B4" s="31" t="s">
         <v>180</v>
       </c>
-      <c r="C4" s="29"/>
-      <c r="D4" s="30" t="s">
+      <c r="C4" s="31"/>
+      <c r="D4" s="32" t="s">
         <v>181</v>
       </c>
-      <c r="E4" s="30"/>
-      <c r="F4" s="30"/>
+      <c r="E4" s="32"/>
+      <c r="F4" s="32"/>
       <c r="G4" s="16"/>
     </row>
     <row r="5" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B5" s="31" t="s">
+      <c r="B5" s="33" t="s">
         <v>162</v>
       </c>
-      <c r="C5" s="31"/>
-      <c r="D5" s="32" t="s">
+      <c r="C5" s="33"/>
+      <c r="D5" s="34" t="s">
         <v>182</v>
       </c>
-      <c r="E5" s="32"/>
-      <c r="F5" s="32"/>
+      <c r="E5" s="34"/>
+      <c r="F5" s="34"/>
       <c r="G5" s="17"/>
     </row>
     <row r="6" spans="2:7" ht="92.7" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B6" s="29" t="s">
+      <c r="B6" s="31" t="s">
         <v>183</v>
       </c>
-      <c r="C6" s="29"/>
-      <c r="D6" s="30" t="s">
+      <c r="C6" s="31"/>
+      <c r="D6" s="32" t="s">
         <v>184</v>
       </c>
-      <c r="E6" s="30"/>
-      <c r="F6" s="30"/>
+      <c r="E6" s="32"/>
+      <c r="F6" s="32"/>
     </row>
     <row r="7" spans="2:7" s="2" customFormat="1" ht="51" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B7" s="18" t="s">
         <v>185</v>
       </c>
       <c r="C7" s="18" t="s">
         <v>186</v>
       </c>
       <c r="D7" s="18" t="s">
         <v>187</v>
       </c>
       <c r="E7" s="18" t="s">
         <v>0</v>
       </c>
       <c r="F7" s="18" t="s">
         <v>188</v>
       </c>
     </row>
     <row r="8" spans="2:7" x14ac:dyDescent="0.4">
       <c r="B8" s="14" t="s">
+        <v>215</v>
+      </c>
+      <c r="C8" s="14" t="s">
         <v>216</v>
       </c>
-      <c r="C8" s="14" t="s">
+      <c r="D8" s="14" t="s">
         <v>217</v>
-      </c>
-[...1 lines deleted...]
-        <v>218</v>
       </c>
       <c r="E8" s="15">
         <v>2025</v>
       </c>
-      <c r="F8" s="33" t="s">
-        <v>219</v>
+      <c r="F8" s="22" t="s">
+        <v>218</v>
       </c>
     </row>
     <row r="9" spans="2:7" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B9" s="14" t="s">
         <v>211</v>
       </c>
       <c r="C9" s="6" t="s">
         <v>190</v>
       </c>
       <c r="D9" s="14" t="s">
         <v>212</v>
       </c>
       <c r="E9" s="15">
         <v>2023</v>
       </c>
       <c r="F9" s="7" t="s">
         <v>191</v>
       </c>
     </row>
     <row r="10" spans="2:7" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B10" s="14" t="s">
         <v>213</v>
       </c>
       <c r="C10" s="6" t="s">
         <v>214</v>
       </c>
       <c r="D10" s="14" t="s">
         <v>20</v>
       </c>
       <c r="E10" s="15">
         <v>2023</v>
       </c>
-      <c r="F10" s="34" t="s">
+      <c r="F10" s="23" t="s">
         <v>199</v>
       </c>
     </row>
     <row r="11" spans="2:7" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B11" s="14" t="s">
         <v>198</v>
       </c>
       <c r="C11" s="14" t="s">
         <v>155</v>
       </c>
       <c r="D11" s="14" t="s">
         <v>156</v>
       </c>
       <c r="E11" s="15">
         <v>2022</v>
       </c>
-      <c r="F11" s="34" t="s">
+      <c r="F11" s="23" t="s">
         <v>199</v>
       </c>
     </row>
     <row r="12" spans="2:7" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B12" s="14" t="s">
         <v>200</v>
       </c>
       <c r="C12" s="14" t="s">
         <v>201</v>
       </c>
       <c r="D12" s="14" t="s">
         <v>91</v>
       </c>
       <c r="E12" s="15">
         <v>2022</v>
       </c>
       <c r="F12" s="15" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="13" spans="2:7" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B13" s="6" t="s">
         <v>189</v>
       </c>
       <c r="C13" s="6" t="s">
@@ -2913,52 +2913,52 @@
       <c r="E65" s="13">
         <v>2007</v>
       </c>
       <c r="F65" s="21" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="66" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B66" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C66" s="14" t="s">
         <v>73</v>
       </c>
       <c r="D66" s="14" t="s">
         <v>29</v>
       </c>
       <c r="E66" s="15">
         <v>2006</v>
       </c>
       <c r="F66" s="21" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="67" spans="2:6" x14ac:dyDescent="0.4">
-      <c r="B67" s="25"/>
-      <c r="C67" s="25"/>
+      <c r="B67" s="27"/>
+      <c r="C67" s="27"/>
       <c r="D67" s="3"/>
       <c r="E67" s="4"/>
       <c r="F67" s="3"/>
     </row>
   </sheetData>
   <mergeCells count="11">
     <mergeCell ref="B1:F1"/>
     <mergeCell ref="B2:F2"/>
     <mergeCell ref="B67:C67"/>
     <mergeCell ref="B3:C3"/>
     <mergeCell ref="D3:F3"/>
     <mergeCell ref="B4:C4"/>
     <mergeCell ref="D4:F4"/>
     <mergeCell ref="B5:C5"/>
     <mergeCell ref="D5:F5"/>
     <mergeCell ref="B6:C6"/>
     <mergeCell ref="D6:F6"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B3:G3" r:id="rId1" display="https://www.echr.coe.int/Pages/home.aspx?p=library&amp;c=" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
     <hyperlink ref="B5:G5" r:id="rId2" display="For more references, refer to theLibrary’s catalogue." xr:uid="{F0554659-4188-448B-8842-0670363B0E25}"/>
     <hyperlink ref="B3:F3" r:id="rId3" display="https://www.echr.coe.int/Pages/home.aspx?p=library&amp;c=" xr:uid="{FF4051EE-1114-490B-B9BB-93B335DDFCD7}"/>
     <hyperlink ref="B5:F5" r:id="rId4" display="For more references, refer to theLibrary’s catalogue." xr:uid="{CCB3B14E-6404-4451-8C78-23458AD175B9}"/>
     <hyperlink ref="D3:F3" r:id="rId5" display="Tous les documents sont disponibles à la Bibliothèque de la Cour. Pour les consulter, un rendez-vous peut être pris sur le site de la Bibliothèque." xr:uid="{5C8A7388-48AB-47FD-AAAB-0F7C1F79DB9E}"/>
     <hyperlink ref="D5:F5" r:id="rId6" display="Pour plus de références, consulter lecatalogue de la Bibliothèque." xr:uid="{729AAE72-ABC1-4BCC-88DB-0B8D4784A5AD}"/>
@@ -3032,29 +3032,29 @@
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
       <vt:lpstr>Sheet2</vt:lpstr>
       <vt:lpstr>Sheet3</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>European court of Human Right</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="eDOCS AutoSave">
-    <vt:lpwstr>20250616141927682</vt:lpwstr>
+    <vt:lpwstr/>
   </property>
 </Properties>
 </file>