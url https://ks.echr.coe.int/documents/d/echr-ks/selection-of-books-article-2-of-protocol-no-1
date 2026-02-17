--- v0 (2025-10-05)
+++ v1 (2026-02-17)
@@ -1,62 +1,63 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="26731"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27928"/>
   <workbookPr codeName="ThisWorkbook" autoCompressPictures="0" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\souppart\AppData\Roaming\OpenText\DM\Temp\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Souppart\AppData\Roaming\OpenText\DM\Temp\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{ECCF0F9B-484B-4B7B-B325-EF5AB81CD9CE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{15D926F7-DB61-4816-AEA9-A14A0A470C39}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-103" yWindow="-103" windowWidth="16663" windowHeight="10492" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-16560" yWindow="-103" windowWidth="16663" windowHeight="9463" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
     <sheet name="Sheet2" sheetId="2" r:id="rId2"/>
     <sheet name="Sheet3" sheetId="3" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Sheet1!$B$7:$F$7</definedName>
   </definedNames>
   <calcPr calcId="145621"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="47">
   <si>
     <t xml:space="preserve">Date </t>
   </si>
   <si>
     <t xml:space="preserve">Social rights in the case law of regional human rights monitoring institutions : the European Court of Human Rights, the Inter-American Court of Human Rights and the African Commission on Human and Peoples’ Rights </t>
   </si>
   <si>
     <t xml:space="preserve">Binder, Christina (ed.) </t>
   </si>
   <si>
@@ -305,51 +306,51 @@
       <t xml:space="preserve">
 Pour effectuer une recherche par mot/numéro dans une colonne :
 1. Cliquez sur la flèche déroulante dans l'en-tête de la colonne concernée. 
 2. Vous verrez apparaître un champ de recherche. Entrez votre texte et cliquez sur OK.
 3. Pour revenir au tableau Excel complet, cliquez sur la flèche déroulante, cochez la case "Sélectionner tout" et cliquez sur OK.</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">  Title - Titre</t>
   </si>
   <si>
     <t>Author - Auteur</t>
   </si>
   <si>
     <t>Source / Publisher - Éditeur</t>
   </si>
   <si>
     <t>Call number - Cote</t>
   </si>
   <si>
     <t>ECHR-KS / CEDH-KS</t>
   </si>
   <si>
     <t xml:space="preserve">Book selection - Sélection de livres
 Article 2 of Protocol No. 1 - Article 2 du Protocole n° 1
-(Last updated - Dernière mise à jour : 28/02/2025)
+(Last updated - Dernière mise à jour : 31/08/2025)
 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="4" tint="-0.499984740745262"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <i/>
@@ -1521,25 +1522,33 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
       <vt:lpstr>Sheet2</vt:lpstr>
       <vt:lpstr>Sheet3</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>European court of Human Right</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="eDOCS AutoSave">
+    <vt:lpwstr>20260211110200299</vt:lpwstr>
+  </property>
+</Properties>
+</file>