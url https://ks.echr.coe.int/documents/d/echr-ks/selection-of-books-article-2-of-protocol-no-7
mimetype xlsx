--- v0 (2025-10-03)
+++ v1 (2026-02-01)
@@ -4,58 +4,58 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="26731"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27928"/>
   <workbookPr codeName="ThisWorkbook" autoCompressPictures="0" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\souppart\AppData\Roaming\OpenText\DM\Temp\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Souppart\AppData\Roaming\OpenText\DM\Temp\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{8E1CFF0C-C900-4686-B92B-C2ED322799E1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{E26506C5-51C8-4890-A2AF-28C453DFF1FB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-103" yWindow="-103" windowWidth="16663" windowHeight="10492" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
     <sheet name="Sheet2" sheetId="2" r:id="rId2"/>
     <sheet name="Sheet3" sheetId="3" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Sheet1!$B$7:$F$7</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
@@ -304,51 +304,51 @@
   </si>
   <si>
     <t>Source / Publisher - Éditeur</t>
   </si>
   <si>
     <t>Call number - Cote</t>
   </si>
   <si>
     <t>Fairness in criminal appeal : a critical and interdisciplinary analysis of the ECtHR case-law</t>
   </si>
   <si>
     <t>Morão, Helena (ed.)</t>
   </si>
   <si>
     <t>Cham : Springer</t>
   </si>
   <si>
     <t>342.7:06COUREDH % MOR</t>
   </si>
   <si>
     <t>ECHR-KS / CEDH-KS</t>
   </si>
   <si>
     <t xml:space="preserve">Book selection - Sélection de livres
 Article 2 of Protocol 7 - Article 2 du Protocole n° 7
-(Last updated - Dernière mise à jour : 28/02/2025) 
+(Last updated - Dernière mise à jour : 31/08/2025) 
 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="11">
     <font>
       <sz val="11"/>
       <color theme="4" tint="-0.499984740745262"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <i/>