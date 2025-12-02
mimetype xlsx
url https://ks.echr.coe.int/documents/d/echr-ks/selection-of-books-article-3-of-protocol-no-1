--- v0 (2025-10-03)
+++ v1 (2025-12-02)
@@ -7,56 +7,56 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="26731"/>
   <workbookPr codeName="ThisWorkbook" autoCompressPictures="0" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\souppart\AppData\Roaming\OpenText\DM\Temp\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Souppart\AppData\Roaming\OpenText\DM\Temp\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{CADB1D30-3801-4006-A846-46C9197E6140}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{7233712D-95D8-4DA9-97D7-F87513CDB98E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-103" yWindow="-103" windowWidth="16663" windowHeight="10492" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-16560" yWindow="-103" windowWidth="16663" windowHeight="9463" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
     <sheet name="Sheet2" sheetId="2" r:id="rId2"/>
     <sheet name="Sheet3" sheetId="3" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Sheet1!$B$7:$F$7</definedName>
   </definedNames>
   <calcPr calcId="145621"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="64" uniqueCount="60">
   <si>
     <t xml:space="preserve">Date </t>
   </si>
   <si>
     <t xml:space="preserve">Human rights between law and politics : the margin of appreciation in post-national contexts </t>
   </si>
   <si>
     <t xml:space="preserve">Agha, Petr (ed.) </t>
   </si>
   <si>
@@ -344,51 +344,51 @@
   </si>
   <si>
     <t>Source / Publisher - Éditeur</t>
   </si>
   <si>
     <t>Call number - Cote</t>
   </si>
   <si>
     <t>The right to political participation : a study of the judgments of the European and Inter-American Courts of Human Rights</t>
   </si>
   <si>
     <t>Citroni, Gabrielle (ed.)</t>
   </si>
   <si>
     <t>Abingdon, Oxon ; New York : Routledge</t>
   </si>
   <si>
     <t>342.712 % CIT</t>
   </si>
   <si>
     <t>ECHR-KS / CEDH-KS</t>
   </si>
   <si>
     <t xml:space="preserve">Book selection - Sélection de livres
 Article 3 of Protocol No. 1 - Article 3 du Protocole n° 1
-(Last updated - Dernière mise à jour : 28/02/2025)
+(Last updated - Dernière mise à jour : 31/08/2025)
 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="11" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="4" tint="-0.499984740745262"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <i/>