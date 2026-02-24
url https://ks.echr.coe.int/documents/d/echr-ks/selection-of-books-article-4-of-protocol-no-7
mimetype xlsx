--- v0 (2025-10-05)
+++ v1 (2026-02-24)
@@ -3,60 +3,60 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="26731"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27928"/>
   <workbookPr codeName="ThisWorkbook" autoCompressPictures="0" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\souppart\AppData\Roaming\OpenText\DM\Temp\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Souppart\AppData\Roaming\OpenText\DM\Temp\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{9C740EFF-2F4E-4F37-A5B6-048D442A66F3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{8B6247CA-3DE5-4927-8521-880245E4914D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-103" yWindow="-103" windowWidth="16663" windowHeight="10492" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-16560" yWindow="-103" windowWidth="16663" windowHeight="9463" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
     <sheet name="Sheet2" sheetId="2" r:id="rId2"/>
     <sheet name="Sheet3" sheetId="3" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Sheet1!$B$7:$F$7</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
@@ -321,51 +321,51 @@
   </si>
   <si>
     <t>La règle "ne bis in idem" : concordances et
 discordances entre les jurisprudences européenne et
 constitutionnelle : actes du colloque organisé par
 l'Institut Droit, Ethique, Patrimoine (IDEP) et l'Institut d'études judiciaires (IEJ)</t>
   </si>
   <si>
     <t>ECHR-KS / CEDH-KS</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Book selection - Sélection de livres
 Article 4 of Protocol No. 7 - Article 4 du Protocole n° 7
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <color theme="4" tint="-0.499984740745262"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve">(Last Updated - Dernière mise à jour : 28/02/2025)
+      <t xml:space="preserve">(Last Updated - Dernière mise à jour : 31/08/2025)
 </t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="4" tint="-0.499984740745262"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>