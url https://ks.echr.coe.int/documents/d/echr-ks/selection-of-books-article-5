--- v0 (2025-10-03)
+++ v1 (2026-02-01)
@@ -3,75 +3,75 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="26731"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27928"/>
   <workbookPr codeName="ThisWorkbook" autoCompressPictures="0" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\souppart\AppData\Roaming\OpenText\DM\Temp\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Souppart\AppData\Roaming\OpenText\DM\Temp\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{346C2846-35ED-4916-B9F6-359791095C9F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{08A24CD4-C568-4E93-ACE8-E84BC5C21209}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-103" yWindow="-103" windowWidth="16663" windowHeight="10492" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
     <sheet name="Sheet2" sheetId="2" r:id="rId2"/>
     <sheet name="Sheet3" sheetId="3" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Sheet1!$B$7:$F$7</definedName>
   </definedNames>
   <calcPr calcId="145621"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="83" uniqueCount="74">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="95" uniqueCount="81">
   <si>
     <t xml:space="preserve">Date </t>
   </si>
   <si>
     <t xml:space="preserve">Analysis of the judgments of the European Court of Human Rights in respect of Montenegro : November 2018 </t>
   </si>
   <si>
     <t xml:space="preserve">Radović, Miraš </t>
   </si>
   <si>
     <t>[Podgorica] : [Supreme Court of Montenegro]</t>
   </si>
   <si>
     <t xml:space="preserve">342.7:06COUREDH(497.16) % RAD </t>
   </si>
   <si>
     <t xml:space="preserve">Life imprisonment and human rights </t>
   </si>
   <si>
     <t>van Zyl Smit, Dirk (ed.)</t>
   </si>
   <si>
     <t>Oxford ; Portland, Or. : Hart</t>
   </si>
   <si>
@@ -369,76 +369,97 @@
   <si>
     <t>Mental health and criminal justice : international and domestic perspectives on defendants and detainees with mental illness : [colloquium on defendants and detainees with psychiatric disturbances, June 2017, Ponta Delgada]</t>
   </si>
   <si>
     <t>van Kempen, P.H.P.H.M.C (ed.)</t>
   </si>
   <si>
     <t>The Hague : Eleven</t>
   </si>
   <si>
     <t>ECHR-KS / CEDH-KS</t>
   </si>
   <si>
     <t>The evolving protection of prisoners' rights in Europe</t>
   </si>
   <si>
     <t>Cliquennois, Gaëtan (ed.)</t>
   </si>
   <si>
     <t>Abingdon, Oxon ; New York : Routledge</t>
   </si>
   <si>
     <t>EBOOK</t>
   </si>
   <si>
+    <t>European Court of Human Rights and mental health</t>
+  </si>
+  <si>
+    <t>Eldergill, Anselm</t>
+  </si>
+  <si>
+    <t>London : Bloomsbury Professional</t>
+  </si>
+  <si>
+    <t>342.7:06COUREDH % ELD</t>
+  </si>
+  <si>
+    <t>de Schutter, Olivier</t>
+  </si>
+  <si>
     <t xml:space="preserve">Book selection - Sélection de livres
 Article 5
-(Last update - Dernière mise à jour : 28/02/2025)
+(Last update - Dernière mise à jour : 31/08/2025)
 </t>
   </si>
   <si>
-    <t>European Court of Human Rights and mental health</t>
-[...11 lines deleted...]
-    <t>de Schutter, Olivier</t>
+    <t>Detention and the right to liberty : addressing gaps in protection at the European Court of Human Rights</t>
+  </si>
+  <si>
+    <t>Garahan, Sabina</t>
+  </si>
+  <si>
+    <t>Preventive deprivation of liberty : the European Convention on Human Rights perspective</t>
+  </si>
+  <si>
+    <t>Sroka, Tomasz</t>
+  </si>
+  <si>
+    <t>Sentencing mentally disordered offenders : comparing provisions in Türkiye, England and Wales, and the Netherlands to the ECHR framework</t>
+  </si>
+  <si>
+    <t>Yılmaz, Candan</t>
+  </si>
+  <si>
+    <t>Groningen : University of Groningen Press</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="10" x14ac:knownFonts="1">
+  <fonts count="11" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="4" tint="-0.499984740745262"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <i/>
       <sz val="11"/>
       <color theme="4" tint="-0.499984740745262"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
@@ -469,50 +490,56 @@
       <i/>
       <sz val="11"/>
       <color rgb="FF0070C0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="4" tint="-0.499984740745262"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="16"/>
       <color theme="4" tint="-0.499984740745262"/>
       <name val="Segoe UI Semibold"/>
       <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="4" tint="-0.499984740745262"/>
+      <name val="Calibri"/>
+      <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="3" tint="-0.499984740745262"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="8">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
@@ -585,146 +612,137 @@
         <color theme="4"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="4"/>
       </left>
       <right style="thin">
         <color theme="4"/>
       </right>
       <top style="thin">
         <color theme="4"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="33">
+  <cellXfs count="30">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="9"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="9"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="9"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="9"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="4" xfId="2" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="2" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="3" xfId="2" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="2" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="3" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="6" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="7" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="7" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...14 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Hyperlink 2" xfId="3" xr:uid="{41BEC4C2-B96F-4B85-95B5-B49750FFCC8A}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0" customBuiltin="1"/>
     <cellStyle name="Normal 2" xfId="2" xr:uid="{672746E0-6AA4-443B-8557-EC49125E4620}"/>
   </cellStyles>
   <dxfs count="9">
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <scheme val="minor"/>
@@ -1030,52 +1048,52 @@
         <a:xfrm>
           <a:off x="133350" y="66675"/>
           <a:ext cx="2352675" cy="885825"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="Table1" displayName="Table1" ref="B7:F24" totalsRowShown="0" headerRowDxfId="8" headerRowBorderDxfId="7" tableBorderDxfId="6" totalsRowBorderDxfId="5">
-  <autoFilter ref="B7:F24" xr:uid="{00000000-0009-0000-0100-000001000000}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="Table1" displayName="Table1" ref="B7:F27" totalsRowShown="0" headerRowDxfId="8" headerRowBorderDxfId="7" tableBorderDxfId="6" totalsRowBorderDxfId="5">
+  <autoFilter ref="B7:F27" xr:uid="{00000000-0009-0000-0100-000001000000}"/>
   <tableColumns count="5">
     <tableColumn id="1" xr3:uid="{00000000-0010-0000-0000-000001000000}" name="  Title - Titre" dataDxfId="4" dataCellStyle="Normal 2"/>
     <tableColumn id="2" xr3:uid="{00000000-0010-0000-0000-000002000000}" name="Author - Auteur" dataDxfId="3" dataCellStyle="Normal 2"/>
     <tableColumn id="3" xr3:uid="{00000000-0010-0000-0000-000003000000}" name="Source / Publisher - Éditeur" dataDxfId="2" dataCellStyle="Normal 2"/>
     <tableColumn id="4" xr3:uid="{00000000-0010-0000-0000-000004000000}" name="Date " dataDxfId="1" dataCellStyle="Normal 2"/>
     <tableColumn id="5" xr3:uid="{00000000-0010-0000-0000-000005000000}" name="Call number - Cote" dataDxfId="0" dataCellStyle="Normal 2"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
@@ -1345,79 +1363,79 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.echr.coe.int/LibraryDocs/DG2/HRHAND/DG2-EN-HRHAND-05(2004).pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hrls.echr.coe.int/uhtbin/cgisirsi.exe/x/0/0/5?searchdata1=couredh%20AND%20cedh-4%7b694%7d&amp;sort_by=-PBYR" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.echr.coe.int/Pages/home.aspx?p=library&amp;c=" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.echr.coe.int/Pages/home.aspx?p=library&amp;c=" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.echr.coe.int/Pages/home.aspx?p=library&amp;c=" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hrls.echr.coe.int/uhtbin/cgisirsi.exe/x/0/0/5?searchdata1=couredh%20AND%20cedh-5%7b694%7d&amp;sort_by=-PBYR" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hrls.echr.coe.int/uhtbin/cgisirsi.exe/x/0/0/5?searchdata1=couredh%20AND%20cedh-5%7b694%7d&amp;sort_by=-PBYR" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.echr.coe.int/Pages/home.aspx?p=library&amp;c=fre" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.echr.coe.int/LibraryDocs/DG2/HRHAND/DG2-FR-HRHAND-05(2003).pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet1">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:G24"/>
+  <dimension ref="A1:G27"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="B2" sqref="B2:F2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.15234375" defaultRowHeight="14.6" x14ac:dyDescent="0.4"/>
   <cols>
     <col min="1" max="1" width="1.69140625" style="1" customWidth="1"/>
     <col min="2" max="2" width="51.3828125" style="3" customWidth="1"/>
     <col min="3" max="3" width="27.84375" style="3" customWidth="1"/>
     <col min="4" max="4" width="58.69140625" style="3" customWidth="1"/>
     <col min="5" max="5" width="10" style="2" customWidth="1"/>
     <col min="6" max="6" width="25" style="3" customWidth="1"/>
     <col min="7" max="16384" width="9.15234375" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="23.15" x14ac:dyDescent="0.4">
       <c r="B1" s="11" t="s">
         <v>63</v>
       </c>
       <c r="C1" s="11"/>
       <c r="D1" s="11"/>
       <c r="E1" s="11"/>
       <c r="F1" s="11"/>
     </row>
     <row r="2" spans="1:7" ht="144.75" customHeight="1" x14ac:dyDescent="0.6">
       <c r="B2" s="12" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="C2" s="12"/>
       <c r="D2" s="12"/>
       <c r="E2" s="12"/>
       <c r="F2" s="12"/>
     </row>
     <row r="3" spans="1:7" ht="28.95" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B3" s="13" t="s">
         <v>49</v>
       </c>
       <c r="C3" s="13"/>
       <c r="D3" s="14" t="s">
         <v>50</v>
       </c>
       <c r="E3" s="15"/>
       <c r="F3" s="15"/>
       <c r="G3" s="4"/>
     </row>
     <row r="4" spans="1:7" ht="28.95" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B4" s="9" t="s">
         <v>51</v>
       </c>
       <c r="C4" s="9"/>
       <c r="D4" s="10" t="s">
         <v>52</v>
@@ -1446,362 +1464,413 @@
       <c r="C6" s="9"/>
       <c r="D6" s="10" t="s">
         <v>55</v>
       </c>
       <c r="E6" s="10"/>
       <c r="F6" s="10"/>
     </row>
     <row r="7" spans="1:7" ht="51" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A7" s="2"/>
       <c r="B7" s="6" t="s">
         <v>56</v>
       </c>
       <c r="C7" s="6" t="s">
         <v>57</v>
       </c>
       <c r="D7" s="6" t="s">
         <v>58</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>0</v>
       </c>
       <c r="F7" s="6" t="s">
         <v>59</v>
       </c>
     </row>
-    <row r="8" spans="1:7" x14ac:dyDescent="0.4">
+    <row r="8" spans="1:7" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B8" s="16" t="s">
+        <v>74</v>
+      </c>
+      <c r="C8" s="17" t="s">
+        <v>75</v>
+      </c>
+      <c r="D8" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="E8" s="18">
+        <v>2025</v>
+      </c>
+      <c r="F8" s="19" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="9" spans="1:7" ht="29.15" x14ac:dyDescent="0.4">
+      <c r="B9" s="16" t="s">
+        <v>76</v>
+      </c>
+      <c r="C9" s="17" t="s">
+        <v>77</v>
+      </c>
+      <c r="D9" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="E9" s="18">
+        <v>2025</v>
+      </c>
+      <c r="F9" s="19" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="10" spans="1:7" ht="43.75" x14ac:dyDescent="0.4">
+      <c r="B10" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="C10" s="17" t="s">
+        <v>79</v>
+      </c>
+      <c r="D10" s="17" t="s">
+        <v>80</v>
+      </c>
+      <c r="E10" s="18">
+        <v>2025</v>
+      </c>
+      <c r="F10" s="19" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="11" spans="1:7" x14ac:dyDescent="0.4">
+      <c r="B11" s="16" t="s">
+        <v>68</v>
+      </c>
+      <c r="C11" s="17" t="s">
         <v>69</v>
       </c>
-      <c r="C8" s="17" t="s">
+      <c r="D11" s="17" t="s">
         <v>70</v>
       </c>
-      <c r="D8" s="17" t="s">
+      <c r="E11" s="20">
+        <v>2024</v>
+      </c>
+      <c r="F11" s="19" t="s">
         <v>71</v>
       </c>
-      <c r="E8" s="18">
-[...2 lines deleted...]
-      <c r="F8" s="19" t="s">
+    </row>
+    <row r="12" spans="1:7" x14ac:dyDescent="0.4">
+      <c r="B12" s="16" t="s">
+        <v>64</v>
+      </c>
+      <c r="C12" s="17" t="s">
+        <v>65</v>
+      </c>
+      <c r="D12" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="E12" s="20">
+        <v>2023</v>
+      </c>
+      <c r="F12" s="19" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="13" spans="1:7" ht="58.3" x14ac:dyDescent="0.4">
+      <c r="B13" s="16" t="s">
+        <v>60</v>
+      </c>
+      <c r="C13" s="17" t="s">
+        <v>61</v>
+      </c>
+      <c r="D13" s="17" t="s">
+        <v>62</v>
+      </c>
+      <c r="E13" s="20">
+        <v>2021</v>
+      </c>
+      <c r="F13" s="19" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="14" spans="1:7" ht="58.3" x14ac:dyDescent="0.4">
+      <c r="B14" s="21" t="s">
+        <v>45</v>
+      </c>
+      <c r="C14" s="22" t="s">
+        <v>46</v>
+      </c>
+      <c r="D14" s="22" t="s">
+        <v>47</v>
+      </c>
+      <c r="E14" s="23">
+        <v>2019</v>
+      </c>
+      <c r="F14" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="15" spans="1:7" ht="29.15" x14ac:dyDescent="0.4">
+      <c r="B15" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="C15" s="22" t="s">
+        <v>36</v>
+      </c>
+      <c r="D15" s="22" t="s">
+        <v>37</v>
+      </c>
+      <c r="E15" s="23">
+        <v>2018</v>
+      </c>
+      <c r="F15" s="24" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="16" spans="1:7" ht="29.15" x14ac:dyDescent="0.4">
+      <c r="B16" s="21" t="s">
+        <v>1</v>
+      </c>
+      <c r="C16" s="22" t="s">
+        <v>2</v>
+      </c>
+      <c r="D16" s="22" t="s">
+        <v>3</v>
+      </c>
+      <c r="E16" s="23">
+        <v>2018</v>
+      </c>
+      <c r="F16" s="24" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="17" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+      <c r="B17" s="21" t="s">
+        <v>39</v>
+      </c>
+      <c r="C17" s="22" t="s">
+        <v>40</v>
+      </c>
+      <c r="D17" s="22" t="s">
+        <v>41</v>
+      </c>
+      <c r="E17" s="23">
+        <v>2018</v>
+      </c>
+      <c r="F17" s="24" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="18" spans="2:6" x14ac:dyDescent="0.4">
+      <c r="B18" s="21" t="s">
+        <v>5</v>
+      </c>
+      <c r="C18" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="D18" s="22" t="s">
+        <v>7</v>
+      </c>
+      <c r="E18" s="23">
+        <v>2016</v>
+      </c>
+      <c r="F18" s="24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="19" spans="2:6" x14ac:dyDescent="0.4">
+      <c r="B19" s="21" t="s">
+        <v>9</v>
+      </c>
+      <c r="C19" s="22" t="s">
+        <v>10</v>
+      </c>
+      <c r="D19" s="22" t="s">
+        <v>11</v>
+      </c>
+      <c r="E19" s="23">
+        <v>2015</v>
+      </c>
+      <c r="F19" s="24" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="20" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+      <c r="B20" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="C20" s="22" t="s">
+        <v>14</v>
+      </c>
+      <c r="D20" s="22" t="s">
+        <v>7</v>
+      </c>
+      <c r="E20" s="23">
+        <v>2014</v>
+      </c>
+      <c r="F20" s="24" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="21" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+      <c r="B21" s="21" t="s">
+        <v>16</v>
+      </c>
+      <c r="C21" s="22" t="s">
+        <v>17</v>
+      </c>
+      <c r="D21" s="22" t="s">
+        <v>18</v>
+      </c>
+      <c r="E21" s="23">
+        <v>2014</v>
+      </c>
+      <c r="F21" s="24" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="22" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+      <c r="B22" s="21" t="s">
+        <v>20</v>
+      </c>
+      <c r="C22" s="22" t="s">
+        <v>43</v>
+      </c>
+      <c r="D22" s="22" t="s">
+        <v>21</v>
+      </c>
+      <c r="E22" s="23">
+        <v>2014</v>
+      </c>
+      <c r="F22" s="24" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="23" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+      <c r="B23" s="16" t="s">
+        <v>31</v>
+      </c>
+      <c r="C23" s="22" t="s">
+        <v>44</v>
+      </c>
+      <c r="D23" s="17" t="s">
+        <v>30</v>
+      </c>
+      <c r="E23" s="20">
+        <v>2003</v>
+      </c>
+      <c r="F23" s="25" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="24" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+      <c r="B24" s="21" t="s">
+        <v>29</v>
+      </c>
+      <c r="C24" s="22" t="s">
+        <v>27</v>
+      </c>
+      <c r="D24" s="22" t="s">
+        <v>30</v>
+      </c>
+      <c r="E24" s="23">
+        <v>2003</v>
+      </c>
+      <c r="F24" s="24" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="25" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+      <c r="B25" s="21" t="s">
+        <v>23</v>
+      </c>
+      <c r="C25" s="22" t="s">
+        <v>44</v>
+      </c>
+      <c r="D25" s="22" t="s">
+        <v>24</v>
+      </c>
+      <c r="E25" s="23">
+        <v>2002</v>
+      </c>
+      <c r="F25" s="25" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="26" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+      <c r="B26" s="21" t="s">
+        <v>26</v>
+      </c>
+      <c r="C26" s="22" t="s">
+        <v>27</v>
+      </c>
+      <c r="D26" s="22" t="s">
+        <v>24</v>
+      </c>
+      <c r="E26" s="23">
+        <v>2002</v>
+      </c>
+      <c r="F26" s="24" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="27" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+      <c r="B27" s="26" t="s">
+        <v>32</v>
+      </c>
+      <c r="C27" s="27" t="s">
         <v>72</v>
       </c>
-    </row>
-[...231 lines deleted...]
-      <c r="E22" s="26">
+      <c r="D27" s="27" t="s">
+        <v>33</v>
+      </c>
+      <c r="E27" s="28">
         <v>2002</v>
       </c>
-      <c r="F22" s="28" t="s">
-[...33 lines deleted...]
-      <c r="F24" s="32" t="s">
+      <c r="F27" s="29" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="10">
     <mergeCell ref="B5:C5"/>
     <mergeCell ref="D5:F5"/>
     <mergeCell ref="B6:C6"/>
     <mergeCell ref="D6:F6"/>
     <mergeCell ref="B1:F1"/>
     <mergeCell ref="B2:F2"/>
     <mergeCell ref="B3:C3"/>
     <mergeCell ref="D3:F3"/>
     <mergeCell ref="B4:C4"/>
     <mergeCell ref="D4:F4"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B3:G3" r:id="rId1" display="https://www.echr.coe.int/Pages/home.aspx?p=library&amp;c=" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
     <hyperlink ref="B3:F3" r:id="rId2" display="https://www.echr.coe.int/Pages/home.aspx?p=library&amp;c=" xr:uid="{BDD17252-4C31-4958-AAE4-15DA5A023763}"/>
     <hyperlink ref="B5:F5" r:id="rId3" display="For more references, refer to theLibrary’s catalogue." xr:uid="{B2A4D499-421C-447C-9E79-5CEFAF18706A}"/>
     <hyperlink ref="D3:F3" r:id="rId4" display="Tous les documents sont disponibles à la Bibliothèque de la Cour. Pour les consulter, un rendez-vous peut être pris sur le site de la Bibliothèque." xr:uid="{C393B106-E986-418D-B47C-A658AA7F10C8}"/>
     <hyperlink ref="B5:C5" r:id="rId5" display="For more references, refer to theLibrary’s catalogue." xr:uid="{D61734B8-27B7-400D-9E2D-3F451D05069F}"/>
     <hyperlink ref="D5:F5" r:id="rId6" display="Pour plus de références, consulter lecatalogue de la Bibliothèque." xr:uid="{D4C65200-C2DB-480E-BE58-0BFB9FB1D632}"/>
     <hyperlink ref="B3:C3" r:id="rId7" display="All documents are available in the Court'sLibrary, and an appointment to consult them can be made via the Library webpage." xr:uid="{5DD038B8-80B7-4D84-819B-6F7A5A1D51D6}"/>
-    <hyperlink ref="F22" r:id="rId8" xr:uid="{6C1C8BF6-9DA2-44B2-BB8D-6723B7F22436}"/>
-    <hyperlink ref="F20" r:id="rId9" xr:uid="{0222E816-8860-48EB-BF52-510F1CCC6A6A}"/>
+    <hyperlink ref="F25" r:id="rId8" xr:uid="{AB5C0430-52EF-4815-B9CB-E1A025B82D1B}"/>
+    <hyperlink ref="F23" r:id="rId9" xr:uid="{125A639A-3830-4676-BE51-BCC66DB5E74F}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.35433070866141736" right="0.71875" top="0.39" bottom="0.44" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="77" fitToHeight="0" orientation="landscape" r:id="rId10"/>
   <headerFooter differentFirst="1">
     <oddFooter>&amp;C&amp;P of &amp;N&amp;R&amp;F</oddFooter>
   </headerFooter>
   <drawing r:id="rId11"/>
   <tableParts count="1">
     <tablePart r:id="rId12"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr codeName="Sheet2"/>
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.6" x14ac:dyDescent="0.4"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>