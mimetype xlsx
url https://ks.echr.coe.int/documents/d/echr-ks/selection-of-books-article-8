--- v0 (2025-10-10)
+++ v1 (2026-02-04)
@@ -3,86 +3,86 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="26731"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27928"/>
   <workbookPr codeName="ThisWorkbook" autoCompressPictures="0" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\souppart\AppData\Roaming\OpenText\DM\Temp\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Souppart\AppData\Roaming\OpenText\DM\Temp\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{DF5E756E-9DDF-4AB0-83CE-DED76F95C3D2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{01C0AB4C-D71C-4343-9205-A343DE1D8548}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-103" yWindow="-103" windowWidth="16663" windowHeight="10492" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
     <sheet name="Sheet2" sheetId="2" r:id="rId2"/>
     <sheet name="Sheet3" sheetId="3" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Sheet1!$B$7:$F$7</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="143" uniqueCount="128">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="155" uniqueCount="136">
   <si>
     <t xml:space="preserve">Date </t>
   </si>
   <si>
     <t>Avis consultatif relatif à la reconnaissance en droit interne d’un lien de filiation entre un enfant né d’une gestation pour autrui pratiquée à l’étranger et la mère d’intention : demandé par la Cour de cassation française (n° P16-2018-001)</t>
   </si>
   <si>
     <t>Cour européenne des droits de l'homme</t>
   </si>
   <si>
     <t>DIGITAL</t>
   </si>
   <si>
     <t>Advisory opinion concerning the recognition in domestic law of a legal parent-child relationship between a child born through a gestational surrogacy arrangement abroad and the intended mother : requested by the French Court of Cassation (No. P16-2018-001)</t>
   </si>
   <si>
     <t>European Court of Human Rights</t>
   </si>
   <si>
     <t>Handbook on European Data Protection Law</t>
   </si>
   <si>
     <t>The legitimacy of family rights in Strasbourg case law : “living instrument” or extinguished sovereignty ?</t>
   </si>
   <si>
@@ -559,59 +559,83 @@
   </si>
   <si>
     <t>342.717(42) % WRA</t>
   </si>
   <si>
     <t>ECHR-KS / CEDH-KS</t>
   </si>
   <si>
     <t>Nationality and statelessness in Europe : European law on preventing and solving statelessness</t>
   </si>
   <si>
     <t>Vlieks, Caia</t>
   </si>
   <si>
     <t>342.711(4) % VLI</t>
   </si>
   <si>
     <t>Borillo, Daniel (ed.)</t>
   </si>
   <si>
     <t>Ippolito, Francesca (ed.)</t>
   </si>
   <si>
     <t xml:space="preserve">Book selection - Sélection de livres
 Article  8
-(Last updated - Dernière mise à jour : 28/02/2025)
+(Last updated - Dernière mise à jour : 31/08/2025)
 </t>
+  </si>
+  <si>
+    <t>Gender and the European Court of Human Rights</t>
+  </si>
+  <si>
+    <t>Elfving, Sanna</t>
+  </si>
+  <si>
+    <t>EBOOK</t>
+  </si>
+  <si>
+    <t>Surveillance law, data retention and human rights : a risk to democracy</t>
+  </si>
+  <si>
+    <t>White, Matthew</t>
+  </si>
+  <si>
+    <t>Procreative rights in international law : insights from the European Court of Human Rights</t>
+  </si>
+  <si>
+    <t>Draghici, Carmen</t>
+  </si>
+  <si>
+    <t>Cambridge ... [et al.] : Cambridge University Press</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="10" x14ac:knownFonts="1">
+  <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="4" tint="-0.499984740745262"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <i/>
       <sz val="11"/>
       <color theme="4" tint="-0.499984740745262"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
@@ -636,56 +660,50 @@
       <color rgb="FF0070C0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <i/>
       <sz val="11"/>
       <color rgb="FF0070C0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="4" tint="-0.499984740745262"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="16"/>
       <color theme="4" tint="-0.499984740745262"/>
       <name val="Segoe UI Semibold"/>
       <family val="2"/>
-    </font>
-[...4 lines deleted...]
-      <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="3" tint="-0.499984740745262"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="6">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
@@ -734,99 +752,93 @@
         <color theme="4"/>
       </top>
       <bottom style="thin">
         <color theme="4"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="4"/>
       </left>
       <right/>
       <top style="thin">
         <color theme="4"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="26">
+  <cellXfs count="24">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="2" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="2" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="2" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="2" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="3" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...4 lines deleted...]
-      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="9"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="9"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="9"/>
     </xf>
@@ -1156,52 +1168,52 @@
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="142875" y="57150"/>
           <a:ext cx="2350112" cy="888531"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="Table1" displayName="Table1" ref="B7:F39" totalsRowShown="0" headerRowDxfId="8" headerRowBorderDxfId="7" tableBorderDxfId="6" totalsRowBorderDxfId="5">
-  <autoFilter ref="B7:F39" xr:uid="{00000000-0009-0000-0100-000001000000}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="Table1" displayName="Table1" ref="B7:F42" totalsRowShown="0" headerRowDxfId="8" headerRowBorderDxfId="7" tableBorderDxfId="6" totalsRowBorderDxfId="5">
+  <autoFilter ref="B7:F42" xr:uid="{00000000-0009-0000-0100-000001000000}"/>
   <tableColumns count="5">
     <tableColumn id="1" xr3:uid="{00000000-0010-0000-0000-000001000000}" name="  Title - Titre" dataDxfId="4" dataCellStyle="Normal 2"/>
     <tableColumn id="2" xr3:uid="{00000000-0010-0000-0000-000002000000}" name="Author - Auteur" dataDxfId="3" dataCellStyle="Normal 2"/>
     <tableColumn id="3" xr3:uid="{00000000-0010-0000-0000-000003000000}" name="Source / Publisher - Éditeur" dataDxfId="2" dataCellStyle="Normal 2"/>
     <tableColumn id="4" xr3:uid="{00000000-0010-0000-0000-000004000000}" name="Date " dataDxfId="1" dataCellStyle="Normal 2"/>
     <tableColumn id="5" xr3:uid="{00000000-0010-0000-0000-000005000000}" name="Call number - Cote" dataDxfId="0" dataCellStyle="Normal 2"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
@@ -1471,726 +1483,777 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.echr.coe.int/Pages/home.aspx?p=library&amp;c=" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.echr.coe.int/library/DIGDOC/COUREDH-2018-Handbook-non-discrimination_eng.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://echr.coe.int/LIBRARY/DIGDOC/UE-FRA-2018-Handbook_data_protection_FRE.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hrls.echr.coe.int/uhtbin/cgisirsi.exe/x/0/0/5?searchdata1=couredh%20AND%20cedh-4%7b694%7d&amp;sort_by=-PBYR" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hrls.echr.coe.int/uhtbin/cgisirsi.exe/x/0/0/5?searchdata1=couredh%20AND%20cedh-8%7b694%7d&amp;sort_by=-PBYR" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://echr.coe.int/LIBRARY/DIGDOC/FRA-2018-European_data_protection_law.PDF" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.echr.coe.int/LibraryDocs/Roagna2012_FR.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hrls.echr.coe.int/uhtbin/cgisirsi.exe/x/0/0/5?searchdata1=couredh%20and%20cedh-8%7b694%7d&amp;sort_by=-PBYR" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.echr.coe.int/LibraryDocs/Roagna2012_EN.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.echr.coe.int/Pages/home.aspx?p=library&amp;c=" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hrls.echr.coe.int/uhtbin/cgisirsi.exe/x/0/0/5?searchdata1=couredh%20AND%20cedh-8%7b694%7d&amp;sort_by=-PBYR" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.echr.coe.int/LibraryDocs/COUREDH-2019-EN-Opinion-P16-2018-001.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.echr.coe.int/Pages/home.aspx?p=library&amp;c=fre" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.echr.coe.int/LibraryDocs/RAJSKA-2016-Sexual_discrimination_Montenegro_EN.PDF" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.echr.coe.int/LibraryDocs/COUREDH-2019-FR-Avis-P16-2018-001.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://echr.coe.int/LIBRARY/DIGDOC/AIRE_Centre-2022-Gender_equality_and_discrimination_on_the_grounds_of_sex.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.echr.coe.int/Pages/home.aspx?p=library&amp;c=" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.echr.coe.int/LibraryDocs/CASONATO-2014-Rights_on_the_move_rainbow_families.PDF" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.echr.coe.int/LibraryDocs/GOSSELIN-2018-Protection_de_la_vie_priv%C3%A9e-Livre_blanc.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet1">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="B1:G39"/>
+  <dimension ref="B1:G42"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" topLeftCell="B2" zoomScaleNormal="100" workbookViewId="0">
+    <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="B2" sqref="B2:F2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.15234375" defaultRowHeight="14.6" x14ac:dyDescent="0.4"/>
   <cols>
     <col min="1" max="1" width="1.53515625" style="1" customWidth="1"/>
     <col min="2" max="2" width="51.3828125" style="3" customWidth="1"/>
     <col min="3" max="3" width="27.84375" style="3" customWidth="1"/>
     <col min="4" max="4" width="58.53515625" style="3" customWidth="1"/>
     <col min="5" max="5" width="10" style="2" customWidth="1"/>
     <col min="6" max="6" width="24" style="3" customWidth="1"/>
     <col min="7" max="16384" width="9.15234375" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:7" ht="23.15" x14ac:dyDescent="0.4">
-      <c r="B1" s="17" t="s">
+      <c r="B1" s="15" t="s">
         <v>121</v>
       </c>
-      <c r="C1" s="17"/>
-[...2 lines deleted...]
-      <c r="F1" s="17"/>
+      <c r="C1" s="15"/>
+      <c r="D1" s="15"/>
+      <c r="E1" s="15"/>
+      <c r="F1" s="15"/>
     </row>
     <row r="2" spans="2:7" ht="167.25" customHeight="1" x14ac:dyDescent="0.6">
-      <c r="B2" s="22" t="s">
+      <c r="B2" s="20" t="s">
         <v>127</v>
       </c>
-      <c r="C2" s="22"/>
-[...2 lines deleted...]
-      <c r="F2" s="22"/>
+      <c r="C2" s="20"/>
+      <c r="D2" s="20"/>
+      <c r="E2" s="20"/>
+      <c r="F2" s="20"/>
     </row>
     <row r="3" spans="2:7" ht="29.15" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B3" s="23" t="s">
+      <c r="B3" s="21" t="s">
         <v>75</v>
       </c>
-      <c r="C3" s="23"/>
-      <c r="D3" s="24" t="s">
+      <c r="C3" s="21"/>
+      <c r="D3" s="22" t="s">
         <v>76</v>
       </c>
-      <c r="E3" s="25"/>
-      <c r="F3" s="25"/>
+      <c r="E3" s="23"/>
+      <c r="F3" s="23"/>
       <c r="G3" s="11"/>
     </row>
     <row r="4" spans="2:7" ht="29.15" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B4" s="20" t="s">
+      <c r="B4" s="18" t="s">
         <v>77</v>
       </c>
-      <c r="C4" s="20"/>
-      <c r="D4" s="21" t="s">
+      <c r="C4" s="18"/>
+      <c r="D4" s="19" t="s">
         <v>78</v>
       </c>
-      <c r="E4" s="21"/>
-      <c r="F4" s="21"/>
+      <c r="E4" s="19"/>
+      <c r="F4" s="19"/>
       <c r="G4" s="11"/>
     </row>
     <row r="5" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B5" s="18" t="s">
+      <c r="B5" s="16" t="s">
         <v>79</v>
       </c>
-      <c r="C5" s="18"/>
-      <c r="D5" s="19" t="s">
+      <c r="C5" s="16"/>
+      <c r="D5" s="17" t="s">
         <v>80</v>
       </c>
-      <c r="E5" s="19"/>
-      <c r="F5" s="19"/>
+      <c r="E5" s="17"/>
+      <c r="F5" s="17"/>
       <c r="G5" s="12"/>
     </row>
     <row r="6" spans="2:7" ht="92.7" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B6" s="20" t="s">
+      <c r="B6" s="18" t="s">
         <v>81</v>
       </c>
-      <c r="C6" s="20"/>
-      <c r="D6" s="21" t="s">
+      <c r="C6" s="18"/>
+      <c r="D6" s="19" t="s">
         <v>82</v>
       </c>
-      <c r="E6" s="21"/>
-      <c r="F6" s="21"/>
+      <c r="E6" s="19"/>
+      <c r="F6" s="19"/>
     </row>
     <row r="7" spans="2:7" s="2" customFormat="1" ht="51" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B7" s="13" t="s">
         <v>83</v>
       </c>
       <c r="C7" s="13" t="s">
         <v>84</v>
       </c>
       <c r="D7" s="13" t="s">
         <v>85</v>
       </c>
       <c r="E7" s="13" t="s">
         <v>0</v>
       </c>
       <c r="F7" s="13" t="s">
         <v>86</v>
       </c>
     </row>
-    <row r="8" spans="2:7" ht="29.15" x14ac:dyDescent="0.4">
+    <row r="8" spans="2:7" x14ac:dyDescent="0.4">
       <c r="B8" s="7" t="s">
+        <v>128</v>
+      </c>
+      <c r="C8" s="8" t="s">
+        <v>129</v>
+      </c>
+      <c r="D8" s="8" t="s">
+        <v>89</v>
+      </c>
+      <c r="E8" s="9">
+        <v>2025</v>
+      </c>
+      <c r="F8" s="10" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="9" spans="2:7" ht="29.15" x14ac:dyDescent="0.4">
+      <c r="B9" s="7" t="s">
+        <v>131</v>
+      </c>
+      <c r="C9" s="8" t="s">
+        <v>132</v>
+      </c>
+      <c r="D9" s="8" t="s">
+        <v>89</v>
+      </c>
+      <c r="E9" s="9">
+        <v>2025</v>
+      </c>
+      <c r="F9" s="10" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="10" spans="2:7" ht="29.15" x14ac:dyDescent="0.4">
+      <c r="B10" s="7" t="s">
+        <v>133</v>
+      </c>
+      <c r="C10" s="8" t="s">
+        <v>134</v>
+      </c>
+      <c r="D10" s="8" t="s">
+        <v>135</v>
+      </c>
+      <c r="E10" s="9">
+        <v>2024</v>
+      </c>
+      <c r="F10" s="10" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="11" spans="2:7" ht="29.15" x14ac:dyDescent="0.4">
+      <c r="B11" s="7" t="s">
         <v>117</v>
       </c>
-      <c r="C8" s="8" t="s">
+      <c r="C11" s="8" t="s">
         <v>118</v>
       </c>
-      <c r="D8" s="8" t="s">
+      <c r="D11" s="8" t="s">
         <v>119</v>
       </c>
-      <c r="E8" s="15">
+      <c r="E11" s="9">
         <v>2023</v>
       </c>
-      <c r="F8" s="10" t="s">
+      <c r="F11" s="10" t="s">
         <v>120</v>
       </c>
     </row>
-    <row r="9" spans="2:7" ht="43.75" x14ac:dyDescent="0.4">
-      <c r="B9" s="7" t="s">
+    <row r="12" spans="2:7" ht="43.75" x14ac:dyDescent="0.4">
+      <c r="B12" s="7" t="s">
         <v>107</v>
       </c>
-      <c r="C9" s="8" t="s">
+      <c r="C12" s="8" t="s">
         <v>108</v>
       </c>
-      <c r="D9" s="8" t="s">
+      <c r="D12" s="8" t="s">
         <v>109</v>
       </c>
-      <c r="E9" s="9">
+      <c r="E12" s="9">
         <v>2022</v>
       </c>
-      <c r="F9" s="14" t="s">
+      <c r="F12" s="14" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="10" spans="2:7" ht="43.75" x14ac:dyDescent="0.4">
-      <c r="B10" s="16" t="s">
+    <row r="13" spans="2:7" ht="43.75" x14ac:dyDescent="0.4">
+      <c r="B13" s="7" t="s">
         <v>110</v>
       </c>
-      <c r="C10" s="8" t="s">
+      <c r="C13" s="8" t="s">
         <v>111</v>
       </c>
-      <c r="D10" s="8" t="s">
+      <c r="D13" s="8" t="s">
         <v>96</v>
       </c>
-      <c r="E10" s="15">
+      <c r="E13" s="9">
         <v>2022</v>
       </c>
-      <c r="F10" s="10" t="s">
+      <c r="F13" s="10" t="s">
         <v>112</v>
       </c>
     </row>
-    <row r="11" spans="2:7" x14ac:dyDescent="0.4">
-      <c r="B11" s="7" t="s">
+    <row r="14" spans="2:7" x14ac:dyDescent="0.4">
+      <c r="B14" s="7" t="s">
         <v>87</v>
       </c>
-      <c r="C11" s="8" t="s">
+      <c r="C14" s="8" t="s">
         <v>88</v>
       </c>
-      <c r="D11" s="8" t="s">
+      <c r="D14" s="8" t="s">
         <v>89</v>
       </c>
-      <c r="E11" s="9">
+      <c r="E14" s="9">
         <v>2022</v>
       </c>
-      <c r="F11" s="10" t="s">
+      <c r="F14" s="10" t="s">
         <v>90</v>
       </c>
     </row>
-    <row r="12" spans="2:7" ht="29.15" x14ac:dyDescent="0.4">
-      <c r="B12" s="7" t="s">
+    <row r="15" spans="2:7" ht="29.15" x14ac:dyDescent="0.4">
+      <c r="B15" s="7" t="s">
         <v>122</v>
       </c>
-      <c r="C12" s="8" t="s">
+      <c r="C15" s="8" t="s">
         <v>123</v>
       </c>
-      <c r="D12" s="8" t="s">
+      <c r="D15" s="8" t="s">
         <v>96</v>
       </c>
-      <c r="E12" s="15">
+      <c r="E15" s="9">
         <v>2022</v>
       </c>
-      <c r="F12" s="10" t="s">
+      <c r="F15" s="10" t="s">
         <v>124</v>
-      </c>
-[...49 lines deleted...]
-        <v>65</v>
       </c>
     </row>
     <row r="16" spans="2:7" x14ac:dyDescent="0.4">
       <c r="B16" s="7" t="s">
+        <v>72</v>
+      </c>
+      <c r="C16" s="8" t="s">
+        <v>73</v>
+      </c>
+      <c r="D16" s="8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E16" s="9">
+        <v>2021</v>
+      </c>
+      <c r="F16" s="10" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="17" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+      <c r="B17" s="7" t="s">
+        <v>91</v>
+      </c>
+      <c r="C17" s="8" t="s">
+        <v>92</v>
+      </c>
+      <c r="D17" s="8" t="s">
+        <v>93</v>
+      </c>
+      <c r="E17" s="9">
+        <v>2021</v>
+      </c>
+      <c r="F17" s="10" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="18" spans="2:6" ht="87.45" x14ac:dyDescent="0.4">
+      <c r="B18" s="7" t="s">
+        <v>64</v>
+      </c>
+      <c r="C18" s="8" t="s">
+        <v>125</v>
+      </c>
+      <c r="D18" s="8" t="s">
+        <v>95</v>
+      </c>
+      <c r="E18" s="9">
+        <v>2020</v>
+      </c>
+      <c r="F18" s="10" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="19" spans="2:6" x14ac:dyDescent="0.4">
+      <c r="B19" s="7" t="s">
         <v>66</v>
       </c>
-      <c r="C16" s="8" t="s">
+      <c r="C19" s="8" t="s">
         <v>67</v>
       </c>
-      <c r="D16" s="8" t="s">
+      <c r="D19" s="8" t="s">
         <v>96</v>
       </c>
-      <c r="E16" s="9">
+      <c r="E19" s="9">
         <v>2020</v>
       </c>
-      <c r="F16" s="10" t="s">
+      <c r="F19" s="10" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="17" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
-      <c r="B17" s="7" t="s">
+    <row r="20" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+      <c r="B20" s="7" t="s">
         <v>69</v>
       </c>
-      <c r="C17" s="8" t="s">
+      <c r="C20" s="8" t="s">
         <v>70</v>
       </c>
-      <c r="D17" s="8" t="s">
+      <c r="D20" s="8" t="s">
         <v>97</v>
       </c>
-      <c r="E17" s="9">
+      <c r="E20" s="9">
         <v>2020</v>
       </c>
-      <c r="F17" s="10" t="s">
+      <c r="F20" s="10" t="s">
         <v>71</v>
       </c>
     </row>
-    <row r="18" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
-      <c r="B18" s="7" t="s">
+    <row r="21" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+      <c r="B21" s="7" t="s">
         <v>35</v>
       </c>
-      <c r="C18" s="8" t="s">
+      <c r="C21" s="8" t="s">
         <v>36</v>
       </c>
-      <c r="D18" s="8" t="s">
+      <c r="D21" s="8" t="s">
         <v>98</v>
-      </c>
-[...49 lines deleted...]
-        <v>62</v>
       </c>
       <c r="E21" s="9">
         <v>2019</v>
       </c>
       <c r="F21" s="10" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="22" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="22" spans="2:6" ht="72.900000000000006" x14ac:dyDescent="0.4">
       <c r="B22" s="7" t="s">
-        <v>38</v>
+        <v>1</v>
       </c>
       <c r="C22" s="8" t="s">
-        <v>39</v>
+        <v>2</v>
       </c>
       <c r="D22" s="8" t="s">
-        <v>40</v>
+        <v>99</v>
       </c>
       <c r="E22" s="9">
         <v>2019</v>
       </c>
-      <c r="F22" s="10" t="s">
-[...3 lines deleted...]
-    <row r="23" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+      <c r="F22" s="4" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="23" spans="2:6" ht="72.900000000000006" x14ac:dyDescent="0.4">
       <c r="B23" s="7" t="s">
-        <v>113</v>
+        <v>4</v>
       </c>
       <c r="C23" s="8" t="s">
-        <v>114</v>
+        <v>5</v>
       </c>
       <c r="D23" s="8" t="s">
-        <v>115</v>
-[...1 lines deleted...]
-      <c r="E23" s="15">
+        <v>100</v>
+      </c>
+      <c r="E23" s="9">
         <v>2019</v>
       </c>
-      <c r="F23" s="10" t="s">
-        <v>116</v>
+      <c r="F23" s="4" t="s">
+        <v>3</v>
       </c>
     </row>
     <row r="24" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B24" s="7" t="s">
-        <v>51</v>
+        <v>60</v>
       </c>
       <c r="C24" s="8" t="s">
-        <v>52</v>
+        <v>61</v>
       </c>
       <c r="D24" s="8" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="E24" s="9">
         <v>2019</v>
       </c>
-      <c r="F24" s="4" t="s">
-        <v>54</v>
+      <c r="F24" s="10" t="s">
+        <v>63</v>
       </c>
     </row>
     <row r="25" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B25" s="7" t="s">
+        <v>38</v>
+      </c>
+      <c r="C25" s="8" t="s">
+        <v>39</v>
+      </c>
+      <c r="D25" s="8" t="s">
+        <v>40</v>
+      </c>
+      <c r="E25" s="9">
+        <v>2019</v>
+      </c>
+      <c r="F25" s="10" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="26" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+      <c r="B26" s="7" t="s">
+        <v>113</v>
+      </c>
+      <c r="C26" s="8" t="s">
+        <v>114</v>
+      </c>
+      <c r="D26" s="8" t="s">
+        <v>115</v>
+      </c>
+      <c r="E26" s="9">
+        <v>2019</v>
+      </c>
+      <c r="F26" s="10" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="27" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+      <c r="B27" s="7" t="s">
+        <v>51</v>
+      </c>
+      <c r="C27" s="8" t="s">
+        <v>52</v>
+      </c>
+      <c r="D27" s="8" t="s">
+        <v>53</v>
+      </c>
+      <c r="E27" s="9">
+        <v>2019</v>
+      </c>
+      <c r="F27" s="4" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="28" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+      <c r="B28" s="7" t="s">
         <v>6</v>
       </c>
-      <c r="C25" s="8" t="s">
+      <c r="C28" s="8" t="s">
         <v>101</v>
       </c>
-      <c r="D25" s="8" t="s">
+      <c r="D28" s="8" t="s">
         <v>102</v>
       </c>
-      <c r="E25" s="9">
+      <c r="E28" s="9">
         <v>2018</v>
       </c>
-      <c r="F25" s="5" t="s">
+      <c r="F28" s="5" t="s">
         <v>42</v>
-      </c>
-[...49 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="29" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B29" s="7" t="s">
+        <v>43</v>
+      </c>
+      <c r="C29" s="8" t="s">
+        <v>101</v>
+      </c>
+      <c r="D29" s="8" t="s">
+        <v>102</v>
+      </c>
+      <c r="E29" s="9">
+        <v>2018</v>
+      </c>
+      <c r="F29" s="6" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="30" spans="2:6" ht="58.3" x14ac:dyDescent="0.4">
+      <c r="B30" s="7" t="s">
+        <v>44</v>
+      </c>
+      <c r="C30" s="8" t="s">
+        <v>45</v>
+      </c>
+      <c r="D30" s="8" t="s">
+        <v>97</v>
+      </c>
+      <c r="E30" s="9">
+        <v>2018</v>
+      </c>
+      <c r="F30" s="4" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="31" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+      <c r="B31" s="7" t="s">
+        <v>7</v>
+      </c>
+      <c r="C31" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="D31" s="8" t="s">
+        <v>104</v>
+      </c>
+      <c r="E31" s="9">
+        <v>2017</v>
+      </c>
+      <c r="F31" s="10" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="32" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+      <c r="B32" s="7" t="s">
         <v>46</v>
       </c>
-      <c r="C29" s="8" t="s">
+      <c r="C32" s="8" t="s">
         <v>47</v>
       </c>
-      <c r="D29" s="8" t="s">
+      <c r="D32" s="8" t="s">
         <v>105</v>
       </c>
-      <c r="E29" s="9">
+      <c r="E32" s="9">
         <v>2017</v>
       </c>
-      <c r="F29" s="10" t="s">
+      <c r="F32" s="10" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="30" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
-      <c r="B30" s="7" t="s">
+    <row r="33" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+      <c r="B33" s="7" t="s">
         <v>49</v>
       </c>
-      <c r="C30" s="8" t="s">
+      <c r="C33" s="8" t="s">
         <v>126</v>
       </c>
-      <c r="D30" s="8" t="s">
+      <c r="D33" s="8" t="s">
         <v>106</v>
       </c>
-      <c r="E30" s="9">
+      <c r="E33" s="9">
         <v>2017</v>
       </c>
-      <c r="F30" s="10" t="s">
+      <c r="F33" s="10" t="s">
         <v>50</v>
       </c>
     </row>
-    <row r="31" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
-      <c r="B31" s="7" t="s">
+    <row r="34" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+      <c r="B34" s="7" t="s">
         <v>10</v>
       </c>
-      <c r="C31" s="8" t="s">
+      <c r="C34" s="8" t="s">
         <v>11</v>
       </c>
-      <c r="D31" s="8" t="s">
+      <c r="D34" s="8" t="s">
         <v>12</v>
       </c>
-      <c r="E31" s="9">
+      <c r="E34" s="9">
         <v>2016</v>
       </c>
-      <c r="F31" s="10" t="s">
+      <c r="F34" s="10" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="32" spans="2:6" ht="58.3" x14ac:dyDescent="0.4">
-      <c r="B32" s="7" t="s">
+    <row r="35" spans="2:6" ht="58.3" x14ac:dyDescent="0.4">
+      <c r="B35" s="7" t="s">
         <v>14</v>
       </c>
-      <c r="C32" s="8" t="s">
+      <c r="C35" s="8" t="s">
         <v>15</v>
       </c>
-      <c r="D32" s="8" t="s">
+      <c r="D35" s="8" t="s">
         <v>16</v>
       </c>
-      <c r="E32" s="9">
+      <c r="E35" s="9">
         <v>2016</v>
       </c>
-      <c r="F32" s="5" t="s">
+      <c r="F35" s="5" t="s">
         <v>17</v>
-      </c>
-[...49 lines deleted...]
-        <v>3</v>
       </c>
     </row>
     <row r="36" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B36" s="7" t="s">
-        <v>55</v>
+        <v>18</v>
       </c>
       <c r="C36" s="8" t="s">
-        <v>30</v>
+        <v>19</v>
       </c>
       <c r="D36" s="8" t="s">
-        <v>56</v>
+        <v>20</v>
       </c>
       <c r="E36" s="9">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="F36" s="10" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="37" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="37" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B37" s="7" t="s">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="C37" s="8" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="D37" s="8" t="s">
-        <v>57</v>
+        <v>24</v>
       </c>
       <c r="E37" s="9">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="F37" s="10" t="s">
-        <v>31</v>
+        <v>25</v>
       </c>
     </row>
     <row r="38" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B38" s="7" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="C38" s="8" t="s">
-        <v>33</v>
+        <v>27</v>
       </c>
       <c r="D38" s="8" t="s">
-        <v>59</v>
+        <v>28</v>
       </c>
       <c r="E38" s="9">
-        <v>2012</v>
-[...2 lines deleted...]
-        <v>34</v>
+        <v>2014</v>
+      </c>
+      <c r="F38" s="5" t="s">
+        <v>3</v>
       </c>
     </row>
     <row r="39" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B39" s="7" t="s">
+        <v>55</v>
+      </c>
+      <c r="C39" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="D39" s="8" t="s">
+        <v>56</v>
+      </c>
+      <c r="E39" s="9">
+        <v>2014</v>
+      </c>
+      <c r="F39" s="10" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="40" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+      <c r="B40" s="7" t="s">
+        <v>29</v>
+      </c>
+      <c r="C40" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="D40" s="8" t="s">
+        <v>57</v>
+      </c>
+      <c r="E40" s="9">
+        <v>2013</v>
+      </c>
+      <c r="F40" s="10" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="41" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+      <c r="B41" s="7" t="s">
+        <v>58</v>
+      </c>
+      <c r="C41" s="8" t="s">
+        <v>33</v>
+      </c>
+      <c r="D41" s="8" t="s">
+        <v>59</v>
+      </c>
+      <c r="E41" s="9">
+        <v>2012</v>
+      </c>
+      <c r="F41" s="4" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="42" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+      <c r="B42" s="7" t="s">
         <v>32</v>
       </c>
-      <c r="C39" s="8" t="s">
+      <c r="C42" s="8" t="s">
         <v>33</v>
       </c>
-      <c r="D39" s="8" t="s">
+      <c r="D42" s="8" t="s">
         <v>57</v>
       </c>
-      <c r="E39" s="9">
+      <c r="E42" s="9">
         <v>2012</v>
       </c>
-      <c r="F39" s="4" t="s">
+      <c r="F42" s="4" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="10">
     <mergeCell ref="B1:F1"/>
     <mergeCell ref="B5:C5"/>
     <mergeCell ref="D5:F5"/>
     <mergeCell ref="B6:C6"/>
     <mergeCell ref="D6:F6"/>
     <mergeCell ref="B2:F2"/>
     <mergeCell ref="B3:C3"/>
     <mergeCell ref="D3:F3"/>
     <mergeCell ref="B4:C4"/>
     <mergeCell ref="D4:F4"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B3:G3" r:id="rId1" display="https://www.echr.coe.int/Pages/home.aspx?p=library&amp;c=" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
     <hyperlink ref="B5:G5" r:id="rId2" display="For more references, refer to theLibrary's catalogue." xr:uid="{745C8EE2-7A39-402E-8D0A-00A0596FC761}"/>
     <hyperlink ref="B5:F5" r:id="rId3" display="For more references, refer to theLibrary’s catalogue." xr:uid="{EDD17FE7-C0ED-42DC-9BA0-33DDA1AF17FB}"/>
     <hyperlink ref="B3:F3" r:id="rId4" display="https://www.echr.coe.int/Pages/home.aspx?p=library&amp;c=" xr:uid="{23B9C4FA-5C94-4B5F-B864-6451D24CF147}"/>
     <hyperlink ref="D3:F3" r:id="rId5" display="Tous les documents sont disponibles à la Bibliothèque de la Cour. Pour les consulter, un rendez-vous peut être pris sur le site de la Bibliothèque." xr:uid="{3AED6F57-0E2C-450D-BB7C-F40114DDB50F}"/>
     <hyperlink ref="B5:C5" r:id="rId6" display="For more references, refer to theLibrary’s catalogue." xr:uid="{570E186F-9D7D-4C19-8212-D40E6818B824}"/>
     <hyperlink ref="D5:F5" r:id="rId7" display="Pour plus de références, consulter lecatalogue de la Bibliothèque." xr:uid="{7D0A7FAC-57E2-4A19-AD59-BE16D612242F}"/>
     <hyperlink ref="B3:C3" r:id="rId8" display="All documents are available in the Court'sLibrary, and an appointment to consult them can be made via the Library webpage." xr:uid="{1138FA77-CD74-47B4-A04C-153A7C031AB3}"/>
-    <hyperlink ref="F35" r:id="rId9" xr:uid="{5D3DC350-E2FF-4648-9B1B-833C3D091102}"/>
-[...9 lines deleted...]
-    <hyperlink ref="F9" r:id="rId19" xr:uid="{26D0364B-17F0-4211-ABC4-E1EBA390E15E}"/>
+    <hyperlink ref="F38" r:id="rId9" xr:uid="{34BE485A-69DB-44DF-AAAF-7EAF0B64D877}"/>
+    <hyperlink ref="F22" r:id="rId10" xr:uid="{96C3EC66-1B40-4D69-B201-92D8532469F6}"/>
+    <hyperlink ref="F23" r:id="rId11" xr:uid="{78812101-E9E3-43A2-9D22-DB85042179C5}"/>
+    <hyperlink ref="F28" r:id="rId12" xr:uid="{C057CCA0-541D-4C0F-9C09-4B1E08305835}"/>
+    <hyperlink ref="F29" r:id="rId13" xr:uid="{CC4586BA-E675-4F54-920B-0664D1607CF8}"/>
+    <hyperlink ref="F30" r:id="rId14" xr:uid="{4AD0268D-9623-4E29-9E0C-28AF996E2B96}"/>
+    <hyperlink ref="F35" r:id="rId15" xr:uid="{9C41A595-3ADF-4133-909C-C0EA855BE499}"/>
+    <hyperlink ref="F42" r:id="rId16" xr:uid="{C4C817A7-D53F-4EA7-B8F4-47D2CB5E135D}"/>
+    <hyperlink ref="F41" r:id="rId17" xr:uid="{CA81D924-73DE-42DE-B54F-D17164A1D9BA}"/>
+    <hyperlink ref="F27" r:id="rId18" xr:uid="{A7FEEA2C-9B84-4A80-A693-456F5C391BC2}"/>
+    <hyperlink ref="F12" r:id="rId19" xr:uid="{181A79D4-2051-4F15-B5C0-5289F8FAD8B3}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.35433070866141736" right="0.71875" top="0.39" bottom="0.44" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="77" fitToHeight="0" orientation="landscape" r:id="rId20"/>
   <headerFooter differentFirst="1">
     <oddFooter>&amp;C&amp;P of &amp;N&amp;R&amp;F</oddFooter>
   </headerFooter>
   <drawing r:id="rId21"/>
   <tableParts count="1">
     <tablePart r:id="rId22"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr codeName="Sheet2"/>
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.6" x14ac:dyDescent="0.4"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>