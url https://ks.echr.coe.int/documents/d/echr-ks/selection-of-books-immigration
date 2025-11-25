--- v0 (2025-10-12)
+++ v1 (2025-11-25)
@@ -8,84 +8,84 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="26731"/>
   <workbookPr codeName="ThisWorkbook" autoCompressPictures="0" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\courtcs3\users$\Delrue\My Documents\Library\Books\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Souppart\AppData\Roaming\OpenText\DM\Temp\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{834D4C91-469E-4705-835D-64313F267A53}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{FB7F7C63-8B44-4D30-AE30-7C6345D7E5B3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-16560" yWindow="-103" windowWidth="16663" windowHeight="9463" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
     <sheet name="Sheet2" sheetId="2" r:id="rId2"/>
     <sheet name="Sheet3" sheetId="3" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Sheet1!$B$7:$F$7</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="187" uniqueCount="143">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="191" uniqueCount="145">
   <si>
     <t xml:space="preserve">Date </t>
   </si>
   <si>
     <t xml:space="preserve">Preventing torture in Europe </t>
   </si>
   <si>
     <t>Bicknell, Christine</t>
   </si>
   <si>
     <t>342.721.4 % BIC</t>
   </si>
   <si>
     <t>Union européenne. Agence des droits fondamentaux de l'Union européenne (FRA)</t>
   </si>
   <si>
     <t>342.717(4) % FRA</t>
   </si>
   <si>
     <t>DIGITAL</t>
   </si>
   <si>
     <t>European Law Institute (ELI)</t>
   </si>
   <si>
@@ -608,64 +608,70 @@
   <si>
     <t>De Bruycker, Philippe</t>
   </si>
   <si>
     <t>Cheltenham ; Northampton, Mass. : Edward Elgar</t>
   </si>
   <si>
     <t>EBOOK</t>
   </si>
   <si>
     <t>Leaving, entering, and remaining : seeking asylum in an extraterritorial world</t>
   </si>
   <si>
     <t>Dickson, Mary Jessie</t>
   </si>
   <si>
     <t>Antwerpen ; Gent ; Cambridge : Intersentia</t>
   </si>
   <si>
     <t>342.717(4) % DIC</t>
   </si>
   <si>
     <r>
       <t>Book selection - Sélection de livres
 Immigration
-(Last updated - Dernière mise à jour : 28/02/2025)</t>
+(Last updated - Dernière mise à jour : 31/08/2025)</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <color theme="4" tint="-0.499984740745262"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
+  </si>
+  <si>
+    <t>Right to asylum : between demagogy and hypocrisy</t>
+  </si>
+  <si>
+    <t>Bossuyt, Marc</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="13" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="4" tint="-0.499984740745262"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <i/>
       <sz val="11"/>
@@ -780,51 +786,51 @@
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="4"/>
       </left>
       <right style="thin">
         <color theme="4"/>
       </right>
       <top style="thin">
         <color theme="4"/>
       </top>
       <bottom style="thin">
         <color theme="4"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="24">
+  <cellXfs count="25">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="2" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="2" xfId="3" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="2" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
@@ -851,97 +857,84 @@
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="9"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="9"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="3" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="9"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="9"/>
     </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="2" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8" customBuiltin="1"/>
     <cellStyle name="Hyperlink 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0" customBuiltin="1"/>
     <cellStyle name="Normal 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
   </cellStyles>
   <dxfs count="10">
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <scheme val="minor"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor indexed="65"/>
         </patternFill>
       </fill>
-      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
-[...15 lines deleted...]
-      </border>
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="1" indent="1" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <scheme val="minor"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor indexed="65"/>
         </patternFill>
       </fill>
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0">
@@ -1060,95 +1053,111 @@
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor indexed="65"/>
         </patternFill>
       </fill>
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="1" indent="1" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0">
         <left style="thin">
           <color theme="4"/>
         </left>
         <right style="thin">
           <color theme="4"/>
         </right>
         <top style="thin">
           <color theme="4"/>
         </top>
         <bottom style="thin">
           <color theme="4"/>
         </bottom>
         <vertical/>
         <horizontal/>
       </border>
     </dxf>
     <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <scheme val="minor"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor indexed="65"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color theme="4"/>
+        </left>
+        <right style="thin">
+          <color theme="4"/>
+        </right>
+        <top style="thin">
+          <color theme="4"/>
+        </top>
+        <bottom style="thin">
+          <color theme="4"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
       <border outline="0">
         <top style="thin">
           <color theme="4"/>
         </top>
       </border>
     </dxf>
     <dxf>
       <border outline="0">
         <left style="thin">
           <color theme="4"/>
         </left>
         <right style="thin">
           <color theme="4"/>
         </right>
         <top style="thin">
           <color theme="4"/>
         </top>
         <bottom style="thin">
           <color theme="4"/>
         </bottom>
       </border>
-    </dxf>
-[...22 lines deleted...]
-      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="1" indent="1" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <border outline="0">
         <bottom style="thin">
           <color theme="4"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="14"/>
         <color theme="0"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
@@ -1226,58 +1235,58 @@
         <a:xfrm>
           <a:off x="133350" y="57150"/>
           <a:ext cx="2352675" cy="885825"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="Table1" displayName="Table1" ref="B7:F50" totalsRowShown="0" headerRowDxfId="9" dataDxfId="7" headerRowBorderDxfId="8" tableBorderDxfId="6" totalsRowBorderDxfId="5" dataCellStyle="Normal 2">
-  <autoFilter ref="B7:F50" xr:uid="{00000000-0009-0000-0100-000001000000}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="Table1" displayName="Table1" ref="B7:F51" totalsRowShown="0" headerRowDxfId="9" dataDxfId="0" headerRowBorderDxfId="8" tableBorderDxfId="7" totalsRowBorderDxfId="6" dataCellStyle="Normal 2">
+  <autoFilter ref="B7:F51" xr:uid="{00000000-0009-0000-0100-000001000000}"/>
   <tableColumns count="5">
     <tableColumn id="1" xr3:uid="{00000000-0010-0000-0000-000001000000}" name="  Title - Titre" dataDxfId="4" dataCellStyle="Normal 2"/>
     <tableColumn id="2" xr3:uid="{00000000-0010-0000-0000-000002000000}" name="Author - Auteur" dataDxfId="3" dataCellStyle="Normal 2"/>
     <tableColumn id="3" xr3:uid="{00000000-0010-0000-0000-000003000000}" name="Source / Publisher - Éditeur" dataDxfId="2" dataCellStyle="Normal 2"/>
     <tableColumn id="4" xr3:uid="{00000000-0010-0000-0000-000004000000}" name="Date " dataDxfId="1" dataCellStyle="Normal 2"/>
-    <tableColumn id="5" xr3:uid="{00000000-0010-0000-0000-000005000000}" name="Call number - Cote" dataDxfId="0" dataCellStyle="Normal 2"/>
+    <tableColumn id="5" xr3:uid="{00000000-0010-0000-0000-000005000000}" name="Call number - Cote" dataDxfId="5" dataCellStyle="Normal 2"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
@@ -1541,952 +1550,969 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.echr.coe.int/Pages/home.aspx?p=library&amp;c=" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.echr.coe.int/LibraryDocs/dialogue-entre-juges-2017_eng.PDF" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.echr.coe.int/LibraryDocs/COE-2019-Human_rights_aspects_of_immigrant_and_refugee_integration_policies.PDF" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.echr.coe.int/Pages/home.aspx?p=library&amp;c=" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://echr.coe.int/LIBRARY/DIGDOC/LYSIENIA-2022-Seeking_convergence.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hrls.echr.coe.int/uhtbin/cgisirsi.exe/x/0/0/5?searchdata1=immigration%20and%20couredh$%20or%20migrant%20and%20couredh$%20or%20refug$%20and%20couredh$%7b694%7d&amp;sort_by=-PBYR" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.echr.coe.int/LibraryDocs/GUILD-2013-Droit_de_quitter_un_pays.PDF" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.echr.coe.int/LibraryDocs/FRA-2017-immigration-detention-children_en.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://echr.coe.int/LIBRARY/DIGDOC/COE-2023-Children_in_migration.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hrls.echr.coe.int/uhtbin/cgisirsi.exe/x/0/0/5?searchdata1=immigration%20and%20couredh$%20or%20migrant%20and%20couredh$%20or%20refug$%20and%20couredh$%7b694%7d&amp;sort_by=-PBYR" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.echr.coe.int/LibraryDocs/dialogue-entre-juges-2017_fre.PDF" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.echr.coe.int/LibraryDocs/UE-FRA-2020-Handbook_asylum_FRA.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.echr.coe.int/Pages/home.aspx?p=library&amp;c=" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hrls.echr.coe.int/uhtbin/cgisirsi.exe/x/0/0/5?searchdata1=immigration%20and%20couredh$%20or%20migrant%20and%20couredh$%20or%20refug$%20and%20couredh$%7b694%7d&amp;sort_by=-PBYR" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.echr.coe.int/LibraryDocs/UE-FRA-2015-Handbook_rights_child_FRA.PDF" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://echr.coe.int/LIBRARY/DIGDOC/BINGHAM_CENTRE-2023-Clause_54_of_the_Illegal_Migration_Bill.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.echr.coe.int/Pages/home.aspx?p=library&amp;c=fre" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.echr.coe.int/LibraryDocs/GUILD-2013-Right_to_leave_a_country.PDF" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://echr.coe.int/LIBRARY/DIGDOC/BAST-2022-Human_Rights_Challenges_to_European_Migration_Policy.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.echr.coe.int/LibraryDocs/EU_ImpactdelajurisprudenceCEJetCEDH_etude.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.echr.coe.int/LibraryDocs/UE-FRA-2020-Handbook_asylum_ENG.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hrls.echr.coe.int/uhtbin/cgisirsi.exe/x/0/0/5?searchdata1=couredh%20and%20%22communaut%C3%A9%20LGBT%22%20or%20transsex$%7b694%7d&amp;sort_by=-PBYR" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.echr.coe.int/LibraryDocs/ELI-2017-Statement_on_Detention_and_the_Rule_of_Law.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.echr.coe.int/LibraryDocs/UE-FRA-2015-Handbook_rights_child_ENG.PDF" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://echr.coe.int/LIBRARY/DIGDOC/COE-2019-dimension_DH_politique_accueil_refugies.PDF" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet1">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="B1:F50"/>
+  <dimension ref="B1:F51"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A2" zoomScaleNormal="100" workbookViewId="0">
+    <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="B2" sqref="B2:F2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="9.15234375" defaultRowHeight="14.6" x14ac:dyDescent="0.4"/>
   <cols>
-    <col min="1" max="1" width="1.7109375" style="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="4" width="58.7109375" style="3" customWidth="1"/>
+    <col min="1" max="1" width="1.69140625" style="1" customWidth="1"/>
+    <col min="2" max="2" width="51.3828125" style="3" customWidth="1"/>
+    <col min="3" max="3" width="27.84375" style="3" customWidth="1"/>
+    <col min="4" max="4" width="58.69140625" style="3" customWidth="1"/>
     <col min="5" max="5" width="10" style="2" customWidth="1"/>
     <col min="6" max="6" width="24" style="3" customWidth="1"/>
-    <col min="7" max="16384" width="9.140625" style="1"/>
+    <col min="7" max="16384" width="9.15234375" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:6" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="1" spans="2:6" ht="23.15" x14ac:dyDescent="0.4">
       <c r="B1" s="17" t="s">
         <v>130</v>
       </c>
       <c r="C1" s="17"/>
       <c r="D1" s="17"/>
       <c r="E1" s="17"/>
       <c r="F1" s="17"/>
     </row>
-    <row r="2" spans="2:6" ht="163.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="2" spans="2:6" ht="163.5" customHeight="1" x14ac:dyDescent="0.6">
       <c r="B2" s="18" t="s">
         <v>142</v>
       </c>
       <c r="C2" s="18"/>
       <c r="D2" s="18"/>
       <c r="E2" s="18"/>
       <c r="F2" s="18"/>
     </row>
-    <row r="3" spans="2:6" s="5" customFormat="1" ht="29.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="2:6" s="5" customFormat="1" ht="29.15" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B3" s="19" t="s">
         <v>96</v>
       </c>
       <c r="C3" s="19"/>
       <c r="D3" s="20" t="s">
         <v>97</v>
       </c>
       <c r="E3" s="21"/>
       <c r="F3" s="21"/>
     </row>
-    <row r="4" spans="2:6" s="5" customFormat="1" ht="29.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="2:6" s="5" customFormat="1" ht="29.15" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B4" s="22" t="s">
         <v>98</v>
       </c>
       <c r="C4" s="22"/>
       <c r="D4" s="23" t="s">
         <v>99</v>
       </c>
       <c r="E4" s="23"/>
       <c r="F4" s="23"/>
     </row>
-    <row r="5" spans="2:6" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="5" spans="2:6" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B5" s="13" t="s">
         <v>100</v>
       </c>
       <c r="C5" s="13"/>
       <c r="D5" s="14" t="s">
         <v>101</v>
       </c>
       <c r="E5" s="14"/>
       <c r="F5" s="14"/>
     </row>
-    <row r="6" spans="2:6" s="5" customFormat="1" ht="92.65" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="6" spans="2:6" s="5" customFormat="1" ht="92.7" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B6" s="15" t="s">
         <v>102</v>
       </c>
       <c r="C6" s="15"/>
       <c r="D6" s="16" t="s">
         <v>103</v>
       </c>
       <c r="E6" s="16"/>
       <c r="F6" s="16"/>
     </row>
-    <row r="7" spans="2:6" s="2" customFormat="1" ht="51" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="2:6" s="2" customFormat="1" ht="51" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B7" s="7" t="s">
         <v>104</v>
       </c>
       <c r="C7" s="7" t="s">
         <v>105</v>
       </c>
       <c r="D7" s="7" t="s">
         <v>106</v>
       </c>
       <c r="E7" s="7" t="s">
         <v>0</v>
       </c>
       <c r="F7" s="7" t="s">
         <v>107</v>
       </c>
     </row>
-    <row r="8" spans="2:6" ht="30" x14ac:dyDescent="0.25">
+    <row r="8" spans="2:6" x14ac:dyDescent="0.4">
       <c r="B8" s="8" t="s">
+        <v>143</v>
+      </c>
+      <c r="C8" s="8" t="s">
+        <v>144</v>
+      </c>
+      <c r="D8" s="8" t="s">
+        <v>94</v>
+      </c>
+      <c r="E8" s="9">
+        <v>2025</v>
+      </c>
+      <c r="F8" s="24" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="9" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+      <c r="B9" s="8" t="s">
         <v>117</v>
       </c>
-      <c r="C8" s="8" t="s">
+      <c r="C9" s="8" t="s">
         <v>118</v>
       </c>
-      <c r="D8" s="8" t="s">
+      <c r="D9" s="8" t="s">
         <v>119</v>
-      </c>
-[...15 lines deleted...]
-        <v>123</v>
       </c>
       <c r="E9" s="9">
         <v>2023</v>
       </c>
-      <c r="F9" s="6" t="s">
-[...3 lines deleted...]
-    <row r="10" spans="2:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="F9" s="8" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="10" spans="2:6" ht="58.3" x14ac:dyDescent="0.4">
       <c r="B10" s="8" t="s">
-        <v>131</v>
+        <v>121</v>
       </c>
       <c r="C10" s="8" t="s">
-        <v>132</v>
+        <v>122</v>
       </c>
       <c r="D10" s="8" t="s">
-        <v>133</v>
+        <v>123</v>
       </c>
       <c r="E10" s="9">
         <v>2023</v>
       </c>
       <c r="F10" s="6" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="11" spans="2:6" ht="30" x14ac:dyDescent="0.25">
+    <row r="11" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B11" s="8" t="s">
-        <v>138</v>
+        <v>131</v>
       </c>
       <c r="C11" s="8" t="s">
-        <v>139</v>
+        <v>132</v>
       </c>
       <c r="D11" s="8" t="s">
-        <v>140</v>
+        <v>133</v>
       </c>
       <c r="E11" s="9">
         <v>2023</v>
       </c>
-      <c r="F11" s="9" t="s">
-[...3 lines deleted...]
-    <row r="12" spans="2:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="F11" s="6" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="12" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B12" s="8" t="s">
-        <v>124</v>
+        <v>138</v>
       </c>
       <c r="C12" s="8" t="s">
-        <v>125</v>
+        <v>139</v>
       </c>
       <c r="D12" s="8" t="s">
-        <v>94</v>
+        <v>140</v>
       </c>
       <c r="E12" s="9">
         <v>2023</v>
       </c>
       <c r="F12" s="9" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="13" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+      <c r="B13" s="8" t="s">
+        <v>124</v>
+      </c>
+      <c r="C13" s="8" t="s">
+        <v>125</v>
+      </c>
+      <c r="D13" s="8" t="s">
+        <v>94</v>
+      </c>
+      <c r="E13" s="9">
+        <v>2023</v>
+      </c>
+      <c r="F13" s="9" t="s">
         <v>126</v>
       </c>
     </row>
-    <row r="13" spans="2:6" ht="30" x14ac:dyDescent="0.25">
-      <c r="B13" s="8" t="s">
+    <row r="14" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+      <c r="B14" s="8" t="s">
         <v>111</v>
       </c>
-      <c r="C13" s="8" t="s">
+      <c r="C14" s="8" t="s">
         <v>112</v>
       </c>
-      <c r="D13" s="8" t="s">
+      <c r="D14" s="8" t="s">
         <v>113</v>
-      </c>
-[...15 lines deleted...]
-        <v>136</v>
       </c>
       <c r="E14" s="9">
         <v>2022</v>
       </c>
-      <c r="F14" s="9" t="s">
-[...3 lines deleted...]
-    <row r="15" spans="2:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="F14" s="6" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="15" spans="2:6" x14ac:dyDescent="0.4">
       <c r="B15" s="8" t="s">
-        <v>127</v>
+        <v>134</v>
       </c>
       <c r="C15" s="8" t="s">
-        <v>128</v>
+        <v>135</v>
       </c>
       <c r="D15" s="8" t="s">
-        <v>129</v>
+        <v>136</v>
       </c>
       <c r="E15" s="9">
         <v>2022</v>
       </c>
       <c r="F15" s="9" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="16" spans="2:6" ht="60" x14ac:dyDescent="0.25">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="16" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B16" s="8" t="s">
-        <v>108</v>
+        <v>127</v>
       </c>
       <c r="C16" s="8" t="s">
-        <v>109</v>
+        <v>128</v>
       </c>
       <c r="D16" s="8" t="s">
-        <v>110</v>
+        <v>129</v>
       </c>
       <c r="E16" s="9">
         <v>2022</v>
       </c>
-      <c r="F16" s="6" t="s">
-[...3 lines deleted...]
-    <row r="17" spans="2:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="F16" s="9" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="17" spans="2:6" ht="58.3" x14ac:dyDescent="0.4">
       <c r="B17" s="8" t="s">
-        <v>114</v>
+        <v>108</v>
       </c>
       <c r="C17" s="8" t="s">
-        <v>115</v>
+        <v>109</v>
       </c>
       <c r="D17" s="8" t="s">
-        <v>94</v>
+        <v>110</v>
       </c>
       <c r="E17" s="9">
         <v>2022</v>
       </c>
-      <c r="F17" s="9" t="s">
+      <c r="F17" s="6" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="18" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+      <c r="B18" s="8" t="s">
+        <v>114</v>
+      </c>
+      <c r="C18" s="8" t="s">
+        <v>115</v>
+      </c>
+      <c r="D18" s="8" t="s">
+        <v>94</v>
+      </c>
+      <c r="E18" s="9">
+        <v>2022</v>
+      </c>
+      <c r="F18" s="9" t="s">
         <v>116</v>
       </c>
     </row>
-    <row r="18" spans="2:6" ht="30" x14ac:dyDescent="0.25">
-      <c r="B18" s="8" t="s">
+    <row r="19" spans="2:6" x14ac:dyDescent="0.4">
+      <c r="B19" s="8" t="s">
         <v>85</v>
       </c>
-      <c r="C18" s="8" t="s">
+      <c r="C19" s="8" t="s">
         <v>86</v>
       </c>
-      <c r="D18" s="8" t="s">
+      <c r="D19" s="8" t="s">
         <v>87</v>
-      </c>
-[...15 lines deleted...]
-        <v>59</v>
       </c>
       <c r="E19" s="9">
         <v>2021</v>
       </c>
       <c r="F19" s="9" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="20" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+      <c r="B20" s="8" t="s">
+        <v>89</v>
+      </c>
+      <c r="C20" s="8" t="s">
+        <v>90</v>
+      </c>
+      <c r="D20" s="8" t="s">
+        <v>59</v>
+      </c>
+      <c r="E20" s="9">
+        <v>2021</v>
+      </c>
+      <c r="F20" s="9" t="s">
         <v>91</v>
       </c>
     </row>
-    <row r="20" spans="2:6" ht="45" x14ac:dyDescent="0.25">
-      <c r="B20" s="8" t="s">
+    <row r="21" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+      <c r="B21" s="8" t="s">
         <v>83</v>
       </c>
-      <c r="C20" s="8" t="s">
+      <c r="C21" s="8" t="s">
         <v>9</v>
       </c>
-      <c r="D20" s="8" t="s">
+      <c r="D21" s="8" t="s">
         <v>63</v>
-      </c>
-[...15 lines deleted...]
-        <v>94</v>
       </c>
       <c r="E21" s="9">
         <v>2020</v>
       </c>
-      <c r="F21" s="9" t="s">
-[...3 lines deleted...]
-    <row r="22" spans="2:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="F21" s="6" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="22" spans="2:6" x14ac:dyDescent="0.4">
       <c r="B22" s="8" t="s">
-        <v>84</v>
+        <v>92</v>
       </c>
       <c r="C22" s="8" t="s">
-        <v>4</v>
+        <v>93</v>
       </c>
       <c r="D22" s="8" t="s">
-        <v>64</v>
+        <v>94</v>
       </c>
       <c r="E22" s="9">
         <v>2020</v>
       </c>
-      <c r="F22" s="6" t="s">
+      <c r="F22" s="9" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="23" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+      <c r="B23" s="8" t="s">
+        <v>84</v>
+      </c>
+      <c r="C23" s="8" t="s">
+        <v>4</v>
+      </c>
+      <c r="D23" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="E23" s="9">
+        <v>2020</v>
+      </c>
+      <c r="F23" s="6" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="23" spans="2:6" ht="75" x14ac:dyDescent="0.25">
-      <c r="B23" s="10" t="s">
+    <row r="24" spans="2:6" ht="58.3" x14ac:dyDescent="0.4">
+      <c r="B24" s="10" t="s">
         <v>75</v>
-      </c>
-[...15 lines deleted...]
-        <v>73</v>
       </c>
       <c r="C24" s="10" t="s">
         <v>72</v>
       </c>
       <c r="D24" s="10" t="s">
-        <v>74</v>
+        <v>58</v>
       </c>
       <c r="E24" s="11">
         <v>2019</v>
       </c>
       <c r="F24" s="6" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="25" spans="2:6" x14ac:dyDescent="0.25">
+    <row r="25" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B25" s="10" t="s">
+        <v>73</v>
+      </c>
+      <c r="C25" s="10" t="s">
+        <v>72</v>
+      </c>
+      <c r="D25" s="10" t="s">
+        <v>74</v>
+      </c>
+      <c r="E25" s="11">
+        <v>2019</v>
+      </c>
+      <c r="F25" s="6" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="26" spans="2:6" x14ac:dyDescent="0.4">
+      <c r="B26" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="C25" s="10" t="s">
+      <c r="C26" s="10" t="s">
         <v>2</v>
       </c>
-      <c r="D25" s="10" t="s">
+      <c r="D26" s="10" t="s">
         <v>54</v>
-      </c>
-[...15 lines deleted...]
-        <v>55</v>
       </c>
       <c r="E26" s="11">
         <v>2018</v>
       </c>
       <c r="F26" s="11" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="27" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+      <c r="B27" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="C27" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="D27" s="10" t="s">
+        <v>55</v>
+      </c>
+      <c r="E27" s="11">
+        <v>2018</v>
+      </c>
+      <c r="F27" s="11" t="s">
         <v>53</v>
       </c>
     </row>
-    <row r="27" spans="2:6" ht="45" x14ac:dyDescent="0.25">
-      <c r="B27" s="8" t="s">
+    <row r="28" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+      <c r="B28" s="8" t="s">
         <v>76</v>
       </c>
-      <c r="C27" s="8" t="s">
+      <c r="C28" s="8" t="s">
         <v>77</v>
       </c>
-      <c r="D27" s="8" t="s">
+      <c r="D28" s="8" t="s">
         <v>78</v>
       </c>
-      <c r="E27" s="9">
+      <c r="E28" s="9">
         <v>2018</v>
       </c>
-      <c r="F27" s="9" t="s">
+      <c r="F28" s="9" t="s">
         <v>79</v>
       </c>
     </row>
-    <row r="28" spans="2:6" ht="30" x14ac:dyDescent="0.25">
-      <c r="B28" s="10" t="s">
+    <row r="29" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+      <c r="B29" s="10" t="s">
         <v>80</v>
       </c>
-      <c r="C28" s="8" t="s">
+      <c r="C29" s="8" t="s">
         <v>81</v>
       </c>
-      <c r="D28" s="8" t="s">
+      <c r="D29" s="8" t="s">
         <v>59</v>
       </c>
-      <c r="E28" s="11">
+      <c r="E29" s="11">
         <v>2018</v>
       </c>
-      <c r="F28" s="9" t="s">
+      <c r="F29" s="9" t="s">
         <v>82</v>
       </c>
     </row>
-    <row r="29" spans="2:6" ht="30" x14ac:dyDescent="0.25">
-      <c r="B29" s="10" t="s">
+    <row r="30" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+      <c r="B30" s="10" t="s">
         <v>35</v>
       </c>
-      <c r="C29" s="8" t="s">
+      <c r="C30" s="8" t="s">
         <v>36</v>
       </c>
-      <c r="D29" s="8" t="s">
+      <c r="D30" s="8" t="s">
         <v>56</v>
-      </c>
-[...15 lines deleted...]
-        <v>57</v>
       </c>
       <c r="E30" s="11">
         <v>2017</v>
       </c>
-      <c r="F30" s="6" t="s">
-[...3 lines deleted...]
-    <row r="31" spans="2:6" ht="60" x14ac:dyDescent="0.25">
+      <c r="F30" s="9" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="31" spans="2:6" ht="58.3" x14ac:dyDescent="0.4">
       <c r="B31" s="10" t="s">
-        <v>20</v>
+        <v>41</v>
       </c>
       <c r="C31" s="10" t="s">
-        <v>21</v>
+        <v>42</v>
       </c>
       <c r="D31" s="10" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="E31" s="11">
         <v>2017</v>
       </c>
       <c r="F31" s="6" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="32" spans="2:6" ht="90" x14ac:dyDescent="0.25">
+    <row r="32" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B32" s="10" t="s">
-        <v>32</v>
+        <v>20</v>
       </c>
       <c r="C32" s="10" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="D32" s="10" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="E32" s="11">
         <v>2017</v>
       </c>
-      <c r="F32" s="11" t="s">
-[...3 lines deleted...]
-    <row r="33" spans="2:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="F32" s="6" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="33" spans="2:6" ht="87.45" x14ac:dyDescent="0.4">
       <c r="B33" s="10" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="C33" s="10" t="s">
-        <v>7</v>
+        <v>33</v>
       </c>
       <c r="D33" s="10" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="E33" s="11">
         <v>2017</v>
       </c>
-      <c r="F33" s="6" t="s">
-[...3 lines deleted...]
-    <row r="34" spans="2:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="F33" s="11" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="34" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B34" s="10" t="s">
-        <v>69</v>
+        <v>8</v>
       </c>
       <c r="C34" s="10" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-        <v>71</v>
+        <v>7</v>
+      </c>
+      <c r="D34" s="10" t="s">
+        <v>60</v>
       </c>
       <c r="E34" s="11">
         <v>2017</v>
       </c>
       <c r="F34" s="6" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="35" spans="2:6" ht="30" x14ac:dyDescent="0.25">
+    <row r="35" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B35" s="10" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>69</v>
+      </c>
+      <c r="C35" s="10" t="s">
+        <v>70</v>
+      </c>
+      <c r="D35" s="12" t="s">
+        <v>71</v>
       </c>
       <c r="E35" s="11">
         <v>2017</v>
       </c>
-      <c r="F35" s="9" t="s">
-[...3 lines deleted...]
-    <row r="36" spans="2:6" ht="60" x14ac:dyDescent="0.25">
+      <c r="F35" s="6" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="36" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B36" s="10" t="s">
-        <v>16</v>
-[...5 lines deleted...]
-        <v>18</v>
+        <v>38</v>
+      </c>
+      <c r="C36" s="8" t="s">
+        <v>39</v>
+      </c>
+      <c r="D36" s="8" t="s">
+        <v>61</v>
       </c>
       <c r="E36" s="11">
         <v>2017</v>
       </c>
-      <c r="F36" s="11" t="s">
+      <c r="F36" s="9" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="37" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+      <c r="B37" s="10" t="s">
+        <v>16</v>
+      </c>
+      <c r="C37" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D37" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="E37" s="11">
+        <v>2017</v>
+      </c>
+      <c r="F37" s="11" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="37" spans="2:6" ht="60" x14ac:dyDescent="0.25">
-      <c r="B37" s="10" t="s">
+    <row r="38" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+      <c r="B38" s="10" t="s">
         <v>11</v>
       </c>
-      <c r="C37" s="10" t="s">
+      <c r="C38" s="10" t="s">
         <v>12</v>
       </c>
-      <c r="D37" s="10" t="s">
+      <c r="D38" s="10" t="s">
         <v>62</v>
-      </c>
-[...15 lines deleted...]
-        <v>56</v>
       </c>
       <c r="E38" s="11">
         <v>2016</v>
       </c>
-      <c r="F38" s="9" t="s">
-[...3 lines deleted...]
-    <row r="39" spans="2:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="F38" s="11" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="39" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B39" s="10" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="C39" s="8" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="D39" s="8" t="s">
         <v>56</v>
       </c>
       <c r="E39" s="11">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="F39" s="9" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="40" spans="2:6" ht="45" x14ac:dyDescent="0.25">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="40" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B40" s="10" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="C40" s="8" t="s">
-        <v>9</v>
+        <v>47</v>
       </c>
       <c r="D40" s="8" t="s">
-        <v>63</v>
+        <v>56</v>
       </c>
       <c r="E40" s="11">
         <v>2015</v>
       </c>
       <c r="F40" s="9" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-    <row r="41" spans="2:6" ht="45" x14ac:dyDescent="0.25">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="41" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B41" s="10" t="s">
         <v>49</v>
       </c>
       <c r="C41" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D41" s="8" t="s">
         <v>63</v>
       </c>
       <c r="E41" s="11">
         <v>2015</v>
       </c>
-      <c r="F41" s="6" t="s">
-[...3 lines deleted...]
-    <row r="42" spans="2:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="F41" s="9" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="42" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B42" s="10" t="s">
-        <v>27</v>
-[...5 lines deleted...]
-        <v>64</v>
+        <v>49</v>
+      </c>
+      <c r="C42" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="D42" s="8" t="s">
+        <v>63</v>
       </c>
       <c r="E42" s="11">
         <v>2015</v>
       </c>
-      <c r="F42" s="11" t="s">
-[...3 lines deleted...]
-    <row r="43" spans="2:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="F42" s="6" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="43" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B43" s="10" t="s">
         <v>27</v>
       </c>
       <c r="C43" s="10" t="s">
         <v>4</v>
       </c>
       <c r="D43" s="10" t="s">
         <v>64</v>
       </c>
       <c r="E43" s="11">
         <v>2015</v>
       </c>
-      <c r="F43" s="6" t="s">
-[...3 lines deleted...]
-    <row r="44" spans="2:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="F43" s="11" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="44" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B44" s="10" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="C44" s="10" t="s">
-        <v>23</v>
+        <v>4</v>
       </c>
       <c r="D44" s="10" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="E44" s="11">
         <v>2015</v>
       </c>
-      <c r="F44" s="11" t="s">
-[...3 lines deleted...]
-    <row r="45" spans="2:6" ht="60" x14ac:dyDescent="0.25">
+      <c r="F44" s="6" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="45" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B45" s="10" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="C45" s="10" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="D45" s="10" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="E45" s="11">
         <v>2015</v>
       </c>
       <c r="F45" s="11" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="46" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+      <c r="B46" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C46" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="D46" s="10" t="s">
+        <v>66</v>
+      </c>
+      <c r="E46" s="11">
+        <v>2015</v>
+      </c>
+      <c r="F46" s="11" t="s">
         <v>10</v>
       </c>
     </row>
-    <row r="46" spans="2:6" x14ac:dyDescent="0.25">
-[...16 lines deleted...]
-    <row r="47" spans="2:6" s="4" customFormat="1" ht="52.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="47" spans="2:6" s="4" customFormat="1" ht="52.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B47" s="10" t="s">
         <v>50</v>
       </c>
       <c r="C47" s="8" t="s">
         <v>30</v>
       </c>
       <c r="D47" s="8" t="s">
         <v>57</v>
       </c>
       <c r="E47" s="11">
         <v>2013</v>
       </c>
-      <c r="F47" s="6" t="s">
-[...3 lines deleted...]
-    <row r="48" spans="2:6" x14ac:dyDescent="0.25">
+      <c r="F47" s="9" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="48" spans="2:6" x14ac:dyDescent="0.4">
       <c r="B48" s="10" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="C48" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="C48" s="8" t="s">
         <v>30</v>
       </c>
-      <c r="D48" s="10" t="s">
-        <v>67</v>
+      <c r="D48" s="8" t="s">
+        <v>57</v>
       </c>
       <c r="E48" s="11">
         <v>2013</v>
       </c>
-      <c r="F48" s="11" t="s">
-[...3 lines deleted...]
-    <row r="49" spans="2:6" x14ac:dyDescent="0.25">
+      <c r="F48" s="6" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="49" spans="2:6" x14ac:dyDescent="0.4">
       <c r="B49" s="10" t="s">
         <v>29</v>
       </c>
       <c r="C49" s="10" t="s">
         <v>30</v>
       </c>
       <c r="D49" s="10" t="s">
         <v>67</v>
       </c>
       <c r="E49" s="11">
         <v>2013</v>
       </c>
-      <c r="F49" s="6" t="s">
+      <c r="F49" s="11" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="50" spans="2:6" x14ac:dyDescent="0.4">
+      <c r="B50" s="10" t="s">
+        <v>29</v>
+      </c>
+      <c r="C50" s="10" t="s">
+        <v>30</v>
+      </c>
+      <c r="D50" s="10" t="s">
+        <v>67</v>
+      </c>
+      <c r="E50" s="11">
+        <v>2013</v>
+      </c>
+      <c r="F50" s="6" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="50" spans="2:6" ht="30" x14ac:dyDescent="0.25">
-      <c r="B50" s="10" t="s">
+    <row r="51" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+      <c r="B51" s="10" t="s">
         <v>14</v>
       </c>
-      <c r="C50" s="10" t="s">
+      <c r="C51" s="10" t="s">
         <v>15</v>
       </c>
-      <c r="D50" s="10" t="s">
+      <c r="D51" s="10" t="s">
         <v>68</v>
       </c>
-      <c r="E50" s="11">
+      <c r="E51" s="11">
         <v>2012</v>
       </c>
-      <c r="F50" s="6" t="s">
+      <c r="F51" s="6" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="10">
     <mergeCell ref="B5:C5"/>
     <mergeCell ref="D5:F5"/>
     <mergeCell ref="B6:C6"/>
     <mergeCell ref="D6:F6"/>
     <mergeCell ref="B1:F1"/>
     <mergeCell ref="B2:F2"/>
     <mergeCell ref="B3:C3"/>
     <mergeCell ref="D3:F3"/>
     <mergeCell ref="B4:C4"/>
     <mergeCell ref="D4:F4"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B3:F3" r:id="rId1" display="https://www.echr.coe.int/Pages/home.aspx?p=library&amp;c=" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
     <hyperlink ref="B5:F5" r:id="rId2" display="For more references, refer to theLibrary's catalogue." xr:uid="{CB5EF20B-0645-49E7-8AC0-508EC3A31AA3}"/>
     <hyperlink ref="B3:F3" r:id="rId3" display="https://www.echr.coe.int/Pages/home.aspx?p=library&amp;c=" xr:uid="{87E42A92-75C7-44FD-BEB1-38EC2A94BB55}"/>
     <hyperlink ref="B5:F5" r:id="rId4" display="http://hrls.echr.coe.int/uhtbin/cgisirsi.exe/x/0/0/5?searchdata1=couredh%20and%20%22communaut%C3%A9%20LGBT%22%20or%20transsex$%7b694%7d&amp;sort_by=-PBYR" xr:uid="{3881D1B1-1BEC-4C48-99A6-55FF711033B4}"/>
     <hyperlink ref="D3:F3" r:id="rId5" display="Tous les documents sont disponibles à la Bibliothèque de la Cour. Pour les consulter, un rendez-vous peut être pris sur le site de la Bibliothèque." xr:uid="{5CF4A5F7-F947-4C6C-90FF-6C02262C5A59}"/>
     <hyperlink ref="B5:C5" r:id="rId6" display="For more references, refer to theLibrary’s catalogue." xr:uid="{54712795-C550-4C26-8BFC-7C85DABC8681}"/>
     <hyperlink ref="D5:F5" r:id="rId7" display="Pour plus de références, consulter lecatalogue de la Bibliothèque." xr:uid="{7CED6972-01B1-40D8-9662-EF24A6194A28}"/>
     <hyperlink ref="B3:C3" r:id="rId8" display="All documents are available in the Court'sLibrary, and an appointment to consult them can be made via the Library webpage." xr:uid="{0318EB0F-F6CE-4AD4-960C-F93595417F74}"/>
-    <hyperlink ref="F33" r:id="rId9" xr:uid="{FE6D40CF-FCBB-4D17-9830-E35F011B9FC0}"/>
-[...15 lines deleted...]
-    <hyperlink ref="F10" r:id="rId25" xr:uid="{03D5D702-CA88-4BAD-8DDB-CE2A033B97F2}"/>
+    <hyperlink ref="F34" r:id="rId9" xr:uid="{DE28BB3F-2CA8-45AD-AD44-94050198B611}"/>
+    <hyperlink ref="F51" r:id="rId10" xr:uid="{C03C97E4-E1AD-40BB-AC50-A87E2C7146A5}"/>
+    <hyperlink ref="F44" r:id="rId11" display="https://www.echr.coe.int/LibraryDocs/UE-FRA-2015-Handbook_rights_child_FRA.PDF" xr:uid="{D0933366-F7EE-466F-8D4E-496AC7653487}"/>
+    <hyperlink ref="F50" r:id="rId12" xr:uid="{69068168-FB86-432A-B0DA-C6B8A2C51716}"/>
+    <hyperlink ref="F31" r:id="rId13" xr:uid="{01930165-340B-465F-A147-07A9E8D4C3A4}"/>
+    <hyperlink ref="F42" r:id="rId14" xr:uid="{F7F1F1C3-B65F-4F1F-B3D3-4010ECD3430B}"/>
+    <hyperlink ref="F48" r:id="rId15" xr:uid="{A79ABB61-5614-4581-A373-0F24BB9B53BF}"/>
+    <hyperlink ref="F32" r:id="rId16" xr:uid="{33FF91B4-2744-4A82-A67B-C8D445FEA587}"/>
+    <hyperlink ref="F35" r:id="rId17" xr:uid="{5B2C9BA4-97E8-490E-8AE5-BF5367BDF185}"/>
+    <hyperlink ref="F25" r:id="rId18" xr:uid="{29602D8F-27F5-41E5-AD1A-B54FB2B50242}"/>
+    <hyperlink ref="F21" r:id="rId19" xr:uid="{DF23F575-8572-4A1C-94D3-76FCB277216A}"/>
+    <hyperlink ref="F23" r:id="rId20" xr:uid="{DFFABD30-AB21-49EB-8F4F-C70C70A3E93A}"/>
+    <hyperlink ref="F17" r:id="rId21" xr:uid="{B12DB3AC-7E2F-4884-8573-C58A92F5ACF3}"/>
+    <hyperlink ref="F24" r:id="rId22" xr:uid="{80B92819-6077-4E10-96F5-66F069AE5A75}"/>
+    <hyperlink ref="F14" r:id="rId23" xr:uid="{3B3E7845-16ED-4FFB-ACF9-B603E4F69A1F}"/>
+    <hyperlink ref="F10" r:id="rId24" xr:uid="{3DD74D9E-A707-4F8C-97CE-DCD880B510F3}"/>
+    <hyperlink ref="F11" r:id="rId25" xr:uid="{776FE650-B986-4D72-BFEF-61CCBBF559F8}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.35433070866141736" right="0.71875" top="0.39" bottom="0.44" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="77" fitToHeight="0" orientation="landscape" r:id="rId26"/>
   <headerFooter differentFirst="1">
     <oddFooter>&amp;C&amp;P of &amp;N&amp;R&amp;F</oddFooter>
   </headerFooter>
   <drawing r:id="rId27"/>
   <tableParts count="1">
     <tablePart r:id="rId28"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr codeName="Sheet2"/>
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.6" x14ac:dyDescent="0.4"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr codeName="Sheet3"/>
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.6" x14ac:dyDescent="0.4"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
       <vt:lpstr>Sheet2</vt:lpstr>