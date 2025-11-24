--- v0 (2025-10-14)
+++ v1 (2025-11-24)
@@ -7,56 +7,56 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="26731"/>
   <workbookPr codeName="ThisWorkbook" autoCompressPictures="0" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\souppart\AppData\Roaming\OpenText\DM\Temp\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Souppart\AppData\Roaming\OpenText\DM\Temp\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{24DA4D68-7070-435A-893F-C43E056D8ACB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{9A96A2B7-AE86-4F4C-BEF6-8254953701C5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-103" yWindow="-103" windowWidth="16663" windowHeight="10492" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-16560" yWindow="-103" windowWidth="16663" windowHeight="9463" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
     <sheet name="Sheet2" sheetId="2" r:id="rId2"/>
     <sheet name="Sheet3" sheetId="3" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Sheet1!$B$7:$F$7</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
@@ -271,51 +271,51 @@
 Pour effectuer une recherche par mot/numéro dans une colonne :
 1. Cliquez sur la flèche déroulante dans l'en-tête de la colonne concernée. 
 2. Vous verrez apparaître un champ de recherche. Entrez votre texte et cliquez sur OK.
 3. Pour revenir au tableau Excel complet, cliquez sur la flèche déroulante, cochez la case "Sélectionner tout" et cliquez sur OK.</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">  Title - Titre</t>
   </si>
   <si>
     <t>Author - Auteur</t>
   </si>
   <si>
     <t>Source / Publisher - Éditeur</t>
   </si>
   <si>
     <t>Call number - Cote</t>
   </si>
   <si>
     <t>ECHR-KS / CEDH-KS</t>
   </si>
   <si>
     <r>
       <t>Book selection - Sélection de livres
 Mass Protests - Manifestations de masse
-(Last updated - Dernière mise à jour : 28/02/2025)</t>
+(Last updated - Dernière mise à jour : 31/08/2025)</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <color theme="4" tint="-0.499984740745262"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="11" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="4" tint="-0.499984740745262"/>
       <name val="Calibri"/>
       <family val="2"/>