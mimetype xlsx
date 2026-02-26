--- v0 (2025-10-09)
+++ v1 (2026-02-26)
@@ -3,60 +3,60 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="26731"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27928"/>
   <workbookPr codeName="ThisWorkbook" autoCompressPictures="0" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\souppart\AppData\Roaming\OpenText\DM\Temp\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Souppart\AppData\Roaming\OpenText\DM\Temp\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{8B3FF8D2-9F21-4262-B9BA-1292F5D661BF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{F48A6A6A-20AD-453C-A59E-43917119DCD1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-103" yWindow="-103" windowWidth="16663" windowHeight="10492" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-16560" yWindow="-103" windowWidth="16663" windowHeight="9463" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
     <sheet name="Sheet2" sheetId="2" r:id="rId2"/>
     <sheet name="Sheet3" sheetId="3" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Sheet1!$B$7:$F$7</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
@@ -332,76 +332,76 @@
   <si>
     <t>Author - Auteur</t>
   </si>
   <si>
     <t>Source / Publisher - Éditeur</t>
   </si>
   <si>
     <t>Call number - Cote</t>
   </si>
   <si>
     <t>La CEDH et le droit de la famille : [actes du colloque du 16 mai 2019 organisé à la Faculté de droit et de science politique de l'Université de Rennes 1]</t>
   </si>
   <si>
     <t>Gouëzel, Antoine (ed.)</t>
   </si>
   <si>
     <t>[Bayonne] : Institut francophone pour la justice et la démocratie (IFJD)</t>
   </si>
   <si>
     <t>342.725(4) % GOU</t>
   </si>
   <si>
     <t>ECHR-KS / CEDH-KS</t>
   </si>
   <si>
+    <t>Le(s) droit(s) à l'épreuve de la non-binarité : [actes du colloque organisé le 15 septembre 2022 à l'Université d'Evry]</t>
+  </si>
+  <si>
+    <t>Bui-Xuan, Olivia (ed.)</t>
+  </si>
+  <si>
+    <t>342.725.4 % BUI</t>
+  </si>
+  <si>
     <r>
       <t>Book selection - Sélection de livres
 Rights of LGBTI persons - Droits des personnes LGBTI
-(Last updated - Dernière mise à jour : 28/02/2025)</t>
+(Last updated - Dernière mise à jour : 31/08/2025)</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <color theme="4" tint="-0.499984740745262"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
-  </si>
-[...7 lines deleted...]
-    <t>342.725.4 % BUI</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="11" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="4" tint="-0.499984740745262"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <i/>
       <sz val="11"/>
@@ -549,91 +549,91 @@
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
   <cellXfs count="21">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="2" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="2" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="2" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="2" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="3" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="9"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="9"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="9"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="9"/>
-    </xf>
-[...13 lines deleted...]
-      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Hyperlink 2" xfId="3" xr:uid="{7F97DD5C-4EAE-4F84-96EE-0C797A1018B2}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0" customBuiltin="1"/>
     <cellStyle name="Normal 2" xfId="2" xr:uid="{92A1E0CA-8CDF-48C7-BA8B-ECB3FBC4AF52}"/>
   </cellStyles>
   <dxfs count="9">
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <scheme val="minor"/>
       </font>
@@ -1271,315 +1271,315 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet1">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B1:G18"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="B2" sqref="B2:F2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.3046875" defaultRowHeight="14.6" x14ac:dyDescent="0.4"/>
   <cols>
     <col min="1" max="1" width="1.69140625" style="1" customWidth="1"/>
     <col min="2" max="2" width="51.3828125" style="3" customWidth="1"/>
     <col min="3" max="3" width="27.69140625" style="3" customWidth="1"/>
     <col min="4" max="4" width="58.69140625" style="3" customWidth="1"/>
     <col min="5" max="5" width="10" style="2" customWidth="1"/>
     <col min="6" max="6" width="24" style="3" customWidth="1"/>
     <col min="7" max="16384" width="9.3046875" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:7" ht="23.15" x14ac:dyDescent="0.4">
-      <c r="B1" s="11" t="s">
+      <c r="B1" s="16" t="s">
         <v>51</v>
       </c>
-      <c r="C1" s="11"/>
-[...2 lines deleted...]
-      <c r="F1" s="11"/>
+      <c r="C1" s="16"/>
+      <c r="D1" s="16"/>
+      <c r="E1" s="16"/>
+      <c r="F1" s="16"/>
     </row>
     <row r="2" spans="2:7" ht="159" customHeight="1" x14ac:dyDescent="0.6">
-      <c r="B2" s="12" t="s">
-[...5 lines deleted...]
-      <c r="F2" s="12"/>
+      <c r="B2" s="17" t="s">
+        <v>55</v>
+      </c>
+      <c r="C2" s="17"/>
+      <c r="D2" s="17"/>
+      <c r="E2" s="17"/>
+      <c r="F2" s="17"/>
     </row>
     <row r="3" spans="2:7" ht="29.15" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B3" s="13" t="s">
+      <c r="B3" s="18" t="s">
         <v>36</v>
       </c>
-      <c r="C3" s="13"/>
-      <c r="D3" s="14" t="s">
+      <c r="C3" s="18"/>
+      <c r="D3" s="19" t="s">
         <v>37</v>
       </c>
-      <c r="E3" s="15"/>
-      <c r="F3" s="15"/>
+      <c r="E3" s="20"/>
+      <c r="F3" s="20"/>
       <c r="G3" s="4"/>
     </row>
     <row r="4" spans="2:7" ht="29.15" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B4" s="9" t="s">
+      <c r="B4" s="14" t="s">
         <v>38</v>
       </c>
-      <c r="C4" s="9"/>
-      <c r="D4" s="10" t="s">
+      <c r="C4" s="14"/>
+      <c r="D4" s="15" t="s">
         <v>39</v>
       </c>
-      <c r="E4" s="10"/>
-      <c r="F4" s="10"/>
+      <c r="E4" s="15"/>
+      <c r="F4" s="15"/>
       <c r="G4" s="4"/>
     </row>
     <row r="5" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B5" s="7" t="s">
+      <c r="B5" s="12" t="s">
         <v>40</v>
       </c>
-      <c r="C5" s="7"/>
-      <c r="D5" s="8" t="s">
+      <c r="C5" s="12"/>
+      <c r="D5" s="13" t="s">
         <v>41</v>
       </c>
-      <c r="E5" s="8"/>
-      <c r="F5" s="8"/>
+      <c r="E5" s="13"/>
+      <c r="F5" s="13"/>
       <c r="G5" s="5"/>
     </row>
     <row r="6" spans="2:7" ht="92.7" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B6" s="9" t="s">
+      <c r="B6" s="14" t="s">
         <v>1</v>
       </c>
-      <c r="C6" s="9"/>
-      <c r="D6" s="10" t="s">
+      <c r="C6" s="14"/>
+      <c r="D6" s="15" t="s">
         <v>42</v>
       </c>
-      <c r="E6" s="10"/>
-      <c r="F6" s="10"/>
+      <c r="E6" s="15"/>
+      <c r="F6" s="15"/>
     </row>
     <row r="7" spans="2:7" s="2" customFormat="1" ht="51" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B7" s="6" t="s">
         <v>43</v>
       </c>
       <c r="C7" s="6" t="s">
         <v>44</v>
       </c>
       <c r="D7" s="6" t="s">
         <v>45</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>0</v>
       </c>
       <c r="F7" s="6" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="8" spans="2:7" ht="43.75" x14ac:dyDescent="0.4">
-      <c r="B8" s="16" t="s">
+      <c r="B8" s="7" t="s">
+        <v>52</v>
+      </c>
+      <c r="C8" s="8" t="s">
         <v>53</v>
       </c>
-      <c r="C8" s="17" t="s">
+      <c r="D8" s="8" t="s">
+        <v>49</v>
+      </c>
+      <c r="E8" s="9">
+        <v>2023</v>
+      </c>
+      <c r="F8" s="10" t="s">
         <v>54</v>
       </c>
-      <c r="D8" s="17" t="s">
+    </row>
+    <row r="9" spans="2:7" ht="43.75" x14ac:dyDescent="0.4">
+      <c r="B9" s="7" t="s">
+        <v>47</v>
+      </c>
+      <c r="C9" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="D9" s="8" t="s">
         <v>49</v>
       </c>
-      <c r="E8" s="18">
-[...16 lines deleted...]
-      <c r="E9" s="18">
+      <c r="E9" s="9">
         <v>2021</v>
       </c>
-      <c r="F9" s="19" t="s">
+      <c r="F9" s="10" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="10" spans="2:7" ht="43.75" x14ac:dyDescent="0.4">
-      <c r="B10" s="16" t="s">
+      <c r="B10" s="7" t="s">
         <v>2</v>
       </c>
-      <c r="C10" s="17" t="s">
+      <c r="C10" s="8" t="s">
         <v>3</v>
       </c>
-      <c r="D10" s="17" t="s">
+      <c r="D10" s="8" t="s">
         <v>4</v>
       </c>
-      <c r="E10" s="18">
+      <c r="E10" s="9">
         <v>2019</v>
       </c>
-      <c r="F10" s="19" t="s">
+      <c r="F10" s="10" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="11" spans="2:7" ht="29.15" x14ac:dyDescent="0.4">
-      <c r="B11" s="16" t="s">
+      <c r="B11" s="7" t="s">
         <v>6</v>
       </c>
-      <c r="C11" s="17" t="s">
+      <c r="C11" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="D11" s="17" t="s">
+      <c r="D11" s="8" t="s">
         <v>8</v>
       </c>
-      <c r="E11" s="18">
+      <c r="E11" s="9">
         <v>2017</v>
       </c>
-      <c r="F11" s="19" t="s">
+      <c r="F11" s="10" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="12" spans="2:7" ht="43.75" x14ac:dyDescent="0.4">
-      <c r="B12" s="16" t="s">
+      <c r="B12" s="7" t="s">
         <v>10</v>
       </c>
-      <c r="C12" s="17" t="s">
+      <c r="C12" s="8" t="s">
         <v>11</v>
       </c>
-      <c r="D12" s="17" t="s">
+      <c r="D12" s="8" t="s">
         <v>12</v>
       </c>
-      <c r="E12" s="18">
+      <c r="E12" s="9">
         <v>2016</v>
       </c>
-      <c r="F12" s="19" t="s">
+      <c r="F12" s="10" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="13" spans="2:7" ht="43.75" x14ac:dyDescent="0.4">
-      <c r="B13" s="16" t="s">
+      <c r="B13" s="7" t="s">
         <v>14</v>
       </c>
-      <c r="C13" s="17" t="s">
+      <c r="C13" s="8" t="s">
         <v>15</v>
       </c>
-      <c r="D13" s="17" t="s">
+      <c r="D13" s="8" t="s">
         <v>16</v>
       </c>
-      <c r="E13" s="18">
+      <c r="E13" s="9">
         <v>2015</v>
       </c>
-      <c r="F13" s="19" t="s">
+      <c r="F13" s="10" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="14" spans="2:7" x14ac:dyDescent="0.4">
-      <c r="B14" s="16" t="s">
+      <c r="B14" s="7" t="s">
         <v>18</v>
       </c>
-      <c r="C14" s="17" t="s">
+      <c r="C14" s="8" t="s">
         <v>11</v>
       </c>
-      <c r="D14" s="17" t="s">
+      <c r="D14" s="8" t="s">
         <v>19</v>
       </c>
-      <c r="E14" s="18">
+      <c r="E14" s="9">
         <v>2013</v>
       </c>
-      <c r="F14" s="19" t="s">
+      <c r="F14" s="10" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="15" spans="2:7" ht="43.75" x14ac:dyDescent="0.4">
-      <c r="B15" s="16" t="s">
+      <c r="B15" s="7" t="s">
         <v>21</v>
       </c>
-      <c r="C15" s="17" t="s">
+      <c r="C15" s="8" t="s">
         <v>22</v>
       </c>
-      <c r="D15" s="17" t="s">
+      <c r="D15" s="8" t="s">
         <v>23</v>
       </c>
-      <c r="E15" s="18">
+      <c r="E15" s="9">
         <v>2012</v>
       </c>
-      <c r="F15" s="19" t="s">
+      <c r="F15" s="10" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="16" spans="2:7" ht="43.75" x14ac:dyDescent="0.4">
-      <c r="B16" s="16" t="s">
+      <c r="B16" s="7" t="s">
         <v>25</v>
       </c>
-      <c r="C16" s="17" t="s">
+      <c r="C16" s="8" t="s">
         <v>26</v>
       </c>
-      <c r="D16" s="17" t="s">
+      <c r="D16" s="8" t="s">
         <v>27</v>
       </c>
-      <c r="E16" s="18">
+      <c r="E16" s="9">
         <v>2011</v>
       </c>
-      <c r="F16" s="19" t="s">
+      <c r="F16" s="10" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="17" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
-      <c r="B17" s="16" t="s">
+      <c r="B17" s="7" t="s">
         <v>29</v>
       </c>
-      <c r="C17" s="17" t="s">
+      <c r="C17" s="8" t="s">
         <v>30</v>
       </c>
-      <c r="D17" s="17" t="s">
+      <c r="D17" s="8" t="s">
         <v>31</v>
       </c>
-      <c r="E17" s="18">
+      <c r="E17" s="9">
         <v>2011</v>
       </c>
-      <c r="F17" s="19" t="s">
+      <c r="F17" s="10" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="18" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
-      <c r="B18" s="16" t="s">
+      <c r="B18" s="7" t="s">
         <v>32</v>
       </c>
-      <c r="C18" s="17" t="s">
+      <c r="C18" s="8" t="s">
         <v>33</v>
       </c>
-      <c r="D18" s="17" t="s">
+      <c r="D18" s="8" t="s">
         <v>34</v>
       </c>
-      <c r="E18" s="18">
+      <c r="E18" s="9">
         <v>2011</v>
       </c>
-      <c r="F18" s="20" t="s">
+      <c r="F18" s="11" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="10">
     <mergeCell ref="B5:C5"/>
     <mergeCell ref="D5:F5"/>
     <mergeCell ref="B6:C6"/>
     <mergeCell ref="D6:F6"/>
     <mergeCell ref="B1:F1"/>
     <mergeCell ref="B2:F2"/>
     <mergeCell ref="B3:C3"/>
     <mergeCell ref="D3:F3"/>
     <mergeCell ref="B4:C4"/>
     <mergeCell ref="D4:F4"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B3:G3" r:id="rId1" display="https://www.echr.coe.int/Pages/home.aspx?p=library&amp;c=" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
     <hyperlink ref="B5:G5" r:id="rId2" display="http://hrls.echr.coe.int/uhtbin/cgisirsi.exe/x/0/0/5?searchdata1=couredh%20and%20%22communaut%C3%A9%20LGBT%22%20or%20transsex$%7b694%7d&amp;sort_by=-PBYR" xr:uid="{D1A2B0A6-2444-4AB5-B37F-C1A4EBFE28FA}"/>
     <hyperlink ref="D3:F3" r:id="rId3" display="Tous les documents sont disponibles à la Bibliothèque de la Cour. Pour les consulter, un rendez-vous peut être pris sur le site de la Bibliothèque." xr:uid="{A88D16CF-D090-47EC-9678-176E5F72A898}"/>
     <hyperlink ref="B5:C5" r:id="rId4" display="For more references, refer to theLibrary’s catalogue." xr:uid="{DBF003C1-2C02-4E95-B8F8-8B6AA645CB02}"/>
     <hyperlink ref="D5:F5" r:id="rId5" display="Pour plus de références, consulter lecatalogue de la Bibliothèque." xr:uid="{42BCC1B2-5CE5-46B3-83E7-C3E0F4CAB9DC}"/>
     <hyperlink ref="B3:C3" r:id="rId6" display="All documents are available in the Court'sLibrary, and an appointment to consult them can be made via the Library webpage." xr:uid="{0E0B9119-83B2-4A8E-93DD-08B3D9D299A3}"/>
     <hyperlink ref="F18" r:id="rId7" xr:uid="{C95016D1-0E08-4762-B21D-5B3AC00BCCA7}"/>
   </hyperlinks>