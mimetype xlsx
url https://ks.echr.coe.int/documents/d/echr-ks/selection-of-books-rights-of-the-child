--- v0 (2025-10-03)
+++ v1 (2025-12-03)
@@ -8,84 +8,84 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="26731"/>
   <workbookPr codeName="ThisWorkbook" autoCompressPictures="0" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\souppart\AppData\Roaming\OpenText\DM\Temp\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Souppart\AppData\Roaming\OpenText\DM\Temp\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{C14EE940-1810-48EE-81F0-FC333ED98847}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{2700B318-AD42-4ABC-8471-F95301667FF6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-103" yWindow="-103" windowWidth="16663" windowHeight="10492" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-16560" yWindow="-103" windowWidth="16663" windowHeight="9463" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="4" r:id="rId1"/>
     <sheet name="Sheet2" sheetId="2" r:id="rId2"/>
     <sheet name="Sheet3" sheetId="3" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Sheet1!$B$7:$F$7</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="131" uniqueCount="116">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="135" uniqueCount="120">
   <si>
     <t xml:space="preserve">Date </t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <i/>
         <u/>
         <sz val="11"/>
         <color theme="4" tint="-0.499984740745262"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Search tip</t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="11"/>
         <color theme="4" tint="-0.499984740745262"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
@@ -518,60 +518,72 @@
   <si>
     <t>Moya, David (ed.)</t>
   </si>
   <si>
     <t>Fillod-Chabaud, Aurélie</t>
   </si>
   <si>
     <t>Baude, Amandine</t>
   </si>
   <si>
     <t>The rights of the child : legal, political and ethical challenges</t>
   </si>
   <si>
     <t>Adami, Rebecca</t>
   </si>
   <si>
     <t>Children in migration : fundamental rights at European borders</t>
   </si>
   <si>
     <t>Council of Europe</t>
   </si>
   <si>
     <t>Strasbourg : Council of Europe ; [Vienna] : FRA European Union Agency for Fundamental Rights</t>
   </si>
   <si>
+    <t>Manuel de droit européen en matière de droits de l'enfant Ed. 2022</t>
+  </si>
+  <si>
+    <t>Luxembourg : Office des publications de l'Union européenne</t>
+  </si>
+  <si>
     <t xml:space="preserve">Book selection - Sélection de livres
 Rights of the child - Droits de l'enfant
-(Last updated - Dernière mise à jour : 28/02/2025)
+(Last updated - Dernière mise à jour : 31/08/2025)
 </t>
   </si>
   <si>
-    <t>Manuel de droit européen en matière de droits de l'enfant Ed. 2022</t>
-[...2 lines deleted...]
-    <t>Luxembourg : Office des publications de l'Union européenne</t>
+    <t>Enfance sans frontière : [actes des universités d'été organisées du 19 au 23 septembre 2022 à Bordeaux et Bayonne]</t>
+  </si>
+  <si>
+    <t>Marie, Alexis (ed.)</t>
+  </si>
+  <si>
+    <t>Paris : Pedone</t>
+  </si>
+  <si>
+    <t>342.726.1 % MAR</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="4" tint="-0.499984740745262"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <i/>
       <sz val="11"/>
@@ -1113,52 +1125,52 @@
         <a:xfrm>
           <a:off x="108857" y="114300"/>
           <a:ext cx="2352675" cy="855889"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{EA29E05E-BB11-4BA2-B100-D26679BB9B76}" name="Table13" displayName="Table13" ref="B7:F36" totalsRowShown="0" headerRowDxfId="9" headerRowBorderDxfId="8" tableBorderDxfId="7" totalsRowBorderDxfId="6">
-  <autoFilter ref="B7:F36" xr:uid="{00000000-0009-0000-0100-000001000000}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{EA29E05E-BB11-4BA2-B100-D26679BB9B76}" name="Table13" displayName="Table13" ref="B7:F37" totalsRowShown="0" headerRowDxfId="9" headerRowBorderDxfId="8" tableBorderDxfId="7" totalsRowBorderDxfId="6">
+  <autoFilter ref="B7:F37" xr:uid="{00000000-0009-0000-0100-000001000000}"/>
   <tableColumns count="5">
     <tableColumn id="1" xr3:uid="{0E097738-D851-44DD-816A-B68333551160}" name="  Title - Titre" dataDxfId="4" dataCellStyle="Normal 2"/>
     <tableColumn id="2" xr3:uid="{042A0141-0749-48B8-9165-D0E0C4DE7AB4}" name="Author - Auteur" dataDxfId="3" dataCellStyle="Normal 2"/>
     <tableColumn id="3" xr3:uid="{EC85A578-22FB-4BEB-8E43-DD3AAE8B2148}" name="Source / Publisher - Éditeur" dataDxfId="2" dataCellStyle="Normal 2"/>
     <tableColumn id="4" xr3:uid="{1B56A135-5AE0-4C4C-B238-DF0287FFFE1A}" name="Date " dataDxfId="1" dataCellStyle="Normal 2"/>
     <tableColumn id="5" xr3:uid="{7A3DB52B-2B68-479A-9D2F-9937FF0B306C}" name="Call number - Cote" dataDxfId="0" dataCellStyle="Normal 2"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
@@ -1428,79 +1440,79 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://echr.coe.int/LIBRARY/DIGDOC/UE-FRA-2022-Handbook_rights_child_ENG.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fra.europa.eu/sites/default/files/fra_uploads/fra-coe-2022-handbook-child-rights_fr.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.echr.coe.int/Pages/home.aspx?p=library&amp;c=fre" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5771/9783748926740" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://echr.coe.int/LIBRARY/DIGDOC/ADAMI-2023-The_rights_of_the_child.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.echr.coe.int/Pages/home.aspx?p=library&amp;c=" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.echr.coe.int/Pages/home.aspx?p=library&amp;c=" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hrls.echr.coe.int/uhtbin/cgisirsi.exe/x/0/0/5?searchdata1=couredh%20and%20%22violence%20contre%20les%20femmes%22%20or%20%22violence%20domestique%22%7b694%7d&amp;sort_by=-PBYR" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://echr.coe.int/LIBRARY/DIGDOC/COE-2023-Children_in_migration.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hrls.echr.coe.int/uhtbin/cgisirsi.exe/x/0/0/5?searchdata1=couredh%20and%20%22violence%20contre%20les%20femmes%22%20or%20%22violence%20domestique%22%7b694%7d&amp;sort_by=-PBYR" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://echr.coe.int/LIBRARY/DIGDOC/COE-2019-dimension_DH_politique_accueil_refugies.PDF" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.echr.coe.int/Pages/home.aspx?p=library&amp;c=" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://echr.coe.int/LIBRARY/DIGDOC/COE-2019-Human_rights_aspects_of_immigrant_and_refugee_integration_policies.PDF" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{541B583C-4AD3-4B2F-9BB6-01CF7DEA61D2}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="B1:G36"/>
+  <dimension ref="B1:G37"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="B2" sqref="B2:F2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.15234375" defaultRowHeight="14.6" x14ac:dyDescent="0.4"/>
   <cols>
     <col min="1" max="1" width="1.53515625" style="1" customWidth="1"/>
     <col min="2" max="2" width="51.3828125" style="3" customWidth="1"/>
     <col min="3" max="3" width="27.84375" style="3" customWidth="1"/>
     <col min="4" max="4" width="58.53515625" style="3" customWidth="1"/>
     <col min="5" max="5" width="10" style="2" customWidth="1"/>
     <col min="6" max="6" width="24" style="3" customWidth="1"/>
     <col min="7" max="16384" width="9.15234375" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:7" ht="23.15" x14ac:dyDescent="0.4">
       <c r="B1" s="17" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="17"/>
       <c r="D1" s="17"/>
       <c r="E1" s="17"/>
       <c r="F1" s="17"/>
     </row>
     <row r="2" spans="2:7" ht="160.5" customHeight="1" x14ac:dyDescent="0.6">
       <c r="B2" s="18" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="C2" s="18"/>
       <c r="D2" s="18"/>
       <c r="E2" s="18"/>
       <c r="F2" s="18"/>
     </row>
     <row r="3" spans="2:7" ht="29.15" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B3" s="19" t="s">
         <v>3</v>
       </c>
       <c r="C3" s="19"/>
       <c r="D3" s="20" t="s">
         <v>4</v>
       </c>
       <c r="E3" s="20"/>
       <c r="F3" s="20"/>
       <c r="G3" s="4"/>
     </row>
     <row r="4" spans="2:7" ht="29.15" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B4" s="15" t="s">
         <v>5</v>
       </c>
       <c r="C4" s="15"/>
       <c r="D4" s="16" t="s">
         <v>6</v>
@@ -1580,520 +1592,537 @@
         <v>2023</v>
       </c>
       <c r="F9" s="12" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="10" spans="2:7" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B10" s="9" t="s">
         <v>100</v>
       </c>
       <c r="C10" s="10" t="s">
         <v>101</v>
       </c>
       <c r="D10" s="10" t="s">
         <v>102</v>
       </c>
       <c r="E10" s="11">
         <v>2023</v>
       </c>
       <c r="F10" s="12" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="11" spans="2:7" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B11" s="9" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="C11" s="10" t="s">
-        <v>93</v>
+        <v>117</v>
       </c>
       <c r="D11" s="10" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="E11" s="11">
         <v>2023</v>
       </c>
-      <c r="F11" s="7" t="s">
-[...3 lines deleted...]
-    <row r="12" spans="2:7" ht="29.15" x14ac:dyDescent="0.4">
+      <c r="F11" s="12" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="12" spans="2:7" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B12" s="9" t="s">
-        <v>20</v>
+        <v>113</v>
       </c>
       <c r="C12" s="10" t="s">
-        <v>21</v>
+        <v>93</v>
       </c>
       <c r="D12" s="10" t="s">
-        <v>22</v>
+        <v>114</v>
       </c>
       <c r="E12" s="11">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="F12" s="7" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="13" spans="2:7" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B13" s="9" t="s">
-        <v>110</v>
+        <v>20</v>
       </c>
       <c r="C13" s="10" t="s">
-        <v>111</v>
+        <v>21</v>
       </c>
       <c r="D13" s="10" t="s">
-        <v>112</v>
+        <v>22</v>
       </c>
       <c r="E13" s="11">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="F13" s="7" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="14" spans="2:7" ht="43.75" x14ac:dyDescent="0.4">
+    <row r="14" spans="2:7" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B14" s="9" t="s">
-        <v>24</v>
+        <v>110</v>
       </c>
       <c r="C14" s="10" t="s">
-        <v>25</v>
+        <v>111</v>
       </c>
       <c r="D14" s="10" t="s">
-        <v>26</v>
+        <v>112</v>
       </c>
       <c r="E14" s="11">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="F14" s="7" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="15" spans="2:7" x14ac:dyDescent="0.4">
+    <row r="15" spans="2:7" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B15" s="9" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="C15" s="10" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="D15" s="10" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="E15" s="11">
         <v>2022</v>
       </c>
-      <c r="F15" s="8" t="s">
-[...3 lines deleted...]
-    <row r="16" spans="2:7" ht="43.75" x14ac:dyDescent="0.4">
+      <c r="F15" s="7" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="16" spans="2:7" x14ac:dyDescent="0.4">
       <c r="B16" s="9" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="C16" s="10" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="D16" s="10" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
       <c r="E16" s="11">
         <v>2022</v>
       </c>
-      <c r="F16" s="12" t="s">
+      <c r="F16" s="8" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="17" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+      <c r="B17" s="9" t="s">
+        <v>31</v>
+      </c>
+      <c r="C17" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="D17" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="E17" s="11">
+        <v>2022</v>
+      </c>
+      <c r="F17" s="12" t="s">
         <v>33</v>
-      </c>
-[...15 lines deleted...]
-        <v>35</v>
       </c>
     </row>
     <row r="18" spans="2:6" x14ac:dyDescent="0.4">
       <c r="B18" s="9" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="C18" s="10" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="D18" s="10" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="11">
         <v>2021</v>
       </c>
       <c r="F18" s="12" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
     </row>
     <row r="19" spans="2:6" x14ac:dyDescent="0.4">
       <c r="B19" s="9" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="C19" s="10" t="s">
-        <v>39</v>
+        <v>104</v>
       </c>
       <c r="D19" s="10" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E19" s="11">
         <v>2021</v>
       </c>
       <c r="F19" s="12" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-    <row r="20" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="20" spans="2:6" x14ac:dyDescent="0.4">
       <c r="B20" s="9" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="C20" s="10" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="D20" s="10" t="s">
-        <v>43</v>
+        <v>14</v>
       </c>
       <c r="E20" s="11">
         <v>2021</v>
       </c>
       <c r="F20" s="12" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-    <row r="21" spans="2:6" x14ac:dyDescent="0.4">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="21" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B21" s="9" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C21" s="10" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="D21" s="10" t="s">
-        <v>16</v>
+        <v>43</v>
       </c>
       <c r="E21" s="11">
         <v>2021</v>
       </c>
       <c r="F21" s="12" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="22" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="22" spans="2:6" x14ac:dyDescent="0.4">
       <c r="B22" s="9" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="C22" s="10" t="s">
-        <v>105</v>
+        <v>46</v>
       </c>
       <c r="D22" s="10" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="E22" s="11">
         <v>2021</v>
       </c>
       <c r="F22" s="12" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
     </row>
     <row r="23" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B23" s="9" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="C23" s="10" t="s">
-        <v>51</v>
+        <v>105</v>
       </c>
       <c r="D23" s="10" t="s">
-        <v>52</v>
+        <v>12</v>
       </c>
       <c r="E23" s="11">
         <v>2021</v>
       </c>
       <c r="F23" s="12" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
     </row>
     <row r="24" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B24" s="9" t="s">
+        <v>50</v>
+      </c>
+      <c r="C24" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="D24" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="E24" s="11">
+        <v>2021</v>
+      </c>
+      <c r="F24" s="12" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="25" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+      <c r="B25" s="9" t="s">
         <v>54</v>
       </c>
-      <c r="C24" s="10" t="s">
+      <c r="C25" s="10" t="s">
         <v>106</v>
       </c>
-      <c r="D24" s="10" t="s">
+      <c r="D25" s="10" t="s">
         <v>55</v>
-      </c>
-[...15 lines deleted...]
-        <v>16</v>
       </c>
       <c r="E25" s="11">
         <v>2020</v>
       </c>
       <c r="F25" s="12" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
     </row>
     <row r="26" spans="2:6" x14ac:dyDescent="0.4">
       <c r="B26" s="9" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="C26" s="10" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="D26" s="10" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="E26" s="11">
         <v>2020</v>
       </c>
       <c r="F26" s="12" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-    <row r="27" spans="2:6" ht="58.3" x14ac:dyDescent="0.4">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="27" spans="2:6" x14ac:dyDescent="0.4">
       <c r="B27" s="9" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="C27" s="10" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="D27" s="10" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="E27" s="11">
         <v>2020</v>
       </c>
       <c r="F27" s="12" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="28" spans="2:6" ht="58.3" x14ac:dyDescent="0.4">
+      <c r="B28" s="9" t="s">
+        <v>63</v>
+      </c>
+      <c r="C28" s="10" t="s">
+        <v>64</v>
+      </c>
+      <c r="D28" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="E28" s="11">
+        <v>2020</v>
+      </c>
+      <c r="F28" s="12" t="s">
         <v>65</v>
       </c>
     </row>
-    <row r="28" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
-      <c r="B28" s="9" t="s">
+    <row r="29" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+      <c r="B29" s="9" t="s">
         <v>66</v>
-      </c>
-[...15 lines deleted...]
-        <v>69</v>
       </c>
       <c r="C29" s="10" t="s">
         <v>67</v>
       </c>
       <c r="D29" s="10" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="E29" s="11">
         <v>2019</v>
       </c>
       <c r="F29" s="7" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="30" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+    <row r="30" spans="2:6" ht="58.3" x14ac:dyDescent="0.4">
       <c r="B30" s="9" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="C30" s="10" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="D30" s="10" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="E30" s="11">
         <v>2019</v>
       </c>
-      <c r="F30" s="12" t="s">
-[...3 lines deleted...]
-    <row r="31" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+      <c r="F30" s="7" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="31" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B31" s="9" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="C31" s="10" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="D31" s="10" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E31" s="11">
         <v>2019</v>
       </c>
       <c r="F31" s="12" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
     </row>
     <row r="32" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B32" s="9" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="C32" s="10" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="D32" s="10" t="s">
-        <v>14</v>
+        <v>77</v>
       </c>
       <c r="E32" s="11">
         <v>2019</v>
       </c>
       <c r="F32" s="12" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="33" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+      <c r="B33" s="9" t="s">
+        <v>79</v>
+      </c>
+      <c r="C33" s="10" t="s">
+        <v>80</v>
+      </c>
+      <c r="D33" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="E33" s="11">
+        <v>2019</v>
+      </c>
+      <c r="F33" s="12" t="s">
         <v>81</v>
-      </c>
-[...15 lines deleted...]
-        <v>84</v>
       </c>
     </row>
     <row r="34" spans="2:6" x14ac:dyDescent="0.4">
       <c r="B34" s="9" t="s">
-        <v>85</v>
+        <v>82</v>
       </c>
       <c r="C34" s="10" t="s">
-        <v>86</v>
+        <v>107</v>
       </c>
       <c r="D34" s="10" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="E34" s="11">
         <v>2018</v>
       </c>
       <c r="F34" s="12" t="s">
-        <v>88</v>
-[...2 lines deleted...]
-    <row r="35" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="35" spans="2:6" x14ac:dyDescent="0.4">
       <c r="B35" s="9" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="C35" s="10" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="D35" s="10" t="s">
-        <v>16</v>
+        <v>87</v>
       </c>
       <c r="E35" s="11">
         <v>2018</v>
       </c>
       <c r="F35" s="12" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="36" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+      <c r="B36" s="9" t="s">
+        <v>89</v>
+      </c>
+      <c r="C36" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="D36" s="10" t="s">
+        <v>16</v>
+      </c>
+      <c r="E36" s="11">
+        <v>2018</v>
+      </c>
+      <c r="F36" s="12" t="s">
         <v>91</v>
       </c>
     </row>
-    <row r="36" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
-      <c r="B36" s="9" t="s">
+    <row r="37" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+      <c r="B37" s="9" t="s">
         <v>92</v>
       </c>
-      <c r="C36" s="10" t="s">
+      <c r="C37" s="10" t="s">
         <v>93</v>
       </c>
-      <c r="D36" s="10" t="s">
+      <c r="D37" s="10" t="s">
         <v>94</v>
       </c>
-      <c r="E36" s="11">
+      <c r="E37" s="11">
         <v>2015</v>
       </c>
-      <c r="F36" s="12" t="s">
+      <c r="F37" s="12" t="s">
         <v>95</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="10">
     <mergeCell ref="B5:C5"/>
     <mergeCell ref="D5:F5"/>
     <mergeCell ref="B6:C6"/>
     <mergeCell ref="D6:F6"/>
     <mergeCell ref="B1:F1"/>
     <mergeCell ref="B2:F2"/>
     <mergeCell ref="B3:C3"/>
     <mergeCell ref="D3:F3"/>
     <mergeCell ref="B4:C4"/>
     <mergeCell ref="D4:F4"/>
   </mergeCells>
-  <conditionalFormatting sqref="B8:B36">
+  <conditionalFormatting sqref="B8:B37">
     <cfRule type="duplicateValues" dxfId="5" priority="1"/>
   </conditionalFormatting>
   <hyperlinks>
     <hyperlink ref="B3:G3" r:id="rId1" display="https://www.echr.coe.int/Pages/home.aspx?p=library&amp;c=" xr:uid="{90F40D57-E4F0-47BD-94A2-D3AC5701436D}"/>
     <hyperlink ref="B3:C3" r:id="rId2" display="All documents are available in the Court'sLibrary, and an appointment to consult them can be made via the Library webpage." xr:uid="{008886D6-6154-413A-A351-58FBA88413FB}"/>
     <hyperlink ref="D3:F3" r:id="rId3" display="Tous les documents sont disponibles à la Bibliothèque de la Cour. Pour les consulter, un rendez-vous peut être pris sur le site de la Bibliothèque." xr:uid="{2AB5349D-E13D-4469-8708-CF35EAD98120}"/>
     <hyperlink ref="B3:F3" r:id="rId4" display="https://www.echr.coe.int/Pages/home.aspx?p=library&amp;c=" xr:uid="{2F85B5B8-1CC8-48DF-A5E4-40E6252B808C}"/>
     <hyperlink ref="B5:C5" r:id="rId5" display="For more references, refer to theLibrary's catalogue." xr:uid="{81C43407-0D75-4D7D-8A58-10A7AE2509B8}"/>
     <hyperlink ref="D5:F5" r:id="rId6" display="For more references, refer to theLibrary's catalogue." xr:uid="{E0CF6A7C-E9B8-473D-805C-F03848A011C1}"/>
-    <hyperlink ref="F12" r:id="rId7" xr:uid="{07E60C23-6445-4B9C-BCBF-547B7DF0180B}"/>
-[...5 lines deleted...]
-    <hyperlink ref="F11" r:id="rId13" xr:uid="{8DD5CBDD-17C3-496A-A07C-69FF396A6992}"/>
+    <hyperlink ref="F13" r:id="rId7" xr:uid="{D6C2F6D4-1493-4505-B5E3-96A98B8B983E}"/>
+    <hyperlink ref="F15" r:id="rId8" xr:uid="{C4E45521-B0B5-454D-83AA-C1E53526E61A}"/>
+    <hyperlink ref="F29" r:id="rId9" xr:uid="{FDC6DCDF-4F05-4A3D-B896-8DD495A503BE}"/>
+    <hyperlink ref="F30" r:id="rId10" xr:uid="{B87F704D-59C8-4222-B6FF-C5FB65888749}"/>
+    <hyperlink ref="F14" r:id="rId11" xr:uid="{6F332DF0-F7B5-4C0D-8C2B-2B0596673347}"/>
+    <hyperlink ref="F8" r:id="rId12" xr:uid="{6A156CFF-8224-49B7-9FF5-638AD084F01D}"/>
+    <hyperlink ref="F12" r:id="rId13" xr:uid="{2CC8166C-3CC2-4A41-8625-0F6D22BB63DE}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.35433070866141736" right="0.71875" top="0.39" bottom="0.44" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="77" fitToHeight="0" orientation="landscape" r:id="rId14"/>
   <headerFooter differentFirst="1">
     <oddFooter>&amp;C&amp;P of &amp;N&amp;R&amp;F</oddFooter>
   </headerFooter>
   <drawing r:id="rId15"/>
   <tableParts count="1">
     <tablePart r:id="rId16"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr codeName="Sheet2"/>
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.6" x14ac:dyDescent="0.4"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
@@ -2134,29 +2163,29 @@
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
       <vt:lpstr>Sheet2</vt:lpstr>
       <vt:lpstr>Sheet3</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>European court of Human Right</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="eDOCS AutoSave">
-    <vt:lpwstr>20250627100013831</vt:lpwstr>
+    <vt:lpwstr>20251121101756717</vt:lpwstr>
   </property>
 </Properties>
 </file>