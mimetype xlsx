--- v0 (2025-10-08)
+++ v1 (2026-02-11)
@@ -4,88 +4,88 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="26731"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27928"/>
   <workbookPr codeName="ThisWorkbook" autoCompressPictures="0" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\souppart\AppData\Roaming\OpenText\DM\Temp\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Souppart\AppData\Roaming\OpenText\DM\Temp\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{D1293DBB-E9E9-4B80-9F13-1591AA728D1A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{F1B36319-2F3C-4896-8FC1-CD6D46E4AFFA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-103" yWindow="-103" windowWidth="16663" windowHeight="10492" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
     <sheet name="Sheet2" sheetId="2" r:id="rId2"/>
     <sheet name="Sheet3" sheetId="3" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Sheet1!$B$7:$F$7</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="123" uniqueCount="119">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="127" uniqueCount="123">
   <si>
     <t xml:space="preserve">Date </t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <i/>
         <u/>
         <sz val="11"/>
         <color theme="4" tint="-0.499984740745262"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Search tip</t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="11"/>
         <color theme="4" tint="-0.499984740745262"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
@@ -509,91 +509,103 @@
   <si>
     <t>Vulnérabilités et crise pandémique : enjeux juridiques et éthiques : [actes du colloque du 11 mars 2022 organisé à la Maison des sciences de l'homme Paris Nord]</t>
   </si>
   <si>
     <t>Ruet, Céline (ed.)</t>
   </si>
   <si>
     <t>[Bayonne] : Institut francophone pour la justice et la démocratie (IFJD)</t>
   </si>
   <si>
     <t>342.725.5(44) % RUE</t>
   </si>
   <si>
     <t>ECHR-KS / CEDH-KS</t>
   </si>
   <si>
     <t>La fabrique de la jurisprudence sociale européenne : les décisions "réclamations collectives" du Comité européen des droits sociaux</t>
   </si>
   <si>
     <t>Stangos, Petros</t>
   </si>
   <si>
     <t>342.734:06CE % STA</t>
   </si>
   <si>
+    <t>Putting human rights to work : labour law, the ECHR, and the employment relation</t>
+  </si>
+  <si>
+    <t>Collins, Philippa</t>
+  </si>
+  <si>
+    <t>Oxford : Oxford University Press</t>
+  </si>
+  <si>
+    <t>342.734(42) % COL</t>
+  </si>
+  <si>
+    <t>Collective complaints as a means for protecting social rights in Europe</t>
+  </si>
+  <si>
+    <t>Giuseppe Palmisano</t>
+  </si>
+  <si>
+    <t>London : Anthem Press</t>
+  </si>
+  <si>
+    <t>342.734:06CE % PAL</t>
+  </si>
+  <si>
     <r>
       <t xml:space="preserve">Book selection - Sélection de livres
 Social Rights - Droits sociaux
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <color theme="4" tint="-0.499984740745262"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve">(Last updated - Dernière mise à jour : 28/02/2025)
+      <t xml:space="preserve">(Last updated - Dernière mise à jour : 31/08/2025)
 </t>
     </r>
   </si>
   <si>
-    <t>Putting human rights to work : labour law, the ECHR, and the employment relation</t>
-[...20 lines deleted...]
-    <t>342.734:06CE % PAL</t>
+    <t>Applying international and European antidiscrimination law to the housing context</t>
+  </si>
+  <si>
+    <t>Benito Sanchez, Juan Carlos</t>
+  </si>
+  <si>
+    <t>Paris : Pedone ; Oxford : Hart</t>
+  </si>
+  <si>
+    <t>342.724 % BEN</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="4" tint="-0.499984740745262"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <i/>
       <sz val="11"/>
@@ -745,128 +757,116 @@
         <color theme="4"/>
       </left>
       <right/>
       <top style="thin">
         <color theme="4"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="4"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="27">
+  <cellXfs count="23">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="3" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="6" xfId="3" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="9"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="9"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="9"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="9"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="2" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="2" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="2" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="2" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="2" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="2" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="7" xfId="2" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Hyperlink 2" xfId="3" xr:uid="{092FC7CB-050B-4DBC-B252-62E57BB89A8E}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0" customBuiltin="1"/>
     <cellStyle name="Normal 2" xfId="2" xr:uid="{5B113259-B832-4F6B-8DBF-4A4715C3BE51}"/>
   </cellStyles>
   <dxfs count="9">
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <scheme val="minor"/>
@@ -1168,52 +1168,52 @@
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="152400" y="38100"/>
           <a:ext cx="2350112" cy="888531"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="Table1" displayName="Table1" ref="B7:F34" totalsRowShown="0" headerRowDxfId="8" headerRowBorderDxfId="7" tableBorderDxfId="6" totalsRowBorderDxfId="5">
-  <autoFilter ref="B7:F34" xr:uid="{00000000-0009-0000-0100-000001000000}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="Table1" displayName="Table1" ref="B7:F35" totalsRowShown="0" headerRowDxfId="8" headerRowBorderDxfId="7" tableBorderDxfId="6" totalsRowBorderDxfId="5">
+  <autoFilter ref="B7:F35" xr:uid="{00000000-0009-0000-0100-000001000000}"/>
   <tableColumns count="5">
     <tableColumn id="1" xr3:uid="{00000000-0010-0000-0000-000001000000}" name="  Title - Titre" dataDxfId="4" dataCellStyle="Normal 2"/>
     <tableColumn id="2" xr3:uid="{00000000-0010-0000-0000-000002000000}" name="Author - Auteur" dataDxfId="3" dataCellStyle="Normal 2"/>
     <tableColumn id="3" xr3:uid="{00000000-0010-0000-0000-000003000000}" name="Source / Publisher - Éditeur" dataDxfId="2" dataCellStyle="Normal 2"/>
     <tableColumn id="4" xr3:uid="{00000000-0010-0000-0000-000004000000}" name="Date " dataDxfId="1" dataCellStyle="Normal 2"/>
     <tableColumn id="5" xr3:uid="{00000000-0010-0000-0000-000005000000}" name="Call number - Cote" dataDxfId="0" dataCellStyle="Normal 2"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
@@ -1483,79 +1483,79 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hrls.echr.coe.int/uhtbin/cgisirsi.exe/x/0/0/5?searchdata1=droits%20sociaux$%20and%20couredh$%20or%20droit%20&#224;%20la%20sant&#233;%20and%20couredh$%20or%20droits%20de%20l'employ&#233;%20and%20couredh$%20or%20droits%20des%20travailleurs%20and%20couredh$%20or%20droits%20syndicaux%20and%20couredh$%20or%20droit%20de%20gr&#232;ve%20and%20couredh$%20or%20s&#233;curit&#233;%20sociale%20and%20couredh$%20or%20droit%20au%20logement%20and%20couredh$%7b694%7d&amp;sort_by=-PBYR" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hrls.echr.coe.int/uhtbin/cgisirsi.exe/x/0/0/5?searchdata1=droits%20sociaux$%20and%20couredh$%20or%20droit%20&#224;%20la%20sant&#233;%20and%20couredh$%20or%20droits%20de%20l'employ&#233;%20and%20couredh$%20or%20droits%20des%20travailleurs%20and%20couredh$%20or%20droits%20syndicaux%20and%20couredh$%20or%20droit%20de%20gr&#232;ve%20and%20couredh$%20or%20s&#233;curit&#233;%20sociale%20and%20couredh$%20or%20droit%20au%20logement%20and%20couredh$%7b694%7d&amp;sort_by=-PBYR" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.echr.coe.int/Pages/home.aspx?p=library&amp;c=fre" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://echr.coe.int/LIBRARY/DIGDOC/FRA-2018-handbook-non-discrimination-law-2018_FR.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.echr.coe.int/library/DIGDOC/COUREDH-2018-Handbook-non-discrimination_eng.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.echr.coe.int/Pages/home.aspx?p=library&amp;c=" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet1">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="B1:F34"/>
+  <dimension ref="B1:F35"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="B2" sqref="B2:F2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.3046875" defaultRowHeight="14.6" x14ac:dyDescent="0.4"/>
   <cols>
     <col min="1" max="1" width="1.69140625" style="1" customWidth="1"/>
     <col min="2" max="2" width="51.3828125" style="3" customWidth="1"/>
     <col min="3" max="3" width="27.69140625" style="3" customWidth="1"/>
     <col min="4" max="4" width="58.69140625" style="3" customWidth="1"/>
     <col min="5" max="5" width="10" style="2" customWidth="1"/>
     <col min="6" max="6" width="24" style="3" customWidth="1"/>
     <col min="7" max="16384" width="9.3046875" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:6" ht="23.15" x14ac:dyDescent="0.4">
       <c r="B1" s="9" t="s">
         <v>106</v>
       </c>
       <c r="C1" s="9"/>
       <c r="D1" s="9"/>
       <c r="E1" s="9"/>
       <c r="F1" s="9"/>
     </row>
     <row r="2" spans="2:6" ht="161.25" customHeight="1" x14ac:dyDescent="0.6">
       <c r="B2" s="10" t="s">
-        <v>110</v>
+        <v>118</v>
       </c>
       <c r="C2" s="10"/>
       <c r="D2" s="10"/>
       <c r="E2" s="10"/>
       <c r="F2" s="10"/>
     </row>
     <row r="3" spans="2:6" ht="28.95" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B3" s="11" t="s">
         <v>89</v>
       </c>
       <c r="C3" s="11"/>
       <c r="D3" s="12" t="s">
         <v>81</v>
       </c>
       <c r="E3" s="13"/>
       <c r="F3" s="13"/>
     </row>
     <row r="4" spans="2:6" ht="29.15" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B4" s="7" t="s">
         <v>3</v>
       </c>
       <c r="C4" s="7"/>
       <c r="D4" s="8" t="s">
         <v>83</v>
       </c>
@@ -1596,512 +1596,529 @@
       </c>
       <c r="E7" s="4" t="s">
         <v>0</v>
       </c>
       <c r="F7" s="4" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="8" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B8" s="16" t="s">
         <v>107</v>
       </c>
       <c r="C8" s="17" t="s">
         <v>108</v>
       </c>
       <c r="D8" s="17" t="s">
         <v>41</v>
       </c>
       <c r="E8" s="18">
         <v>2024</v>
       </c>
       <c r="F8" s="19" t="s">
         <v>109</v>
       </c>
     </row>
-    <row r="9" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
-      <c r="B9" s="20" t="s">
+    <row r="9" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+      <c r="B9" s="16" t="s">
+        <v>119</v>
+      </c>
+      <c r="C9" s="17" t="s">
+        <v>120</v>
+      </c>
+      <c r="D9" s="17" t="s">
+        <v>121</v>
+      </c>
+      <c r="E9" s="18">
+        <v>2023</v>
+      </c>
+      <c r="F9" s="19" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="10" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+      <c r="B10" s="16" t="s">
         <v>102</v>
       </c>
-      <c r="C9" s="21" t="s">
+      <c r="C10" s="17" t="s">
         <v>103</v>
       </c>
-      <c r="D9" s="21" t="s">
+      <c r="D10" s="17" t="s">
         <v>104</v>
       </c>
-      <c r="E9" s="22">
+      <c r="E10" s="18">
         <v>2023</v>
       </c>
-      <c r="F9" s="23" t="s">
+      <c r="F10" s="19" t="s">
         <v>105</v>
-      </c>
-[...15 lines deleted...]
-        <v>114</v>
       </c>
     </row>
     <row r="11" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B11" s="16" t="s">
-        <v>115</v>
+        <v>110</v>
       </c>
       <c r="C11" s="17" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="D11" s="17" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
       <c r="E11" s="18">
         <v>2022</v>
       </c>
       <c r="F11" s="19" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-    <row r="12" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="12" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B12" s="16" t="s">
-        <v>94</v>
+        <v>114</v>
       </c>
       <c r="C12" s="17" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="D12" s="17" t="s">
-        <v>96</v>
+        <v>116</v>
       </c>
       <c r="E12" s="18">
         <v>2022</v>
       </c>
       <c r="F12" s="19" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="13" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+      <c r="B13" s="16" t="s">
+        <v>94</v>
+      </c>
+      <c r="C13" s="17" t="s">
+        <v>95</v>
+      </c>
+      <c r="D13" s="17" t="s">
+        <v>96</v>
+      </c>
+      <c r="E13" s="18">
+        <v>2022</v>
+      </c>
+      <c r="F13" s="19" t="s">
         <v>97</v>
       </c>
     </row>
-    <row r="13" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
-      <c r="B13" s="16" t="s">
+    <row r="14" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+      <c r="B14" s="16" t="s">
         <v>90</v>
       </c>
-      <c r="C13" s="17" t="s">
+      <c r="C14" s="17" t="s">
         <v>91</v>
       </c>
-      <c r="D13" s="17" t="s">
+      <c r="D14" s="17" t="s">
         <v>92</v>
       </c>
-      <c r="E13" s="18">
+      <c r="E14" s="18">
         <v>2021</v>
       </c>
-      <c r="F13" s="19" t="s">
+      <c r="F14" s="19" t="s">
         <v>93</v>
       </c>
     </row>
-    <row r="14" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
-      <c r="B14" s="20" t="s">
+    <row r="15" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+      <c r="B15" s="16" t="s">
         <v>98</v>
       </c>
-      <c r="C14" s="21" t="s">
+      <c r="C15" s="17" t="s">
         <v>99</v>
       </c>
-      <c r="D14" s="21" t="s">
+      <c r="D15" s="17" t="s">
         <v>100</v>
       </c>
-      <c r="E14" s="22">
+      <c r="E15" s="18">
         <v>2021</v>
       </c>
-      <c r="F14" s="23" t="s">
+      <c r="F15" s="19" t="s">
         <v>101</v>
       </c>
     </row>
-    <row r="15" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
-      <c r="B15" s="20" t="s">
+    <row r="16" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+      <c r="B16" s="16" t="s">
         <v>4</v>
       </c>
-      <c r="C15" s="21" t="s">
+      <c r="C16" s="17" t="s">
         <v>5</v>
       </c>
-      <c r="D15" s="17" t="s">
+      <c r="D16" s="17" t="s">
         <v>6</v>
       </c>
-      <c r="E15" s="22">
+      <c r="E16" s="18">
         <v>2020</v>
       </c>
-      <c r="F15" s="23" t="s">
+      <c r="F16" s="19" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="16" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
-      <c r="B16" s="20" t="s">
+    <row r="17" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+      <c r="B17" s="16" t="s">
         <v>8</v>
       </c>
-      <c r="C16" s="21" t="s">
+      <c r="C17" s="17" t="s">
         <v>9</v>
       </c>
-      <c r="D16" s="17" t="s">
+      <c r="D17" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="E16" s="22">
+      <c r="E17" s="18">
         <v>2019</v>
       </c>
-      <c r="F16" s="23" t="s">
+      <c r="F17" s="19" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="17" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
-      <c r="B17" s="20" t="s">
+    <row r="18" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+      <c r="B18" s="16" t="s">
         <v>12</v>
       </c>
-      <c r="C17" s="21" t="s">
+      <c r="C18" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="D17" s="17" t="s">
+      <c r="D18" s="17" t="s">
         <v>14</v>
       </c>
-      <c r="E17" s="22">
+      <c r="E18" s="18">
         <v>2018</v>
       </c>
-      <c r="F17" s="5" t="s">
+      <c r="F18" s="5" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="18" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
-      <c r="B18" s="20" t="s">
+    <row r="19" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+      <c r="B19" s="16" t="s">
         <v>16</v>
       </c>
-      <c r="C18" s="21" t="s">
+      <c r="C19" s="17" t="s">
         <v>17</v>
       </c>
-      <c r="D18" s="21" t="s">
+      <c r="D19" s="17" t="s">
         <v>18</v>
       </c>
-      <c r="E18" s="22">
+      <c r="E19" s="18">
         <v>2018</v>
       </c>
-      <c r="F18" s="23" t="s">
+      <c r="F19" s="19" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="19" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
-      <c r="B19" s="20" t="s">
+    <row r="20" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+      <c r="B20" s="16" t="s">
         <v>20</v>
       </c>
-      <c r="C19" s="21" t="s">
+      <c r="C20" s="17" t="s">
         <v>21</v>
       </c>
-      <c r="D19" s="21" t="s">
+      <c r="D20" s="17" t="s">
         <v>22</v>
       </c>
-      <c r="E19" s="22">
+      <c r="E20" s="18">
         <v>2018</v>
       </c>
-      <c r="F19" s="6" t="s">
+      <c r="F20" s="6" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="20" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
-      <c r="B20" s="16" t="s">
+    <row r="21" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+      <c r="B21" s="16" t="s">
         <v>23</v>
       </c>
-      <c r="C20" s="17" t="s">
+      <c r="C21" s="17" t="s">
         <v>24</v>
       </c>
-      <c r="D20" s="17" t="s">
+      <c r="D21" s="17" t="s">
         <v>25</v>
       </c>
-      <c r="E20" s="19">
+      <c r="E21" s="19">
         <v>2017</v>
       </c>
-      <c r="F20" s="23" t="s">
+      <c r="F21" s="19" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="21" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
-      <c r="B21" s="20" t="s">
+    <row r="22" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+      <c r="B22" s="16" t="s">
         <v>27</v>
       </c>
-      <c r="C21" s="21" t="s">
+      <c r="C22" s="17" t="s">
         <v>28</v>
       </c>
-      <c r="D21" s="21" t="s">
+      <c r="D22" s="17" t="s">
         <v>29</v>
       </c>
-      <c r="E21" s="22">
+      <c r="E22" s="18">
         <v>2017</v>
       </c>
-      <c r="F21" s="24" t="s">
+      <c r="F22" s="20" t="s">
         <v>30</v>
       </c>
     </row>
-    <row r="22" spans="2:6" ht="58.3" x14ac:dyDescent="0.4">
-      <c r="B22" s="20" t="s">
+    <row r="23" spans="2:6" ht="58.3" x14ac:dyDescent="0.4">
+      <c r="B23" s="16" t="s">
         <v>31</v>
       </c>
-      <c r="C22" s="21" t="s">
+      <c r="C23" s="17" t="s">
         <v>32</v>
       </c>
-      <c r="D22" s="21" t="s">
+      <c r="D23" s="17" t="s">
         <v>33</v>
       </c>
-      <c r="E22" s="22">
+      <c r="E23" s="18">
         <v>2016</v>
       </c>
-      <c r="F22" s="23" t="s">
+      <c r="F23" s="19" t="s">
         <v>34</v>
-      </c>
-[...15 lines deleted...]
-        <v>38</v>
       </c>
     </row>
     <row r="24" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B24" s="16" t="s">
+        <v>35</v>
+      </c>
+      <c r="C24" s="17" t="s">
+        <v>36</v>
+      </c>
+      <c r="D24" s="17" t="s">
+        <v>37</v>
+      </c>
+      <c r="E24" s="18">
+        <v>2016</v>
+      </c>
+      <c r="F24" s="21" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="25" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+      <c r="B25" s="16" t="s">
         <v>39</v>
       </c>
-      <c r="C24" s="17" t="s">
+      <c r="C25" s="17" t="s">
         <v>40</v>
       </c>
-      <c r="D24" s="17" t="s">
+      <c r="D25" s="17" t="s">
         <v>41</v>
-      </c>
-[...15 lines deleted...]
-        <v>45</v>
       </c>
       <c r="E25" s="19">
         <v>2015</v>
       </c>
-      <c r="F25" s="23" t="s">
+      <c r="F25" s="19" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="26" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+      <c r="B26" s="16" t="s">
+        <v>43</v>
+      </c>
+      <c r="C26" s="17" t="s">
+        <v>44</v>
+      </c>
+      <c r="D26" s="17" t="s">
+        <v>45</v>
+      </c>
+      <c r="E26" s="19">
+        <v>2015</v>
+      </c>
+      <c r="F26" s="19" t="s">
         <v>46</v>
       </c>
     </row>
-    <row r="26" spans="2:6" x14ac:dyDescent="0.4">
-      <c r="B26" s="20" t="s">
+    <row r="27" spans="2:6" x14ac:dyDescent="0.4">
+      <c r="B27" s="16" t="s">
         <v>47</v>
       </c>
-      <c r="C26" s="21" t="s">
+      <c r="C27" s="17" t="s">
         <v>48</v>
       </c>
-      <c r="D26" s="21" t="s">
+      <c r="D27" s="17" t="s">
         <v>49</v>
       </c>
-      <c r="E26" s="22">
+      <c r="E27" s="18">
         <v>2015</v>
       </c>
-      <c r="F26" s="24" t="s">
+      <c r="F27" s="20" t="s">
         <v>50</v>
       </c>
     </row>
-    <row r="27" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
-      <c r="B27" s="20" t="s">
+    <row r="28" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+      <c r="B28" s="16" t="s">
         <v>51</v>
       </c>
-      <c r="C27" s="21" t="s">
+      <c r="C28" s="17" t="s">
         <v>52</v>
       </c>
-      <c r="D27" s="21" t="s">
+      <c r="D28" s="17" t="s">
         <v>53</v>
       </c>
-      <c r="E27" s="22">
+      <c r="E28" s="18">
         <v>2015</v>
       </c>
-      <c r="F27" s="23" t="s">
+      <c r="F28" s="19" t="s">
         <v>54</v>
       </c>
     </row>
-    <row r="28" spans="2:6" x14ac:dyDescent="0.4">
-      <c r="B28" s="20" t="s">
+    <row r="29" spans="2:6" x14ac:dyDescent="0.4">
+      <c r="B29" s="16" t="s">
         <v>55</v>
       </c>
-      <c r="C28" s="21" t="s">
+      <c r="C29" s="17" t="s">
         <v>56</v>
       </c>
-      <c r="D28" s="21" t="s">
+      <c r="D29" s="17" t="s">
         <v>57</v>
       </c>
-      <c r="E28" s="22">
+      <c r="E29" s="18">
         <v>2015</v>
       </c>
-      <c r="F28" s="25" t="s">
+      <c r="F29" s="21" t="s">
         <v>58</v>
       </c>
     </row>
-    <row r="29" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
-      <c r="B29" s="16" t="s">
+    <row r="30" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+      <c r="B30" s="16" t="s">
         <v>59</v>
       </c>
-      <c r="C29" s="17" t="s">
+      <c r="C30" s="17" t="s">
         <v>60</v>
       </c>
-      <c r="D29" s="17" t="s">
+      <c r="D30" s="17" t="s">
         <v>61</v>
       </c>
-      <c r="E29" s="19">
+      <c r="E30" s="19">
         <v>2014</v>
       </c>
-      <c r="F29" s="23" t="s">
+      <c r="F30" s="19" t="s">
         <v>62</v>
       </c>
     </row>
-    <row r="30" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
-      <c r="B30" s="20" t="s">
+    <row r="31" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+      <c r="B31" s="16" t="s">
         <v>63</v>
       </c>
-      <c r="C30" s="21" t="s">
+      <c r="C31" s="17" t="s">
         <v>64</v>
       </c>
-      <c r="D30" s="21" t="s">
+      <c r="D31" s="17" t="s">
         <v>65</v>
       </c>
-      <c r="E30" s="22">
+      <c r="E31" s="18">
         <v>2014</v>
       </c>
-      <c r="F30" s="26" t="s">
+      <c r="F31" s="22" t="s">
         <v>66</v>
       </c>
     </row>
-    <row r="31" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
-      <c r="B31" s="16" t="s">
+    <row r="32" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+      <c r="B32" s="16" t="s">
         <v>67</v>
       </c>
-      <c r="C31" s="17" t="s">
+      <c r="C32" s="17" t="s">
         <v>68</v>
       </c>
-      <c r="D31" s="17" t="s">
+      <c r="D32" s="17" t="s">
         <v>49</v>
       </c>
-      <c r="E31" s="19">
+      <c r="E32" s="19">
         <v>2013</v>
       </c>
-      <c r="F31" s="24" t="s">
+      <c r="F32" s="20" t="s">
         <v>69</v>
       </c>
     </row>
-    <row r="32" spans="2:6" ht="58.3" x14ac:dyDescent="0.4">
-      <c r="B32" s="20" t="s">
+    <row r="33" spans="2:6" ht="58.3" x14ac:dyDescent="0.4">
+      <c r="B33" s="16" t="s">
         <v>70</v>
       </c>
-      <c r="C32" s="21" t="s">
+      <c r="C33" s="17" t="s">
         <v>71</v>
       </c>
-      <c r="D32" s="21" t="s">
+      <c r="D33" s="17" t="s">
         <v>72</v>
       </c>
-      <c r="E32" s="22">
+      <c r="E33" s="18">
         <v>2013</v>
       </c>
-      <c r="F32" s="24" t="s">
+      <c r="F33" s="20" t="s">
         <v>73</v>
       </c>
     </row>
-    <row r="33" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
-      <c r="B33" s="20" t="s">
+    <row r="34" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+      <c r="B34" s="16" t="s">
         <v>74</v>
       </c>
-      <c r="C33" s="21" t="s">
+      <c r="C34" s="17" t="s">
         <v>75</v>
       </c>
-      <c r="D33" s="21" t="s">
+      <c r="D34" s="17" t="s">
         <v>41</v>
       </c>
-      <c r="E33" s="22">
+      <c r="E34" s="18">
         <v>2012</v>
       </c>
-      <c r="F33" s="23" t="s">
+      <c r="F34" s="19" t="s">
         <v>76</v>
       </c>
     </row>
-    <row r="34" spans="2:6" x14ac:dyDescent="0.4">
-      <c r="B34" s="20" t="s">
+    <row r="35" spans="2:6" x14ac:dyDescent="0.4">
+      <c r="B35" s="16" t="s">
         <v>77</v>
       </c>
-      <c r="C34" s="21" t="s">
+      <c r="C35" s="17" t="s">
         <v>78</v>
       </c>
-      <c r="D34" s="21" t="s">
+      <c r="D35" s="17" t="s">
         <v>79</v>
       </c>
-      <c r="E34" s="22">
+      <c r="E35" s="18">
         <v>2012</v>
       </c>
-      <c r="F34" s="23" t="s">
+      <c r="F35" s="19" t="s">
         <v>80</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="10">
     <mergeCell ref="B6:C6"/>
     <mergeCell ref="D6:F6"/>
     <mergeCell ref="B4:C4"/>
     <mergeCell ref="D4:F4"/>
     <mergeCell ref="B1:F1"/>
     <mergeCell ref="B2:F2"/>
     <mergeCell ref="B3:C3"/>
     <mergeCell ref="D3:F3"/>
     <mergeCell ref="B5:C5"/>
     <mergeCell ref="D5:F5"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3:F3" r:id="rId1" display="Tous les documents sont disponibles à la Bibliothèque de la Cour. Pour les consulter, un rendez-vous peut être pris sur le site de la Bibliothèque." xr:uid="{4271C3C6-232B-4FAA-A745-83E271F2BCCD}"/>
     <hyperlink ref="B5:C5" r:id="rId2" display="For more references, refer to theLibrary’s catalogue." xr:uid="{E1BF1755-A2C9-4DB8-9D17-7A056E8F89D5}"/>
     <hyperlink ref="D5:F5" r:id="rId3" display="Pour plus de références, consulter le catalogue de la Bibliothèque." xr:uid="{E9EE95D4-E342-47F0-9D49-B80E8596C2E6}"/>
     <hyperlink ref="B3:C3" r:id="rId4" display="All documents are available in the Court'sLibrary, and an appointment to consult them can be made via the Library webpage." xr:uid="{FA55B74C-1F4E-445A-8CBD-1EA50D2DB908}"/>
-    <hyperlink ref="F17" r:id="rId5" xr:uid="{2E706E72-F53B-4C56-B735-27D3B41B97C3}"/>
-    <hyperlink ref="F19" r:id="rId6" xr:uid="{EE176D54-5D3A-40C5-88C6-809F6D114E2E}"/>
+    <hyperlink ref="F18" r:id="rId5" xr:uid="{3C159070-30E9-474D-9C11-9AF63D2AE1AD}"/>
+    <hyperlink ref="F20" r:id="rId6" xr:uid="{1E7F0DCD-3881-4D18-92A1-E4496BBA5E8E}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.35433070866141736" right="0.71875" top="0.39" bottom="0.44" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="77" fitToHeight="0" orientation="landscape" r:id="rId7"/>
   <headerFooter differentFirst="1">
     <oddFooter>&amp;C&amp;P of &amp;N&amp;R&amp;F</oddFooter>
   </headerFooter>
   <drawing r:id="rId8"/>
   <tableParts count="1">
     <tablePart r:id="rId9"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr codeName="Sheet2"/>
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.6" x14ac:dyDescent="0.4"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>