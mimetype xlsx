--- v0 (2025-10-03)
+++ v1 (2025-12-03)
@@ -8,84 +8,84 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="26731"/>
   <workbookPr codeName="ThisWorkbook" autoCompressPictures="0" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\souppart\AppData\Roaming\OpenText\DM\Temp\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Souppart\AppData\Roaming\OpenText\DM\Temp\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{87E84C68-2D7E-4C0B-A0AF-9CBA8D6D2A75}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{B14DDA3D-E288-4641-849C-1F558692125F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-103" yWindow="-103" windowWidth="16663" windowHeight="10492" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-16560" yWindow="-103" windowWidth="16663" windowHeight="9463" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="4" r:id="rId1"/>
     <sheet name="Sheet2" sheetId="2" r:id="rId2"/>
     <sheet name="Sheet3" sheetId="3" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Sheet1!$B$7:$F$7</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1351" uniqueCount="970">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1379" uniqueCount="990">
   <si>
     <t xml:space="preserve">Date </t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <i/>
         <u/>
         <sz val="11"/>
         <color theme="4" tint="-0.499984740745262"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Search tip</t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="11"/>
         <color theme="4" tint="-0.499984740745262"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
@@ -3042,112 +3042,172 @@
   <si>
     <t>The international journal of children's rights, vol. 32, no. 1 (2024), p. 198-218</t>
   </si>
   <si>
     <t>Enlèvement international d'enfants : CEDH, 28 mars 2024, n° 19664/20, Verhoeven c. France</t>
   </si>
   <si>
     <t>Lien familial en détention : CEDH, 27 août 2024, n° 28791/10, Namik Yüksel c. Turquie</t>
   </si>
   <si>
     <t>La Semaine juridique : édition générale (JCP), 98e année, n° 36 (9 sept. 2024), p. 1448</t>
   </si>
   <si>
     <t>La jurisprudence de la Cour européenne des droits de l'homme en matière de filiation (hors adoption)</t>
   </si>
   <si>
     <t>Revue trimestrielle des droits de l'homme, 34e année, n° 133 (1er janv. 2023), p. [101]-125</t>
   </si>
   <si>
     <t>The Convention on the Rights of the Child's imprint on judgments from the European Court of Human Rights : a negligible footprint ?</t>
   </si>
   <si>
     <t>Nordic journal of human rights, vol. 41, no. 2 (2023), p. 213-233</t>
   </si>
   <si>
+    <t>Does the Osman test go to school ? : Recent developments concerning States' positive obligations to protect children in school</t>
+  </si>
+  <si>
+    <t>Leisure, Patrick</t>
+  </si>
+  <si>
+    <t>Human rights law review, vol. 25, no. 1 (2025), p. 1-12</t>
+  </si>
+  <si>
+    <t>Conditions et portée de l'exequatur du jugement étranger en matière de gestation pour autrui [collection of articles]</t>
+  </si>
+  <si>
+    <t>Mesnil, Marie</t>
+  </si>
+  <si>
+    <t>Recueil Dalloz, 201e année, n° 5 (6 fév. 2025), p. 224-235</t>
+  </si>
+  <si>
+    <t>Parenting discrimination and children's rights in LGBTQIA+ families : a review of international human rights decisions</t>
+  </si>
+  <si>
+    <t>Coscini, Valeria</t>
+  </si>
+  <si>
+    <t>The international journal of children's rights, vol. 32, no. 4 (2024), p. 845-869</t>
+  </si>
+  <si>
+    <t>De-centring inclusion : discussing the meaning and place of inclusive education in international and European law through the case of children with autism</t>
+  </si>
+  <si>
+    <t>Netherlands quarterly of human rights, vol. 42, no. 4 (Dec. 2024), p. 319-339</t>
+  </si>
+  <si>
+    <t>"Unduly harsh ?" : An empirical examination of best interests assessments in the context of parental deportation</t>
+  </si>
+  <si>
+    <t>Griffiths, Melanie</t>
+  </si>
+  <si>
+    <t>The international journal of children's rights, vol. 32, no. 3 (2024), p. 690-720</t>
+  </si>
+  <si>
+    <t>Les trente ans de la Convention de La Haye sur l'adoption internationale</t>
+  </si>
+  <si>
+    <t>Brière, Carine</t>
+  </si>
+  <si>
+    <t>Recueil Dalloz, 199e année, n° 19 (18 mai 2023), p. 961-967</t>
+  </si>
+  <si>
     <t xml:space="preserve">Article and Chapter selection - Sélection d'articles et de chapitres
 Rights of the child - Droits de l'enfant
-(Last updated - Dernière mise à jour : 28/02/2025)
+(Last updated - Dernière mise à jour : 31/08/2025)
 </t>
   </si>
   <si>
-    <t>Does the Osman test go to school ? : Recent developments concerning States' positive obligations to protect children in school</t>
-[...47 lines deleted...]
-    <t>Recueil Dalloz, 199e année, n° 19 (18 mai 2023), p. 961-967</t>
+    <t>Child rights strategic litigation : exploring recent cases to advance the rights of children deprived of their liberty for migration-related reasons</t>
+  </si>
+  <si>
+    <t>Altafin, Chiara</t>
+  </si>
+  <si>
+    <t>European yearbook on human rights, vol. 2024, p. [358]-387</t>
+  </si>
+  <si>
+    <t>Children of Roma origin and the right to education : a holistic analysis to the continuous case law of the European Court of Human Rights</t>
+  </si>
+  <si>
+    <t>Karagkouni, Vasiliki</t>
+  </si>
+  <si>
+    <t>European human rights law review, issue 1 (2025), p. 60-74</t>
+  </si>
+  <si>
+    <t>Limits to deprivation of national citizenship under European Union law : the case of foreign terrorist fighters and the right to be readmitted into the EU for their children</t>
+  </si>
+  <si>
+    <t>Poli, Sara</t>
+  </si>
+  <si>
+    <t>German law journal, vol. 26, no. 1 (Feb. 2025), p. 43-62</t>
+  </si>
+  <si>
+    <t>Défaillances de la justice dans des procès pour viols de mineures : CEDH, 24 avril 2025, n° 46949/21, 24989/22, 39759/22, L. et a. c. France</t>
+  </si>
+  <si>
+    <t>La Semaine juridique : édition générale (JCP), 99e année, n° 18 (5 mai 2025), p. 797</t>
+  </si>
+  <si>
+    <t>Protection d'un migrant en qualité de mineur non accompagné : CEDH, 16 janv. 2025, n° 15457/20, A.C. c. France</t>
+  </si>
+  <si>
+    <t>La Semaine juridique : édition générale (JCP), 99e année, n° 4 (27 janv. 2025), p. 165</t>
+  </si>
+  <si>
+    <t>Intended or new parenthood ? : The child’s best interest : Italy and the European Court of Human Rights</t>
+  </si>
+  <si>
+    <t>Nardocci, Costanza</t>
+  </si>
+  <si>
+    <t>ERA Forum, vol. 25, no. 1 (March 2024), p. 109-126</t>
+  </si>
+  <si>
+    <t>Les droits des mineurs en situation de migration aux frontières internationales</t>
+  </si>
+  <si>
+    <t>Aumond, Florian</t>
+  </si>
+  <si>
+    <t>Asile et migrations : quelles solidarités ? Quelles responsabilités ? : [actes du colloque organisé la 11 mars 2022 à la Maison des sciences de l'homme (MSH) Paris Nord] / [par l'Institut de droit public, sciences politiques et sociales (IDPS) de l'Université Sorbonne Paris Nord en partenariat avec l'Institut de recherche juridique interdisciplinaire (IRJI) de l'Université François Rabelais de Tours] ; sous la direction de Nicolas Clinchamps &amp; [et] Jean-Jacques Menuret. - Le Kremlin-Bicêtre : Mare &amp; Martin, 2023. - p. 85-101</t>
+  </si>
+  <si>
+    <t>342.717 % CLI</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="10" x14ac:knownFonts="1">
+  <fonts count="11" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="4" tint="-0.499984740745262"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <i/>
       <sz val="11"/>
       <color theme="4" tint="-0.499984740745262"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
@@ -3177,50 +3237,56 @@
     <font>
       <sz val="11"/>
       <color rgb="FF0070C0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <i/>
       <sz val="11"/>
       <color rgb="FF0070C0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="16"/>
       <color theme="4" tint="-0.499984740745262"/>
       <name val="Segoe UI Semibold"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="4" tint="-0.499984740745262"/>
+      <name val="Calibri"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="3" tint="-0.499984740745262"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="7">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
@@ -3283,51 +3349,51 @@
         <color theme="4"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color theme="4"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color theme="4"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="25">
+  <cellXfs count="29">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="3" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="3" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
@@ -3356,50 +3422,62 @@
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="9"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="9"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="9"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="4" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="3" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Hyperlink 2" xfId="2" xr:uid="{12420F1C-FF8C-40B1-9446-50E5232765FD}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0" customBuiltin="1"/>
     <cellStyle name="Normal 2" xfId="3" xr:uid="{2C122402-265C-4ECA-B691-3EFB0AD7931A}"/>
   </cellStyles>
   <dxfs count="9">
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <scheme val="minor"/>
       </font>
@@ -3704,52 +3782,52 @@
         <a:xfrm>
           <a:off x="108857" y="114300"/>
           <a:ext cx="2352675" cy="855889"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{EA29E05E-BB11-4BA2-B100-D26679BB9B76}" name="Table13" displayName="Table13" ref="B7:F341" totalsRowShown="0" headerRowDxfId="8" headerRowBorderDxfId="7" tableBorderDxfId="6" totalsRowBorderDxfId="5">
-  <autoFilter ref="B7:F341" xr:uid="{00000000-0009-0000-0100-000001000000}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{EA29E05E-BB11-4BA2-B100-D26679BB9B76}" name="Table13" displayName="Table13" ref="B7:F348" totalsRowShown="0" headerRowDxfId="8" headerRowBorderDxfId="7" tableBorderDxfId="6" totalsRowBorderDxfId="5">
+  <autoFilter ref="B7:F348" xr:uid="{00000000-0009-0000-0100-000001000000}"/>
   <tableColumns count="5">
     <tableColumn id="1" xr3:uid="{0E097738-D851-44DD-816A-B68333551160}" name="  Title - Titre" dataDxfId="4" dataCellStyle="Normal 2"/>
     <tableColumn id="2" xr3:uid="{042A0141-0749-48B8-9165-D0E0C4DE7AB4}" name="Author - Auteur" dataDxfId="3" dataCellStyle="Normal 2"/>
     <tableColumn id="3" xr3:uid="{EC85A578-22FB-4BEB-8E43-DD3AAE8B2148}" name="Source / Publisher - Éditeur" dataDxfId="2" dataCellStyle="Normal 2"/>
     <tableColumn id="4" xr3:uid="{1B56A135-5AE0-4C4C-B238-DF0287FFFE1A}" name="Date " dataDxfId="1" dataCellStyle="Normal 2"/>
     <tableColumn id="5" xr3:uid="{7A3DB52B-2B68-479A-9D2F-9937FF0B306C}" name="Call number - Cote" dataDxfId="0" dataCellStyle="Normal 2"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
@@ -4019,79 +4097,79 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.echr.coe.int/Pages/home.aspx?p=library&amp;c=fre" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.echr.coe.int/Pages/home.aspx?p=library&amp;c=" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.echr.coe.int/Pages/home.aspx?p=library&amp;c=" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hrls.echr.coe.int/uhtbin/cgisirsi.exe/x/0/0/5?searchdata1=couredh%20and%20%22violence%20contre%20les%20femmes%22%20or%20%22violence%20domestique%22%7b694%7d&amp;sort_by=-PBYR" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hrls.echr.coe.int/uhtbin/cgisirsi.exe/x/0/0/5?searchdata1=couredh%20and%20%22violence%20contre%20les%20femmes%22%20or%20%22violence%20domestique%22%7b694%7d&amp;sort_by=-PBYR" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.echr.coe.int/Pages/home.aspx?p=library&amp;c=" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{541B583C-4AD3-4B2F-9BB6-01CF7DEA61D2}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="B1:G341"/>
+  <dimension ref="B1:G348"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="B2" sqref="B2:F2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.15234375" defaultRowHeight="14.6" x14ac:dyDescent="0.4"/>
   <cols>
     <col min="1" max="1" width="1.53515625" style="1" customWidth="1"/>
     <col min="2" max="2" width="51.3828125" style="3" customWidth="1"/>
     <col min="3" max="3" width="27.84375" style="3" customWidth="1"/>
     <col min="4" max="4" width="58.53515625" style="3" customWidth="1"/>
     <col min="5" max="5" width="10" style="2" customWidth="1"/>
     <col min="6" max="6" width="24" style="3" customWidth="1"/>
     <col min="7" max="16384" width="9.15234375" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:7" ht="23.15" x14ac:dyDescent="0.4">
       <c r="B1" s="21" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="21"/>
       <c r="D1" s="21"/>
       <c r="E1" s="21"/>
       <c r="F1" s="21"/>
     </row>
     <row r="2" spans="2:7" ht="160.5" customHeight="1" x14ac:dyDescent="0.6">
       <c r="B2" s="22" t="s">
-        <v>952</v>
+        <v>969</v>
       </c>
       <c r="C2" s="22"/>
       <c r="D2" s="22"/>
       <c r="E2" s="22"/>
       <c r="F2" s="22"/>
     </row>
     <row r="3" spans="2:7" ht="29.15" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B3" s="23" t="s">
         <v>3</v>
       </c>
       <c r="C3" s="23"/>
       <c r="D3" s="24" t="s">
         <v>4</v>
       </c>
       <c r="E3" s="24"/>
       <c r="F3" s="24"/>
       <c r="G3" s="4"/>
     </row>
     <row r="4" spans="2:7" ht="29.15" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B4" s="19" t="s">
         <v>5</v>
       </c>
       <c r="C4" s="19"/>
       <c r="D4" s="20" t="s">
         <v>6</v>
@@ -4119,5724 +4197,5843 @@
       <c r="C6" s="19"/>
       <c r="D6" s="20" t="s">
         <v>7</v>
       </c>
       <c r="E6" s="20"/>
       <c r="F6" s="20"/>
     </row>
     <row r="7" spans="2:7" s="2" customFormat="1" ht="51" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B7" s="6" t="s">
         <v>8</v>
       </c>
       <c r="C7" s="6" t="s">
         <v>9</v>
       </c>
       <c r="D7" s="6" t="s">
         <v>10</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>0</v>
       </c>
       <c r="F7" s="6" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="8" spans="2:7" ht="43.75" x14ac:dyDescent="0.4">
-      <c r="B8" s="7" t="s">
-[...8 lines deleted...]
-      <c r="E8" s="9">
+      <c r="B8" s="25" t="s">
+        <v>970</v>
+      </c>
+      <c r="C8" s="26" t="s">
+        <v>971</v>
+      </c>
+      <c r="D8" s="26" t="s">
+        <v>972</v>
+      </c>
+      <c r="E8" s="27">
         <v>2025</v>
       </c>
-      <c r="F8" s="10" t="s">
-[...3 lines deleted...]
-    <row r="9" spans="2:7" ht="29.15" x14ac:dyDescent="0.4">
+      <c r="F8" s="28" t="s">
+        <v>377</v>
+      </c>
+    </row>
+    <row r="9" spans="2:7" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B9" s="7" t="s">
-        <v>956</v>
+        <v>973</v>
       </c>
       <c r="C9" s="8" t="s">
-        <v>957</v>
+        <v>974</v>
       </c>
       <c r="D9" s="8" t="s">
-        <v>958</v>
+        <v>975</v>
       </c>
       <c r="E9" s="9">
         <v>2025</v>
       </c>
-      <c r="F9" s="9" t="s">
-[...3 lines deleted...]
-    <row r="10" spans="2:7" ht="29.15" x14ac:dyDescent="0.4">
+      <c r="F9" s="10" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="10" spans="2:7" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B10" s="7" t="s">
-        <v>959</v>
+        <v>952</v>
       </c>
       <c r="C10" s="8" t="s">
-        <v>960</v>
+        <v>953</v>
       </c>
       <c r="D10" s="8" t="s">
-        <v>961</v>
+        <v>954</v>
       </c>
       <c r="E10" s="9">
-        <v>2024</v>
-[...5 lines deleted...]
-    <row r="11" spans="2:7" ht="43.75" x14ac:dyDescent="0.4">
+        <v>2025</v>
+      </c>
+      <c r="F10" s="10" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="11" spans="2:7" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B11" s="7" t="s">
-        <v>962</v>
+        <v>955</v>
       </c>
       <c r="C11" s="8" t="s">
-        <v>27</v>
+        <v>956</v>
       </c>
       <c r="D11" s="8" t="s">
-        <v>963</v>
+        <v>957</v>
       </c>
       <c r="E11" s="9">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="F11" s="9" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="12" spans="2:7" ht="43.75" x14ac:dyDescent="0.4">
+    <row r="12" spans="2:7" ht="58.3" x14ac:dyDescent="0.4">
       <c r="B12" s="7" t="s">
-        <v>964</v>
+        <v>976</v>
       </c>
       <c r="C12" s="8" t="s">
-        <v>965</v>
+        <v>977</v>
       </c>
       <c r="D12" s="8" t="s">
-        <v>966</v>
+        <v>978</v>
       </c>
       <c r="E12" s="9">
-        <v>2024</v>
-[...5 lines deleted...]
-    <row r="13" spans="2:7" ht="29.15" x14ac:dyDescent="0.4">
+        <v>2025</v>
+      </c>
+      <c r="F12" s="10" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="13" spans="2:7" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B13" s="7" t="s">
-        <v>907</v>
+        <v>979</v>
       </c>
       <c r="C13" s="8" t="s">
-        <v>908</v>
+        <v>51</v>
       </c>
       <c r="D13" s="8" t="s">
-        <v>909</v>
+        <v>980</v>
       </c>
       <c r="E13" s="9">
-        <v>2024</v>
-[...1 lines deleted...]
-      <c r="F13" s="9" t="s">
+        <v>2025</v>
+      </c>
+      <c r="F13" s="10" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="14" spans="2:7" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B14" s="7" t="s">
-        <v>934</v>
+        <v>981</v>
       </c>
       <c r="C14" s="8" t="s">
-        <v>935</v>
+        <v>51</v>
       </c>
       <c r="D14" s="8" t="s">
-        <v>936</v>
+        <v>982</v>
       </c>
       <c r="E14" s="9">
-        <v>2024</v>
-[...5 lines deleted...]
-    <row r="15" spans="2:7" ht="43.75" x14ac:dyDescent="0.4">
+        <v>2025</v>
+      </c>
+      <c r="F14" s="10" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="15" spans="2:7" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B15" s="7" t="s">
-        <v>910</v>
+        <v>958</v>
       </c>
       <c r="C15" s="8" t="s">
-        <v>911</v>
+        <v>959</v>
       </c>
       <c r="D15" s="8" t="s">
-        <v>912</v>
+        <v>960</v>
       </c>
       <c r="E15" s="9">
         <v>2024</v>
       </c>
       <c r="F15" s="9" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="16" spans="2:7" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B16" s="7" t="s">
-        <v>937</v>
+        <v>961</v>
       </c>
       <c r="C16" s="8" t="s">
-        <v>938</v>
+        <v>27</v>
       </c>
       <c r="D16" s="8" t="s">
-        <v>939</v>
+        <v>962</v>
       </c>
       <c r="E16" s="9">
         <v>2024</v>
       </c>
       <c r="F16" s="9" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="17" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B17" s="7" t="s">
-        <v>940</v>
+        <v>963</v>
       </c>
       <c r="C17" s="8" t="s">
-        <v>176</v>
+        <v>964</v>
       </c>
       <c r="D17" s="8" t="s">
-        <v>941</v>
+        <v>965</v>
       </c>
       <c r="E17" s="9">
         <v>2024</v>
       </c>
       <c r="F17" s="9" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="18" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B18" s="7" t="s">
-        <v>942</v>
+        <v>907</v>
       </c>
       <c r="C18" s="8" t="s">
-        <v>943</v>
+        <v>908</v>
       </c>
       <c r="D18" s="8" t="s">
-        <v>944</v>
+        <v>909</v>
       </c>
       <c r="E18" s="9">
         <v>2024</v>
       </c>
       <c r="F18" s="9" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="19" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+    <row r="19" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B19" s="7" t="s">
-        <v>945</v>
+        <v>934</v>
       </c>
       <c r="C19" s="8" t="s">
-        <v>51</v>
+        <v>935</v>
       </c>
       <c r="D19" s="8" t="s">
-        <v>941</v>
+        <v>936</v>
       </c>
       <c r="E19" s="9">
         <v>2024</v>
       </c>
       <c r="F19" s="9" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="20" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+    <row r="20" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B20" s="7" t="s">
-        <v>946</v>
+        <v>910</v>
       </c>
       <c r="C20" s="8" t="s">
-        <v>51</v>
+        <v>911</v>
       </c>
       <c r="D20" s="8" t="s">
-        <v>947</v>
+        <v>912</v>
       </c>
       <c r="E20" s="9">
         <v>2024</v>
       </c>
       <c r="F20" s="9" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="21" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+    <row r="21" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B21" s="7" t="s">
-        <v>913</v>
+        <v>983</v>
       </c>
       <c r="C21" s="8" t="s">
-        <v>785</v>
+        <v>984</v>
       </c>
       <c r="D21" s="8" t="s">
-        <v>914</v>
+        <v>985</v>
       </c>
       <c r="E21" s="9">
         <v>2024</v>
       </c>
-      <c r="F21" s="9" t="s">
+      <c r="F21" s="10" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="22" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B22" s="7" t="s">
-        <v>19</v>
+        <v>937</v>
       </c>
       <c r="C22" s="8" t="s">
-        <v>20</v>
+        <v>938</v>
       </c>
       <c r="D22" s="8" t="s">
-        <v>21</v>
+        <v>939</v>
       </c>
       <c r="E22" s="9">
-        <v>2023</v>
-[...5 lines deleted...]
-    <row r="23" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+        <v>2024</v>
+      </c>
+      <c r="F22" s="9" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="23" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B23" s="7" t="s">
-        <v>967</v>
+        <v>940</v>
       </c>
       <c r="C23" s="8" t="s">
-        <v>968</v>
+        <v>176</v>
       </c>
       <c r="D23" s="8" t="s">
-        <v>969</v>
+        <v>941</v>
       </c>
       <c r="E23" s="9">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="F23" s="9" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="24" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B24" s="7" t="s">
-        <v>915</v>
+        <v>942</v>
       </c>
       <c r="C24" s="8" t="s">
-        <v>88</v>
+        <v>943</v>
       </c>
       <c r="D24" s="8" t="s">
-        <v>916</v>
+        <v>944</v>
       </c>
       <c r="E24" s="9">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="F24" s="9" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="25" spans="2:6" ht="58.3" x14ac:dyDescent="0.4">
+    <row r="25" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B25" s="7" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>945</v>
+      </c>
+      <c r="C25" s="8" t="s">
+        <v>51</v>
       </c>
       <c r="D25" s="8" t="s">
-        <v>25</v>
+        <v>941</v>
       </c>
       <c r="E25" s="9">
-        <v>2023</v>
-[...1 lines deleted...]
-      <c r="F25" s="10" t="s">
+        <v>2024</v>
+      </c>
+      <c r="F25" s="9" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="26" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B26" s="7" t="s">
-        <v>948</v>
+        <v>946</v>
       </c>
       <c r="C26" s="8" t="s">
-        <v>620</v>
+        <v>51</v>
       </c>
       <c r="D26" s="8" t="s">
-        <v>949</v>
+        <v>947</v>
       </c>
       <c r="E26" s="9">
-        <v>2023</v>
-[...5 lines deleted...]
-    <row r="27" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+        <v>2024</v>
+      </c>
+      <c r="F26" s="9" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="27" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B27" s="7" t="s">
-        <v>26</v>
+        <v>913</v>
       </c>
       <c r="C27" s="8" t="s">
-        <v>27</v>
+        <v>785</v>
       </c>
       <c r="D27" s="8" t="s">
-        <v>28</v>
+        <v>914</v>
       </c>
       <c r="E27" s="9">
-        <v>2023</v>
-[...5 lines deleted...]
-    <row r="28" spans="2:6" ht="58.3" x14ac:dyDescent="0.4">
+        <v>2024</v>
+      </c>
+      <c r="F27" s="9" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="28" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B28" s="7" t="s">
-        <v>917</v>
+        <v>19</v>
       </c>
       <c r="C28" s="8" t="s">
-        <v>918</v>
+        <v>20</v>
       </c>
       <c r="D28" s="8" t="s">
-        <v>919</v>
+        <v>21</v>
       </c>
       <c r="E28" s="9">
         <v>2023</v>
       </c>
-      <c r="F28" s="9" t="s">
-[...3 lines deleted...]
-    <row r="29" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+      <c r="F28" s="10" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="29" spans="2:6" ht="116.6" x14ac:dyDescent="0.4">
       <c r="B29" s="7" t="s">
-        <v>921</v>
+        <v>986</v>
       </c>
       <c r="C29" s="8" t="s">
-        <v>922</v>
+        <v>987</v>
       </c>
       <c r="D29" s="8" t="s">
-        <v>923</v>
+        <v>988</v>
       </c>
       <c r="E29" s="9">
         <v>2023</v>
       </c>
-      <c r="F29" s="9" t="s">
-[...3 lines deleted...]
-    <row r="30" spans="2:6" ht="102" x14ac:dyDescent="0.4">
+      <c r="F29" s="10" t="s">
+        <v>989</v>
+      </c>
+    </row>
+    <row r="30" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B30" s="7" t="s">
-        <v>29</v>
+        <v>966</v>
       </c>
       <c r="C30" s="8" t="s">
-        <v>30</v>
+        <v>967</v>
       </c>
       <c r="D30" s="8" t="s">
-        <v>31</v>
+        <v>968</v>
       </c>
       <c r="E30" s="9">
         <v>2023</v>
       </c>
-      <c r="F30" s="10" t="s">
+      <c r="F30" s="9" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="31" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B31" s="7" t="s">
-        <v>32</v>
+        <v>915</v>
       </c>
       <c r="C31" s="8" t="s">
-        <v>33</v>
+        <v>88</v>
       </c>
       <c r="D31" s="8" t="s">
-        <v>34</v>
+        <v>916</v>
       </c>
       <c r="E31" s="9">
         <v>2023</v>
       </c>
-      <c r="F31" s="10" t="s">
-[...3 lines deleted...]
-    <row r="32" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+      <c r="F31" s="9" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="32" spans="2:6" ht="58.3" x14ac:dyDescent="0.4">
       <c r="B32" s="7" t="s">
-        <v>950</v>
-[...2 lines deleted...]
-        <v>33</v>
+        <v>23</v>
+      </c>
+      <c r="C32" s="11" t="s">
+        <v>24</v>
       </c>
       <c r="D32" s="8" t="s">
-        <v>951</v>
+        <v>25</v>
       </c>
       <c r="E32" s="9">
         <v>2023</v>
       </c>
       <c r="F32" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="33" spans="2:6" ht="58.3" x14ac:dyDescent="0.4">
+    <row r="33" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B33" s="7" t="s">
-        <v>35</v>
+        <v>948</v>
       </c>
       <c r="C33" s="8" t="s">
-        <v>36</v>
+        <v>620</v>
       </c>
       <c r="D33" s="8" t="s">
-        <v>37</v>
+        <v>949</v>
       </c>
       <c r="E33" s="9">
         <v>2023</v>
       </c>
       <c r="F33" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="34" spans="2:6" ht="116.6" x14ac:dyDescent="0.4">
+    <row r="34" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B34" s="7" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
       <c r="C34" s="8" t="s">
-        <v>39</v>
+        <v>27</v>
       </c>
       <c r="D34" s="8" t="s">
-        <v>40</v>
+        <v>28</v>
       </c>
       <c r="E34" s="9">
         <v>2023</v>
       </c>
       <c r="F34" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="35" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+    <row r="35" spans="2:6" ht="58.3" x14ac:dyDescent="0.4">
       <c r="B35" s="7" t="s">
-        <v>41</v>
+        <v>917</v>
       </c>
       <c r="C35" s="8" t="s">
-        <v>42</v>
+        <v>918</v>
       </c>
       <c r="D35" s="8" t="s">
-        <v>43</v>
+        <v>919</v>
       </c>
       <c r="E35" s="9">
         <v>2023</v>
       </c>
-      <c r="F35" s="10" t="s">
-[...3 lines deleted...]
-    <row r="36" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+      <c r="F35" s="9" t="s">
+        <v>920</v>
+      </c>
+    </row>
+    <row r="36" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B36" s="7" t="s">
-        <v>44</v>
+        <v>921</v>
       </c>
       <c r="C36" s="8" t="s">
-        <v>45</v>
+        <v>922</v>
       </c>
       <c r="D36" s="8" t="s">
-        <v>46</v>
+        <v>923</v>
       </c>
       <c r="E36" s="9">
         <v>2023</v>
       </c>
-      <c r="F36" s="10" t="s">
-[...3 lines deleted...]
-    <row r="37" spans="2:6" ht="58.3" x14ac:dyDescent="0.4">
+      <c r="F36" s="9" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="37" spans="2:6" ht="102" x14ac:dyDescent="0.4">
       <c r="B37" s="7" t="s">
-        <v>47</v>
+        <v>29</v>
       </c>
       <c r="C37" s="8" t="s">
-        <v>48</v>
+        <v>30</v>
       </c>
       <c r="D37" s="8" t="s">
-        <v>49</v>
+        <v>31</v>
       </c>
       <c r="E37" s="9">
         <v>2023</v>
       </c>
       <c r="F37" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="38" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+    <row r="38" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B38" s="7" t="s">
-        <v>50</v>
+        <v>32</v>
       </c>
       <c r="C38" s="8" t="s">
-        <v>51</v>
+        <v>33</v>
       </c>
       <c r="D38" s="8" t="s">
-        <v>52</v>
+        <v>34</v>
       </c>
       <c r="E38" s="9">
         <v>2023</v>
       </c>
       <c r="F38" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="39" spans="2:6" ht="58.3" x14ac:dyDescent="0.4">
+    <row r="39" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B39" s="7" t="s">
-        <v>924</v>
+        <v>950</v>
       </c>
       <c r="C39" s="8" t="s">
-        <v>51</v>
+        <v>33</v>
       </c>
       <c r="D39" s="8" t="s">
-        <v>925</v>
+        <v>951</v>
       </c>
       <c r="E39" s="9">
         <v>2023</v>
       </c>
-      <c r="F39" s="9" t="s">
-[...3 lines deleted...]
-    <row r="40" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+      <c r="F39" s="10" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="40" spans="2:6" ht="58.3" x14ac:dyDescent="0.4">
       <c r="B40" s="7" t="s">
-        <v>53</v>
+        <v>35</v>
       </c>
       <c r="C40" s="8" t="s">
-        <v>54</v>
+        <v>36</v>
       </c>
       <c r="D40" s="8" t="s">
-        <v>55</v>
+        <v>37</v>
       </c>
       <c r="E40" s="9">
         <v>2023</v>
       </c>
       <c r="F40" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="41" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+    <row r="41" spans="2:6" ht="116.6" x14ac:dyDescent="0.4">
       <c r="B41" s="7" t="s">
-        <v>56</v>
+        <v>38</v>
       </c>
       <c r="C41" s="8" t="s">
-        <v>57</v>
+        <v>39</v>
       </c>
       <c r="D41" s="8" t="s">
-        <v>58</v>
+        <v>40</v>
       </c>
       <c r="E41" s="9">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="F41" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="42" spans="2:6" ht="102" x14ac:dyDescent="0.4">
+    <row r="42" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B42" s="7" t="s">
-        <v>59</v>
+        <v>41</v>
       </c>
       <c r="C42" s="8" t="s">
-        <v>60</v>
+        <v>42</v>
       </c>
       <c r="D42" s="8" t="s">
-        <v>61</v>
+        <v>43</v>
       </c>
       <c r="E42" s="9">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="F42" s="10" t="s">
-        <v>62</v>
+        <v>22</v>
       </c>
     </row>
     <row r="43" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B43" s="7" t="s">
-        <v>63</v>
+        <v>44</v>
       </c>
       <c r="C43" s="8" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="D43" s="8" t="s">
-        <v>65</v>
+        <v>46</v>
       </c>
       <c r="E43" s="9">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="F43" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="44" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+    <row r="44" spans="2:6" ht="58.3" x14ac:dyDescent="0.4">
       <c r="B44" s="7" t="s">
-        <v>66</v>
+        <v>47</v>
       </c>
       <c r="C44" s="8" t="s">
-        <v>67</v>
+        <v>48</v>
       </c>
       <c r="D44" s="8" t="s">
-        <v>68</v>
+        <v>49</v>
       </c>
       <c r="E44" s="9">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="F44" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="45" spans="2:6" ht="58.3" x14ac:dyDescent="0.4">
+    <row r="45" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B45" s="7" t="s">
-        <v>69</v>
+        <v>50</v>
       </c>
       <c r="C45" s="8" t="s">
-        <v>70</v>
+        <v>51</v>
       </c>
       <c r="D45" s="8" t="s">
-        <v>71</v>
+        <v>52</v>
       </c>
       <c r="E45" s="9">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="F45" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="46" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+    <row r="46" spans="2:6" ht="58.3" x14ac:dyDescent="0.4">
       <c r="B46" s="7" t="s">
-        <v>72</v>
+        <v>924</v>
       </c>
       <c r="C46" s="8" t="s">
-        <v>73</v>
+        <v>51</v>
       </c>
       <c r="D46" s="8" t="s">
-        <v>74</v>
+        <v>925</v>
       </c>
       <c r="E46" s="9">
-        <v>2022</v>
-[...1 lines deleted...]
-      <c r="F46" s="10" t="s">
+        <v>2023</v>
+      </c>
+      <c r="F46" s="9" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="47" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B47" s="7" t="s">
-        <v>75</v>
+        <v>53</v>
       </c>
       <c r="C47" s="8" t="s">
-        <v>76</v>
+        <v>54</v>
       </c>
       <c r="D47" s="8" t="s">
-        <v>77</v>
+        <v>55</v>
       </c>
       <c r="E47" s="9">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="F47" s="10" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="48" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B48" s="7" t="s">
-        <v>78</v>
+        <v>56</v>
       </c>
       <c r="C48" s="8" t="s">
-        <v>79</v>
+        <v>57</v>
       </c>
       <c r="D48" s="8" t="s">
-        <v>80</v>
+        <v>58</v>
       </c>
       <c r="E48" s="9">
         <v>2022</v>
       </c>
       <c r="F48" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="49" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+    <row r="49" spans="2:6" ht="102" x14ac:dyDescent="0.4">
       <c r="B49" s="7" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>82</v>
+        <v>59</v>
+      </c>
+      <c r="C49" s="8" t="s">
+        <v>60</v>
       </c>
       <c r="D49" s="8" t="s">
-        <v>83</v>
+        <v>61</v>
       </c>
       <c r="E49" s="9">
         <v>2022</v>
       </c>
       <c r="F49" s="10" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="50" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="50" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B50" s="7" t="s">
-        <v>84</v>
+        <v>63</v>
       </c>
       <c r="C50" s="8" t="s">
-        <v>85</v>
+        <v>64</v>
       </c>
       <c r="D50" s="8" t="s">
-        <v>86</v>
+        <v>65</v>
       </c>
       <c r="E50" s="9">
         <v>2022</v>
       </c>
       <c r="F50" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="51" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+    <row r="51" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B51" s="7" t="s">
-        <v>87</v>
+        <v>66</v>
       </c>
       <c r="C51" s="8" t="s">
-        <v>88</v>
+        <v>67</v>
       </c>
       <c r="D51" s="8" t="s">
-        <v>89</v>
+        <v>68</v>
       </c>
       <c r="E51" s="9">
         <v>2022</v>
       </c>
       <c r="F51" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="52" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+    <row r="52" spans="2:6" ht="58.3" x14ac:dyDescent="0.4">
       <c r="B52" s="7" t="s">
-        <v>90</v>
+        <v>69</v>
       </c>
       <c r="C52" s="8" t="s">
-        <v>88</v>
+        <v>70</v>
       </c>
       <c r="D52" s="8" t="s">
-        <v>91</v>
+        <v>71</v>
       </c>
       <c r="E52" s="9">
         <v>2022</v>
       </c>
       <c r="F52" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="53" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+    <row r="53" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B53" s="7" t="s">
-        <v>92</v>
+        <v>72</v>
       </c>
       <c r="C53" s="8" t="s">
-        <v>93</v>
+        <v>73</v>
       </c>
       <c r="D53" s="8" t="s">
-        <v>94</v>
+        <v>74</v>
       </c>
       <c r="E53" s="9">
         <v>2022</v>
       </c>
       <c r="F53" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="54" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+    <row r="54" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B54" s="7" t="s">
-        <v>95</v>
+        <v>75</v>
       </c>
       <c r="C54" s="8" t="s">
-        <v>96</v>
+        <v>76</v>
       </c>
       <c r="D54" s="8" t="s">
-        <v>97</v>
+        <v>77</v>
       </c>
       <c r="E54" s="9">
         <v>2022</v>
       </c>
       <c r="F54" s="10" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="55" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B55" s="7" t="s">
-        <v>98</v>
+        <v>78</v>
       </c>
       <c r="C55" s="8" t="s">
-        <v>99</v>
+        <v>79</v>
       </c>
       <c r="D55" s="8" t="s">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="E55" s="9">
         <v>2022</v>
       </c>
       <c r="F55" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="56" spans="2:6" ht="102" x14ac:dyDescent="0.4">
+    <row r="56" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B56" s="7" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-        <v>102</v>
+        <v>81</v>
+      </c>
+      <c r="C56" s="12" t="s">
+        <v>82</v>
       </c>
       <c r="D56" s="8" t="s">
-        <v>103</v>
+        <v>83</v>
       </c>
       <c r="E56" s="9">
         <v>2022</v>
       </c>
       <c r="F56" s="10" t="s">
-        <v>62</v>
+        <v>22</v>
       </c>
     </row>
     <row r="57" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B57" s="7" t="s">
-        <v>104</v>
+        <v>84</v>
       </c>
       <c r="C57" s="8" t="s">
-        <v>105</v>
+        <v>85</v>
       </c>
       <c r="D57" s="8" t="s">
-        <v>106</v>
+        <v>86</v>
       </c>
       <c r="E57" s="9">
         <v>2022</v>
       </c>
       <c r="F57" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="58" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+    <row r="58" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B58" s="7" t="s">
-        <v>107</v>
+        <v>87</v>
       </c>
       <c r="C58" s="8" t="s">
-        <v>108</v>
+        <v>88</v>
       </c>
       <c r="D58" s="8" t="s">
-        <v>109</v>
+        <v>89</v>
       </c>
       <c r="E58" s="9">
         <v>2022</v>
       </c>
       <c r="F58" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="59" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+    <row r="59" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B59" s="7" t="s">
-        <v>110</v>
+        <v>90</v>
       </c>
       <c r="C59" s="8" t="s">
-        <v>111</v>
+        <v>88</v>
       </c>
       <c r="D59" s="8" t="s">
-        <v>112</v>
+        <v>91</v>
       </c>
       <c r="E59" s="9">
         <v>2022</v>
       </c>
       <c r="F59" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="60" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+    <row r="60" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B60" s="7" t="s">
-        <v>113</v>
+        <v>92</v>
       </c>
       <c r="C60" s="8" t="s">
-        <v>114</v>
+        <v>93</v>
       </c>
       <c r="D60" s="8" t="s">
-        <v>115</v>
+        <v>94</v>
       </c>
       <c r="E60" s="9">
         <v>2022</v>
       </c>
       <c r="F60" s="10" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="61" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B61" s="7" t="s">
-        <v>116</v>
+        <v>95</v>
       </c>
       <c r="C61" s="8" t="s">
-        <v>117</v>
+        <v>96</v>
       </c>
       <c r="D61" s="8" t="s">
-        <v>118</v>
+        <v>97</v>
       </c>
       <c r="E61" s="9">
         <v>2022</v>
       </c>
       <c r="F61" s="10" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="62" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B62" s="7" t="s">
-        <v>119</v>
+        <v>98</v>
       </c>
       <c r="C62" s="8" t="s">
-        <v>120</v>
+        <v>99</v>
       </c>
       <c r="D62" s="8" t="s">
-        <v>121</v>
+        <v>100</v>
       </c>
       <c r="E62" s="9">
         <v>2022</v>
       </c>
       <c r="F62" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="63" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+    <row r="63" spans="2:6" ht="102" x14ac:dyDescent="0.4">
       <c r="B63" s="7" t="s">
-        <v>122</v>
+        <v>101</v>
       </c>
       <c r="C63" s="8" t="s">
-        <v>123</v>
+        <v>102</v>
       </c>
       <c r="D63" s="8" t="s">
-        <v>124</v>
+        <v>103</v>
       </c>
       <c r="E63" s="9">
         <v>2022</v>
       </c>
       <c r="F63" s="10" t="s">
-        <v>22</v>
+        <v>62</v>
       </c>
     </row>
     <row r="64" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B64" s="7" t="s">
-        <v>125</v>
+        <v>104</v>
       </c>
       <c r="C64" s="8" t="s">
-        <v>126</v>
+        <v>105</v>
       </c>
       <c r="D64" s="8" t="s">
-        <v>127</v>
+        <v>106</v>
       </c>
       <c r="E64" s="9">
         <v>2022</v>
       </c>
       <c r="F64" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="65" spans="2:6" ht="58.3" x14ac:dyDescent="0.4">
+    <row r="65" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B65" s="7" t="s">
-        <v>128</v>
+        <v>107</v>
       </c>
       <c r="C65" s="8" t="s">
-        <v>129</v>
+        <v>108</v>
       </c>
       <c r="D65" s="8" t="s">
-        <v>130</v>
+        <v>109</v>
       </c>
       <c r="E65" s="9">
         <v>2022</v>
       </c>
       <c r="F65" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="66" spans="2:6" ht="58.3" x14ac:dyDescent="0.4">
+    <row r="66" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B66" s="7" t="s">
-        <v>131</v>
+        <v>110</v>
       </c>
       <c r="C66" s="8" t="s">
-        <v>132</v>
+        <v>111</v>
       </c>
       <c r="D66" s="8" t="s">
-        <v>133</v>
+        <v>112</v>
       </c>
       <c r="E66" s="9">
         <v>2022</v>
       </c>
       <c r="F66" s="10" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="67" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B67" s="7" t="s">
-        <v>134</v>
+        <v>113</v>
       </c>
       <c r="C67" s="8" t="s">
-        <v>135</v>
+        <v>114</v>
       </c>
       <c r="D67" s="8" t="s">
-        <v>136</v>
+        <v>115</v>
       </c>
       <c r="E67" s="9">
         <v>2022</v>
       </c>
       <c r="F67" s="10" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="68" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B68" s="7" t="s">
-        <v>137</v>
+        <v>116</v>
       </c>
       <c r="C68" s="8" t="s">
-        <v>138</v>
+        <v>117</v>
       </c>
       <c r="D68" s="8" t="s">
-        <v>139</v>
+        <v>118</v>
       </c>
       <c r="E68" s="9">
         <v>2022</v>
       </c>
       <c r="F68" s="10" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="69" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B69" s="7" t="s">
-        <v>140</v>
+        <v>119</v>
       </c>
       <c r="C69" s="8" t="s">
-        <v>141</v>
+        <v>120</v>
       </c>
       <c r="D69" s="8" t="s">
-        <v>142</v>
+        <v>121</v>
       </c>
       <c r="E69" s="9">
         <v>2022</v>
       </c>
       <c r="F69" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="70" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+    <row r="70" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B70" s="7" t="s">
-        <v>143</v>
+        <v>122</v>
       </c>
       <c r="C70" s="8" t="s">
-        <v>144</v>
+        <v>123</v>
       </c>
       <c r="D70" s="8" t="s">
-        <v>145</v>
+        <v>124</v>
       </c>
       <c r="E70" s="9">
         <v>2022</v>
       </c>
       <c r="F70" s="10" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="71" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B71" s="7" t="s">
-        <v>146</v>
+        <v>125</v>
       </c>
       <c r="C71" s="8" t="s">
-        <v>147</v>
+        <v>126</v>
       </c>
       <c r="D71" s="8" t="s">
-        <v>148</v>
+        <v>127</v>
       </c>
       <c r="E71" s="9">
         <v>2022</v>
       </c>
       <c r="F71" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="72" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+    <row r="72" spans="2:6" ht="58.3" x14ac:dyDescent="0.4">
       <c r="B72" s="7" t="s">
-        <v>149</v>
+        <v>128</v>
       </c>
       <c r="C72" s="8" t="s">
-        <v>150</v>
+        <v>129</v>
       </c>
       <c r="D72" s="8" t="s">
-        <v>151</v>
+        <v>130</v>
       </c>
       <c r="E72" s="9">
         <v>2022</v>
       </c>
       <c r="F72" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="73" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+    <row r="73" spans="2:6" ht="58.3" x14ac:dyDescent="0.4">
       <c r="B73" s="7" t="s">
-        <v>152</v>
+        <v>131</v>
       </c>
       <c r="C73" s="8" t="s">
-        <v>153</v>
+        <v>132</v>
       </c>
       <c r="D73" s="8" t="s">
-        <v>154</v>
+        <v>133</v>
       </c>
       <c r="E73" s="9">
         <v>2022</v>
       </c>
       <c r="F73" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="74" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+    <row r="74" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B74" s="7" t="s">
-        <v>155</v>
+        <v>134</v>
       </c>
       <c r="C74" s="8" t="s">
-        <v>156</v>
+        <v>135</v>
       </c>
       <c r="D74" s="8" t="s">
-        <v>157</v>
+        <v>136</v>
       </c>
       <c r="E74" s="9">
         <v>2022</v>
       </c>
       <c r="F74" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="75" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+    <row r="75" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B75" s="7" t="s">
-        <v>158</v>
+        <v>137</v>
       </c>
       <c r="C75" s="8" t="s">
-        <v>159</v>
+        <v>138</v>
       </c>
       <c r="D75" s="8" t="s">
-        <v>160</v>
+        <v>139</v>
       </c>
       <c r="E75" s="9">
         <v>2022</v>
       </c>
       <c r="F75" s="10" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="76" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B76" s="7" t="s">
-        <v>161</v>
+        <v>140</v>
       </c>
       <c r="C76" s="8" t="s">
-        <v>162</v>
+        <v>141</v>
       </c>
       <c r="D76" s="8" t="s">
-        <v>163</v>
+        <v>142</v>
       </c>
       <c r="E76" s="9">
         <v>2022</v>
       </c>
       <c r="F76" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="77" spans="2:6" ht="72.900000000000006" x14ac:dyDescent="0.4">
+    <row r="77" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B77" s="7" t="s">
-        <v>164</v>
+        <v>143</v>
       </c>
       <c r="C77" s="8" t="s">
-        <v>165</v>
+        <v>144</v>
       </c>
       <c r="D77" s="8" t="s">
-        <v>166</v>
+        <v>145</v>
       </c>
       <c r="E77" s="9">
         <v>2022</v>
       </c>
       <c r="F77" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="78" spans="2:6" ht="58.3" x14ac:dyDescent="0.4">
+    <row r="78" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B78" s="7" t="s">
-        <v>167</v>
+        <v>146</v>
       </c>
       <c r="C78" s="8" t="s">
-        <v>168</v>
+        <v>147</v>
       </c>
       <c r="D78" s="8" t="s">
-        <v>169</v>
+        <v>148</v>
       </c>
       <c r="E78" s="9">
         <v>2022</v>
       </c>
       <c r="F78" s="10" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="79" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B79" s="7" t="s">
-        <v>170</v>
+        <v>149</v>
       </c>
       <c r="C79" s="8" t="s">
-        <v>171</v>
+        <v>150</v>
       </c>
       <c r="D79" s="8" t="s">
-        <v>172</v>
+        <v>151</v>
       </c>
       <c r="E79" s="9">
         <v>2022</v>
       </c>
       <c r="F79" s="10" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="80" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B80" s="7" t="s">
-        <v>173</v>
+        <v>152</v>
       </c>
       <c r="C80" s="8" t="s">
-        <v>174</v>
+        <v>153</v>
       </c>
       <c r="D80" s="8" t="s">
-        <v>112</v>
+        <v>154</v>
       </c>
       <c r="E80" s="9">
         <v>2022</v>
       </c>
       <c r="F80" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="81" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+    <row r="81" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B81" s="7" t="s">
-        <v>175</v>
+        <v>155</v>
       </c>
       <c r="C81" s="8" t="s">
-        <v>176</v>
+        <v>156</v>
       </c>
       <c r="D81" s="8" t="s">
-        <v>177</v>
+        <v>157</v>
       </c>
       <c r="E81" s="9">
         <v>2022</v>
       </c>
       <c r="F81" s="10" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="82" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B82" s="7" t="s">
-        <v>178</v>
+        <v>158</v>
       </c>
       <c r="C82" s="8" t="s">
-        <v>176</v>
+        <v>159</v>
       </c>
       <c r="D82" s="8" t="s">
-        <v>179</v>
+        <v>160</v>
       </c>
       <c r="E82" s="9">
         <v>2022</v>
       </c>
       <c r="F82" s="10" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="83" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B83" s="7" t="s">
-        <v>180</v>
+        <v>161</v>
       </c>
       <c r="C83" s="8" t="s">
-        <v>181</v>
+        <v>162</v>
       </c>
       <c r="D83" s="8" t="s">
-        <v>182</v>
+        <v>163</v>
       </c>
       <c r="E83" s="9">
         <v>2022</v>
       </c>
       <c r="F83" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="84" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+    <row r="84" spans="2:6" ht="72.900000000000006" x14ac:dyDescent="0.4">
       <c r="B84" s="7" t="s">
-        <v>183</v>
+        <v>164</v>
       </c>
       <c r="C84" s="8" t="s">
-        <v>184</v>
+        <v>165</v>
       </c>
       <c r="D84" s="8" t="s">
-        <v>185</v>
+        <v>166</v>
       </c>
       <c r="E84" s="9">
         <v>2022</v>
       </c>
       <c r="F84" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="85" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+    <row r="85" spans="2:6" ht="58.3" x14ac:dyDescent="0.4">
       <c r="B85" s="7" t="s">
-        <v>186</v>
+        <v>167</v>
       </c>
       <c r="C85" s="8" t="s">
-        <v>187</v>
+        <v>168</v>
       </c>
       <c r="D85" s="8" t="s">
-        <v>188</v>
+        <v>169</v>
       </c>
       <c r="E85" s="9">
         <v>2022</v>
       </c>
       <c r="F85" s="10" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="86" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B86" s="7" t="s">
-        <v>189</v>
+        <v>170</v>
       </c>
       <c r="C86" s="8" t="s">
-        <v>187</v>
+        <v>171</v>
       </c>
       <c r="D86" s="8" t="s">
-        <v>190</v>
+        <v>172</v>
       </c>
       <c r="E86" s="9">
         <v>2022</v>
       </c>
       <c r="F86" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="87" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+    <row r="87" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B87" s="7" t="s">
-        <v>191</v>
+        <v>173</v>
       </c>
       <c r="C87" s="8" t="s">
-        <v>192</v>
+        <v>174</v>
       </c>
       <c r="D87" s="8" t="s">
-        <v>193</v>
+        <v>112</v>
       </c>
       <c r="E87" s="9">
         <v>2022</v>
       </c>
       <c r="F87" s="10" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="88" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B88" s="7" t="s">
-        <v>194</v>
+        <v>175</v>
       </c>
       <c r="C88" s="8" t="s">
-        <v>195</v>
+        <v>176</v>
       </c>
       <c r="D88" s="8" t="s">
-        <v>94</v>
+        <v>177</v>
       </c>
       <c r="E88" s="9">
         <v>2022</v>
       </c>
       <c r="F88" s="10" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="89" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B89" s="7" t="s">
-        <v>196</v>
+        <v>178</v>
       </c>
       <c r="C89" s="8" t="s">
-        <v>197</v>
+        <v>176</v>
       </c>
       <c r="D89" s="8" t="s">
-        <v>198</v>
+        <v>179</v>
       </c>
       <c r="E89" s="9">
         <v>2022</v>
       </c>
       <c r="F89" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="90" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+    <row r="90" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B90" s="7" t="s">
-        <v>199</v>
+        <v>180</v>
       </c>
       <c r="C90" s="8" t="s">
-        <v>200</v>
+        <v>181</v>
       </c>
       <c r="D90" s="8" t="s">
-        <v>201</v>
+        <v>182</v>
       </c>
       <c r="E90" s="9">
         <v>2022</v>
       </c>
       <c r="F90" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="91" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+    <row r="91" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B91" s="7" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="C91" s="8" t="s">
-        <v>51</v>
+        <v>184</v>
       </c>
       <c r="D91" s="8" t="s">
-        <v>203</v>
+        <v>185</v>
       </c>
       <c r="E91" s="9">
         <v>2022</v>
       </c>
       <c r="F91" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="92" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+    <row r="92" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B92" s="7" t="s">
-        <v>204</v>
+        <v>186</v>
       </c>
       <c r="C92" s="8" t="s">
-        <v>51</v>
+        <v>187</v>
       </c>
       <c r="D92" s="8" t="s">
-        <v>205</v>
+        <v>188</v>
       </c>
       <c r="E92" s="9">
         <v>2022</v>
       </c>
-      <c r="F92" s="9" t="s">
-[...5 lines deleted...]
-        <v>206</v>
+      <c r="F92" s="10" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="93" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+      <c r="B93" s="7" t="s">
+        <v>189</v>
       </c>
       <c r="C93" s="8" t="s">
-        <v>51</v>
+        <v>187</v>
       </c>
       <c r="D93" s="8" t="s">
-        <v>203</v>
+        <v>190</v>
       </c>
       <c r="E93" s="9">
         <v>2022</v>
       </c>
-      <c r="F93" s="9" t="s">
-[...5 lines deleted...]
-        <v>207</v>
+      <c r="F93" s="10" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="94" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+      <c r="B94" s="7" t="s">
+        <v>191</v>
       </c>
       <c r="C94" s="8" t="s">
-        <v>208</v>
+        <v>192</v>
       </c>
       <c r="D94" s="8" t="s">
-        <v>209</v>
+        <v>193</v>
       </c>
       <c r="E94" s="9">
         <v>2022</v>
       </c>
       <c r="F94" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="95" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+    <row r="95" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B95" s="7" t="s">
-        <v>210</v>
+        <v>194</v>
       </c>
       <c r="C95" s="8" t="s">
-        <v>211</v>
+        <v>195</v>
       </c>
       <c r="D95" s="8" t="s">
-        <v>212</v>
+        <v>94</v>
       </c>
       <c r="E95" s="9">
         <v>2022</v>
       </c>
       <c r="F95" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="96" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+    <row r="96" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B96" s="7" t="s">
-        <v>926</v>
+        <v>196</v>
       </c>
       <c r="C96" s="8" t="s">
-        <v>927</v>
+        <v>197</v>
       </c>
       <c r="D96" s="8" t="s">
-        <v>928</v>
+        <v>198</v>
       </c>
       <c r="E96" s="9">
         <v>2022</v>
       </c>
-      <c r="F96" s="9" t="s">
-        <v>929</v>
+      <c r="F96" s="10" t="s">
+        <v>22</v>
       </c>
     </row>
     <row r="97" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B97" s="7" t="s">
-        <v>213</v>
+        <v>199</v>
       </c>
       <c r="C97" s="8" t="s">
-        <v>214</v>
+        <v>200</v>
       </c>
       <c r="D97" s="8" t="s">
-        <v>215</v>
+        <v>201</v>
       </c>
       <c r="E97" s="9">
         <v>2022</v>
       </c>
       <c r="F97" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="98" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+    <row r="98" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B98" s="7" t="s">
-        <v>216</v>
+        <v>202</v>
       </c>
       <c r="C98" s="8" t="s">
-        <v>217</v>
+        <v>51</v>
       </c>
       <c r="D98" s="8" t="s">
-        <v>218</v>
+        <v>203</v>
       </c>
       <c r="E98" s="9">
         <v>2022</v>
       </c>
       <c r="F98" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="99" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+    <row r="99" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B99" s="7" t="s">
-        <v>219</v>
+        <v>204</v>
       </c>
       <c r="C99" s="8" t="s">
-        <v>220</v>
+        <v>51</v>
       </c>
       <c r="D99" s="8" t="s">
-        <v>221</v>
+        <v>205</v>
       </c>
       <c r="E99" s="9">
         <v>2022</v>
       </c>
-      <c r="F99" s="10" t="s">
-[...5 lines deleted...]
-        <v>930</v>
+      <c r="F99" s="9" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="100" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+      <c r="B100" s="13" t="s">
+        <v>206</v>
       </c>
       <c r="C100" s="8" t="s">
-        <v>931</v>
+        <v>51</v>
       </c>
       <c r="D100" s="8" t="s">
-        <v>932</v>
+        <v>203</v>
       </c>
       <c r="E100" s="9">
         <v>2022</v>
       </c>
       <c r="F100" s="9" t="s">
-        <v>933</v>
-[...4 lines deleted...]
-        <v>222</v>
+        <v>22</v>
+      </c>
+    </row>
+    <row r="101" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+      <c r="B101" s="14" t="s">
+        <v>207</v>
       </c>
       <c r="C101" s="8" t="s">
-        <v>223</v>
+        <v>208</v>
       </c>
       <c r="D101" s="8" t="s">
-        <v>224</v>
+        <v>209</v>
       </c>
       <c r="E101" s="9">
         <v>2022</v>
       </c>
       <c r="F101" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="102" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+    <row r="102" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B102" s="7" t="s">
-        <v>225</v>
+        <v>210</v>
       </c>
       <c r="C102" s="8" t="s">
-        <v>226</v>
+        <v>211</v>
       </c>
       <c r="D102" s="8" t="s">
-        <v>227</v>
+        <v>212</v>
       </c>
       <c r="E102" s="9">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="F102" s="10" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="103" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B103" s="7" t="s">
-        <v>228</v>
+        <v>926</v>
       </c>
       <c r="C103" s="8" t="s">
-        <v>229</v>
+        <v>927</v>
       </c>
       <c r="D103" s="8" t="s">
-        <v>230</v>
+        <v>928</v>
       </c>
       <c r="E103" s="9">
-        <v>2021</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>2022</v>
+      </c>
+      <c r="F103" s="9" t="s">
+        <v>929</v>
       </c>
     </row>
     <row r="104" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B104" s="7" t="s">
-        <v>231</v>
+        <v>213</v>
       </c>
       <c r="C104" s="8" t="s">
-        <v>232</v>
+        <v>214</v>
       </c>
       <c r="D104" s="8" t="s">
-        <v>233</v>
+        <v>215</v>
       </c>
       <c r="E104" s="9">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="F104" s="10" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="105" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="105" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B105" s="7" t="s">
-        <v>234</v>
+        <v>216</v>
       </c>
       <c r="C105" s="8" t="s">
-        <v>235</v>
+        <v>217</v>
       </c>
       <c r="D105" s="8" t="s">
-        <v>236</v>
+        <v>218</v>
       </c>
       <c r="E105" s="9">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="F105" s="10" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="106" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B106" s="7" t="s">
-        <v>237</v>
+        <v>219</v>
       </c>
       <c r="C106" s="8" t="s">
-        <v>238</v>
+        <v>220</v>
       </c>
       <c r="D106" s="8" t="s">
-        <v>239</v>
+        <v>221</v>
       </c>
       <c r="E106" s="9">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="F106" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="107" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+    <row r="107" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B107" s="7" t="s">
-        <v>240</v>
+        <v>930</v>
       </c>
       <c r="C107" s="8" t="s">
-        <v>241</v>
+        <v>931</v>
       </c>
       <c r="D107" s="8" t="s">
-        <v>242</v>
+        <v>932</v>
       </c>
       <c r="E107" s="9">
-        <v>2021</v>
-[...5 lines deleted...]
-    <row r="108" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+        <v>2022</v>
+      </c>
+      <c r="F107" s="9" t="s">
+        <v>933</v>
+      </c>
+    </row>
+    <row r="108" spans="2:6" ht="58.3" x14ac:dyDescent="0.4">
       <c r="B108" s="7" t="s">
-        <v>243</v>
+        <v>222</v>
       </c>
       <c r="C108" s="8" t="s">
-        <v>244</v>
+        <v>223</v>
       </c>
       <c r="D108" s="8" t="s">
-        <v>245</v>
+        <v>224</v>
       </c>
       <c r="E108" s="9">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="F108" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="109" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+    <row r="109" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B109" s="7" t="s">
-        <v>246</v>
+        <v>225</v>
       </c>
       <c r="C109" s="8" t="s">
-        <v>247</v>
+        <v>226</v>
       </c>
       <c r="D109" s="8" t="s">
-        <v>248</v>
+        <v>227</v>
       </c>
       <c r="E109" s="9">
         <v>2021</v>
       </c>
       <c r="F109" s="10" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="110" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B110" s="7" t="s">
-        <v>249</v>
+        <v>228</v>
       </c>
       <c r="C110" s="8" t="s">
-        <v>250</v>
+        <v>229</v>
       </c>
       <c r="D110" s="8" t="s">
-        <v>251</v>
+        <v>230</v>
       </c>
       <c r="E110" s="9">
         <v>2021</v>
       </c>
       <c r="F110" s="10" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="111" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B111" s="7" t="s">
-        <v>252</v>
+        <v>231</v>
       </c>
       <c r="C111" s="8" t="s">
-        <v>253</v>
+        <v>232</v>
       </c>
       <c r="D111" s="8" t="s">
-        <v>254</v>
+        <v>233</v>
       </c>
       <c r="E111" s="9">
         <v>2021</v>
       </c>
       <c r="F111" s="10" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
     </row>
     <row r="112" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B112" s="7" t="s">
-        <v>255</v>
+        <v>234</v>
       </c>
       <c r="C112" s="8" t="s">
-        <v>256</v>
+        <v>235</v>
       </c>
       <c r="D112" s="8" t="s">
-        <v>257</v>
+        <v>236</v>
       </c>
       <c r="E112" s="9">
         <v>2021</v>
       </c>
       <c r="F112" s="10" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="113" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B113" s="7" t="s">
-        <v>258</v>
+        <v>237</v>
       </c>
       <c r="C113" s="8" t="s">
-        <v>259</v>
+        <v>238</v>
       </c>
       <c r="D113" s="8" t="s">
-        <v>260</v>
+        <v>239</v>
       </c>
       <c r="E113" s="9">
         <v>2021</v>
       </c>
       <c r="F113" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="114" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+    <row r="114" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B114" s="7" t="s">
-        <v>261</v>
+        <v>240</v>
       </c>
       <c r="C114" s="8" t="s">
-        <v>262</v>
+        <v>241</v>
       </c>
       <c r="D114" s="8" t="s">
-        <v>263</v>
+        <v>242</v>
       </c>
       <c r="E114" s="9">
         <v>2021</v>
       </c>
       <c r="F114" s="10" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="115" spans="2:6" x14ac:dyDescent="0.4">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="115" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B115" s="7" t="s">
-        <v>264</v>
+        <v>243</v>
       </c>
       <c r="C115" s="8" t="s">
-        <v>265</v>
-[...2 lines deleted...]
-        <v>266</v>
+        <v>244</v>
+      </c>
+      <c r="D115" s="8" t="s">
+        <v>245</v>
       </c>
       <c r="E115" s="9">
         <v>2021</v>
       </c>
       <c r="F115" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="116" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+    <row r="116" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B116" s="7" t="s">
-        <v>267</v>
+        <v>246</v>
       </c>
       <c r="C116" s="8" t="s">
-        <v>268</v>
-[...2 lines deleted...]
-        <v>269</v>
+        <v>247</v>
+      </c>
+      <c r="D116" s="8" t="s">
+        <v>248</v>
       </c>
       <c r="E116" s="9">
         <v>2021</v>
       </c>
       <c r="F116" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="117" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+    <row r="117" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B117" s="7" t="s">
-        <v>270</v>
+        <v>249</v>
       </c>
       <c r="C117" s="8" t="s">
-        <v>271</v>
+        <v>250</v>
       </c>
       <c r="D117" s="8" t="s">
-        <v>272</v>
+        <v>251</v>
       </c>
       <c r="E117" s="9">
         <v>2021</v>
       </c>
       <c r="F117" s="10" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="118" spans="2:6" ht="58.3" x14ac:dyDescent="0.4">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="118" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B118" s="7" t="s">
-        <v>273</v>
+        <v>252</v>
       </c>
       <c r="C118" s="8" t="s">
-        <v>274</v>
+        <v>253</v>
       </c>
       <c r="D118" s="8" t="s">
-        <v>275</v>
+        <v>254</v>
       </c>
       <c r="E118" s="9">
         <v>2021</v>
       </c>
       <c r="F118" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="119" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+    <row r="119" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B119" s="7" t="s">
-        <v>276</v>
+        <v>255</v>
       </c>
       <c r="C119" s="8" t="s">
-        <v>277</v>
-[...2 lines deleted...]
-        <v>278</v>
+        <v>256</v>
+      </c>
+      <c r="D119" s="8" t="s">
+        <v>257</v>
       </c>
       <c r="E119" s="9">
         <v>2021</v>
       </c>
       <c r="F119" s="10" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="120" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B120" s="7" t="s">
-        <v>279</v>
+        <v>258</v>
       </c>
       <c r="C120" s="8" t="s">
-        <v>280</v>
+        <v>259</v>
       </c>
       <c r="D120" s="8" t="s">
-        <v>281</v>
+        <v>260</v>
       </c>
       <c r="E120" s="9">
         <v>2021</v>
       </c>
       <c r="F120" s="10" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="121" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B121" s="7" t="s">
-        <v>282</v>
+        <v>261</v>
       </c>
       <c r="C121" s="8" t="s">
-        <v>283</v>
+        <v>262</v>
       </c>
       <c r="D121" s="8" t="s">
-        <v>284</v>
+        <v>263</v>
       </c>
       <c r="E121" s="9">
         <v>2021</v>
       </c>
       <c r="F121" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="122" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+    <row r="122" spans="2:6" x14ac:dyDescent="0.4">
       <c r="B122" s="7" t="s">
-        <v>285</v>
+        <v>264</v>
       </c>
       <c r="C122" s="8" t="s">
-        <v>286</v>
-[...2 lines deleted...]
-        <v>287</v>
+        <v>265</v>
+      </c>
+      <c r="D122" s="15" t="s">
+        <v>266</v>
       </c>
       <c r="E122" s="9">
         <v>2021</v>
       </c>
       <c r="F122" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="123" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+    <row r="123" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B123" s="7" t="s">
-        <v>288</v>
+        <v>267</v>
       </c>
       <c r="C123" s="8" t="s">
-        <v>289</v>
-[...2 lines deleted...]
-        <v>290</v>
+        <v>268</v>
+      </c>
+      <c r="D123" s="11" t="s">
+        <v>269</v>
       </c>
       <c r="E123" s="9">
         <v>2021</v>
       </c>
       <c r="F123" s="10" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="124" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B124" s="7" t="s">
-        <v>291</v>
+        <v>270</v>
       </c>
       <c r="C124" s="8" t="s">
-        <v>292</v>
+        <v>271</v>
       </c>
       <c r="D124" s="8" t="s">
-        <v>293</v>
+        <v>272</v>
       </c>
       <c r="E124" s="9">
         <v>2021</v>
       </c>
       <c r="F124" s="10" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="125" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="125" spans="2:6" ht="58.3" x14ac:dyDescent="0.4">
       <c r="B125" s="7" t="s">
-        <v>294</v>
+        <v>273</v>
       </c>
       <c r="C125" s="8" t="s">
-        <v>295</v>
+        <v>274</v>
       </c>
       <c r="D125" s="8" t="s">
-        <v>296</v>
+        <v>275</v>
       </c>
       <c r="E125" s="9">
         <v>2021</v>
       </c>
       <c r="F125" s="10" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="126" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B126" s="7" t="s">
-        <v>297</v>
+        <v>276</v>
       </c>
       <c r="C126" s="8" t="s">
-        <v>298</v>
-[...2 lines deleted...]
-        <v>299</v>
+        <v>277</v>
+      </c>
+      <c r="D126" s="11" t="s">
+        <v>278</v>
       </c>
       <c r="E126" s="9">
         <v>2021</v>
       </c>
       <c r="F126" s="10" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="127" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B127" s="7" t="s">
-        <v>300</v>
+        <v>279</v>
       </c>
       <c r="C127" s="8" t="s">
-        <v>301</v>
+        <v>280</v>
       </c>
       <c r="D127" s="8" t="s">
-        <v>302</v>
+        <v>281</v>
       </c>
       <c r="E127" s="9">
         <v>2021</v>
       </c>
       <c r="F127" s="10" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="128" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B128" s="7" t="s">
-        <v>303</v>
+        <v>282</v>
       </c>
       <c r="C128" s="8" t="s">
-        <v>304</v>
+        <v>283</v>
       </c>
       <c r="D128" s="8" t="s">
-        <v>305</v>
+        <v>284</v>
       </c>
       <c r="E128" s="9">
         <v>2021</v>
       </c>
       <c r="F128" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="129" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+    <row r="129" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B129" s="7" t="s">
-        <v>306</v>
+        <v>285</v>
       </c>
       <c r="C129" s="8" t="s">
-        <v>307</v>
+        <v>286</v>
       </c>
       <c r="D129" s="8" t="s">
-        <v>308</v>
+        <v>287</v>
       </c>
       <c r="E129" s="9">
         <v>2021</v>
       </c>
       <c r="F129" s="10" t="s">
-        <v>309</v>
-[...2 lines deleted...]
-    <row r="130" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="130" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B130" s="7" t="s">
-        <v>310</v>
+        <v>288</v>
       </c>
       <c r="C130" s="8" t="s">
-        <v>311</v>
+        <v>289</v>
       </c>
       <c r="D130" s="8" t="s">
-        <v>312</v>
+        <v>290</v>
       </c>
       <c r="E130" s="9">
         <v>2021</v>
       </c>
       <c r="F130" s="10" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="131" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B131" s="7" t="s">
-        <v>313</v>
+        <v>291</v>
       </c>
       <c r="C131" s="8" t="s">
-        <v>314</v>
+        <v>292</v>
       </c>
       <c r="D131" s="8" t="s">
-        <v>315</v>
+        <v>293</v>
       </c>
       <c r="E131" s="9">
         <v>2021</v>
       </c>
       <c r="F131" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="132" spans="2:6" ht="58.3" x14ac:dyDescent="0.4">
+    <row r="132" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B132" s="7" t="s">
-        <v>316</v>
+        <v>294</v>
       </c>
       <c r="C132" s="8" t="s">
-        <v>317</v>
+        <v>295</v>
       </c>
       <c r="D132" s="8" t="s">
-        <v>318</v>
+        <v>296</v>
       </c>
       <c r="E132" s="9">
         <v>2021</v>
       </c>
       <c r="F132" s="10" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="133" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B133" s="7" t="s">
-        <v>319</v>
+        <v>297</v>
       </c>
       <c r="C133" s="8" t="s">
-        <v>320</v>
+        <v>298</v>
       </c>
       <c r="D133" s="8" t="s">
-        <v>321</v>
+        <v>299</v>
       </c>
       <c r="E133" s="9">
         <v>2021</v>
       </c>
       <c r="F133" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="134" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+    <row r="134" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B134" s="7" t="s">
-        <v>322</v>
+        <v>300</v>
       </c>
       <c r="C134" s="8" t="s">
-        <v>323</v>
+        <v>301</v>
       </c>
       <c r="D134" s="8" t="s">
-        <v>324</v>
+        <v>302</v>
       </c>
       <c r="E134" s="9">
         <v>2021</v>
       </c>
       <c r="F134" s="10" t="s">
-        <v>325</v>
-[...2 lines deleted...]
-    <row r="135" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="135" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B135" s="7" t="s">
-        <v>326</v>
+        <v>303</v>
       </c>
       <c r="C135" s="8" t="s">
-        <v>323</v>
+        <v>304</v>
       </c>
       <c r="D135" s="8" t="s">
-        <v>327</v>
+        <v>305</v>
       </c>
       <c r="E135" s="9">
         <v>2021</v>
       </c>
       <c r="F135" s="10" t="s">
-        <v>325</v>
+        <v>22</v>
       </c>
     </row>
     <row r="136" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B136" s="7" t="s">
-        <v>328</v>
+        <v>306</v>
       </c>
       <c r="C136" s="8" t="s">
-        <v>329</v>
+        <v>307</v>
       </c>
       <c r="D136" s="8" t="s">
-        <v>330</v>
+        <v>308</v>
       </c>
       <c r="E136" s="9">
         <v>2021</v>
       </c>
       <c r="F136" s="10" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="137" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="137" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B137" s="7" t="s">
-        <v>331</v>
+        <v>310</v>
       </c>
       <c r="C137" s="8" t="s">
-        <v>332</v>
+        <v>311</v>
       </c>
       <c r="D137" s="8" t="s">
-        <v>333</v>
+        <v>312</v>
       </c>
       <c r="E137" s="9">
         <v>2021</v>
       </c>
       <c r="F137" s="10" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="138" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B138" s="7" t="s">
-        <v>334</v>
+        <v>313</v>
       </c>
       <c r="C138" s="8" t="s">
-        <v>335</v>
+        <v>314</v>
       </c>
       <c r="D138" s="8" t="s">
-        <v>336</v>
+        <v>315</v>
       </c>
       <c r="E138" s="9">
         <v>2021</v>
       </c>
       <c r="F138" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="139" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+    <row r="139" spans="2:6" ht="58.3" x14ac:dyDescent="0.4">
       <c r="B139" s="7" t="s">
-        <v>337</v>
+        <v>316</v>
       </c>
       <c r="C139" s="8" t="s">
-        <v>338</v>
+        <v>317</v>
       </c>
       <c r="D139" s="8" t="s">
-        <v>339</v>
+        <v>318</v>
       </c>
       <c r="E139" s="9">
         <v>2021</v>
       </c>
       <c r="F139" s="10" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="140" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B140" s="7" t="s">
-        <v>340</v>
+        <v>319</v>
       </c>
       <c r="C140" s="8" t="s">
-        <v>341</v>
+        <v>320</v>
       </c>
       <c r="D140" s="8" t="s">
-        <v>342</v>
+        <v>321</v>
       </c>
       <c r="E140" s="9">
         <v>2021</v>
       </c>
       <c r="F140" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="141" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+    <row r="141" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B141" s="7" t="s">
-        <v>343</v>
+        <v>322</v>
       </c>
       <c r="C141" s="8" t="s">
-        <v>51</v>
+        <v>323</v>
       </c>
       <c r="D141" s="8" t="s">
-        <v>344</v>
+        <v>324</v>
       </c>
       <c r="E141" s="9">
         <v>2021</v>
       </c>
       <c r="F141" s="10" t="s">
-        <v>22</v>
+        <v>325</v>
       </c>
     </row>
     <row r="142" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B142" s="7" t="s">
-        <v>345</v>
+        <v>326</v>
       </c>
       <c r="C142" s="8" t="s">
-        <v>51</v>
+        <v>323</v>
       </c>
       <c r="D142" s="8" t="s">
-        <v>346</v>
+        <v>327</v>
       </c>
       <c r="E142" s="9">
         <v>2021</v>
       </c>
       <c r="F142" s="10" t="s">
-        <v>22</v>
+        <v>325</v>
       </c>
     </row>
     <row r="143" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B143" s="7" t="s">
-        <v>347</v>
+        <v>328</v>
       </c>
       <c r="C143" s="8" t="s">
-        <v>51</v>
+        <v>329</v>
       </c>
       <c r="D143" s="8" t="s">
-        <v>348</v>
+        <v>330</v>
       </c>
       <c r="E143" s="9">
         <v>2021</v>
       </c>
       <c r="F143" s="10" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="144" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B144" s="7" t="s">
-        <v>349</v>
+        <v>331</v>
       </c>
       <c r="C144" s="8" t="s">
-        <v>51</v>
+        <v>332</v>
       </c>
       <c r="D144" s="8" t="s">
-        <v>350</v>
+        <v>333</v>
       </c>
       <c r="E144" s="9">
         <v>2021</v>
       </c>
       <c r="F144" s="10" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="145" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B145" s="7" t="s">
-        <v>351</v>
+        <v>334</v>
       </c>
       <c r="C145" s="8" t="s">
-        <v>51</v>
+        <v>335</v>
       </c>
       <c r="D145" s="8" t="s">
-        <v>352</v>
+        <v>336</v>
       </c>
       <c r="E145" s="9">
         <v>2021</v>
       </c>
       <c r="F145" s="10" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="146" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B146" s="7" t="s">
-        <v>353</v>
+        <v>337</v>
       </c>
       <c r="C146" s="8" t="s">
-        <v>51</v>
+        <v>338</v>
       </c>
       <c r="D146" s="8" t="s">
-        <v>354</v>
+        <v>339</v>
       </c>
       <c r="E146" s="9">
         <v>2021</v>
       </c>
       <c r="F146" s="10" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="147" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B147" s="7" t="s">
-        <v>355</v>
+        <v>340</v>
       </c>
       <c r="C147" s="8" t="s">
-        <v>51</v>
+        <v>341</v>
       </c>
       <c r="D147" s="8" t="s">
-        <v>356</v>
+        <v>342</v>
       </c>
       <c r="E147" s="9">
         <v>2021</v>
       </c>
       <c r="F147" s="10" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="148" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B148" s="7" t="s">
-        <v>357</v>
+        <v>343</v>
       </c>
       <c r="C148" s="8" t="s">
         <v>51</v>
       </c>
       <c r="D148" s="8" t="s">
-        <v>358</v>
+        <v>344</v>
       </c>
       <c r="E148" s="9">
         <v>2021</v>
       </c>
       <c r="F148" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="149" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+    <row r="149" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B149" s="7" t="s">
-        <v>359</v>
+        <v>345</v>
       </c>
       <c r="C149" s="8" t="s">
-        <v>360</v>
+        <v>51</v>
       </c>
       <c r="D149" s="8" t="s">
-        <v>361</v>
+        <v>346</v>
       </c>
       <c r="E149" s="9">
         <v>2021</v>
       </c>
       <c r="F149" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="150" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+    <row r="150" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B150" s="7" t="s">
-        <v>362</v>
+        <v>347</v>
       </c>
       <c r="C150" s="8" t="s">
-        <v>363</v>
-[...2 lines deleted...]
-        <v>364</v>
+        <v>51</v>
+      </c>
+      <c r="D150" s="8" t="s">
+        <v>348</v>
       </c>
       <c r="E150" s="9">
         <v>2021</v>
       </c>
       <c r="F150" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="151" spans="2:6" ht="58.3" x14ac:dyDescent="0.4">
+    <row r="151" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B151" s="7" t="s">
-        <v>365</v>
+        <v>349</v>
       </c>
       <c r="C151" s="8" t="s">
-        <v>366</v>
+        <v>51</v>
       </c>
       <c r="D151" s="8" t="s">
-        <v>367</v>
+        <v>350</v>
       </c>
       <c r="E151" s="9">
         <v>2021</v>
       </c>
       <c r="F151" s="10" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="152" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="152" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B152" s="7" t="s">
-        <v>368</v>
+        <v>351</v>
       </c>
       <c r="C152" s="8" t="s">
-        <v>369</v>
+        <v>51</v>
       </c>
       <c r="D152" s="8" t="s">
-        <v>370</v>
+        <v>352</v>
       </c>
       <c r="E152" s="9">
         <v>2021</v>
       </c>
       <c r="F152" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="153" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+    <row r="153" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B153" s="7" t="s">
-        <v>371</v>
+        <v>353</v>
       </c>
       <c r="C153" s="8" t="s">
-        <v>372</v>
+        <v>51</v>
       </c>
       <c r="D153" s="8" t="s">
-        <v>373</v>
+        <v>354</v>
       </c>
       <c r="E153" s="9">
         <v>2021</v>
       </c>
       <c r="F153" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="154" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+    <row r="154" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B154" s="7" t="s">
-        <v>374</v>
+        <v>355</v>
       </c>
       <c r="C154" s="8" t="s">
-        <v>375</v>
+        <v>51</v>
       </c>
       <c r="D154" s="8" t="s">
-        <v>376</v>
+        <v>356</v>
       </c>
       <c r="E154" s="9">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="F154" s="10" t="s">
-        <v>377</v>
-[...2 lines deleted...]
-    <row r="155" spans="2:6" ht="87.45" x14ac:dyDescent="0.4">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="155" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B155" s="7" t="s">
-        <v>378</v>
+        <v>357</v>
       </c>
       <c r="C155" s="8" t="s">
-        <v>379</v>
+        <v>51</v>
       </c>
       <c r="D155" s="8" t="s">
-        <v>380</v>
+        <v>358</v>
       </c>
       <c r="E155" s="9">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="F155" s="10" t="s">
-        <v>381</v>
+        <v>22</v>
       </c>
     </row>
     <row r="156" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B156" s="7" t="s">
-        <v>382</v>
+        <v>359</v>
       </c>
       <c r="C156" s="8" t="s">
-        <v>383</v>
+        <v>360</v>
       </c>
       <c r="D156" s="8" t="s">
-        <v>384</v>
+        <v>361</v>
       </c>
       <c r="E156" s="9">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="F156" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="157" spans="2:6" ht="58.3" x14ac:dyDescent="0.4">
+    <row r="157" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B157" s="7" t="s">
-        <v>385</v>
+        <v>362</v>
       </c>
       <c r="C157" s="8" t="s">
-        <v>386</v>
-[...2 lines deleted...]
-        <v>387</v>
+        <v>363</v>
+      </c>
+      <c r="D157" s="11" t="s">
+        <v>364</v>
       </c>
       <c r="E157" s="9">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="F157" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="158" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+    <row r="158" spans="2:6" ht="58.3" x14ac:dyDescent="0.4">
       <c r="B158" s="7" t="s">
-        <v>388</v>
+        <v>365</v>
       </c>
       <c r="C158" s="8" t="s">
-        <v>389</v>
+        <v>366</v>
       </c>
       <c r="D158" s="8" t="s">
-        <v>390</v>
+        <v>367</v>
       </c>
       <c r="E158" s="9">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="F158" s="10" t="s">
-        <v>377</v>
-[...2 lines deleted...]
-    <row r="159" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="159" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B159" s="7" t="s">
-        <v>391</v>
+        <v>368</v>
       </c>
       <c r="C159" s="8" t="s">
-        <v>392</v>
+        <v>369</v>
       </c>
       <c r="D159" s="8" t="s">
-        <v>393</v>
+        <v>370</v>
       </c>
       <c r="E159" s="9">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="F159" s="10" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="160" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B160" s="7" t="s">
-        <v>394</v>
+        <v>371</v>
       </c>
       <c r="C160" s="8" t="s">
-        <v>395</v>
+        <v>372</v>
       </c>
       <c r="D160" s="8" t="s">
-        <v>396</v>
+        <v>373</v>
       </c>
       <c r="E160" s="9">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="F160" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="161" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+    <row r="161" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B161" s="7" t="s">
-        <v>397</v>
+        <v>374</v>
       </c>
       <c r="C161" s="8" t="s">
-        <v>398</v>
+        <v>375</v>
       </c>
       <c r="D161" s="8" t="s">
-        <v>399</v>
+        <v>376</v>
       </c>
       <c r="E161" s="9">
         <v>2020</v>
       </c>
       <c r="F161" s="10" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="162" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+        <v>377</v>
+      </c>
+    </row>
+    <row r="162" spans="2:6" ht="87.45" x14ac:dyDescent="0.4">
       <c r="B162" s="7" t="s">
-        <v>400</v>
+        <v>378</v>
       </c>
       <c r="C162" s="8" t="s">
-        <v>401</v>
+        <v>379</v>
       </c>
       <c r="D162" s="8" t="s">
-        <v>402</v>
+        <v>380</v>
       </c>
       <c r="E162" s="9">
         <v>2020</v>
       </c>
       <c r="F162" s="10" t="s">
-        <v>22</v>
+        <v>381</v>
       </c>
     </row>
     <row r="163" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B163" s="7" t="s">
-        <v>403</v>
+        <v>382</v>
       </c>
       <c r="C163" s="8" t="s">
-        <v>404</v>
+        <v>383</v>
       </c>
       <c r="D163" s="8" t="s">
-        <v>405</v>
+        <v>384</v>
       </c>
       <c r="E163" s="9">
         <v>2020</v>
       </c>
       <c r="F163" s="10" t="s">
-        <v>406</v>
-[...2 lines deleted...]
-    <row r="164" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="164" spans="2:6" ht="58.3" x14ac:dyDescent="0.4">
       <c r="B164" s="7" t="s">
-        <v>407</v>
+        <v>385</v>
       </c>
       <c r="C164" s="8" t="s">
-        <v>408</v>
+        <v>386</v>
       </c>
       <c r="D164" s="8" t="s">
-        <v>409</v>
+        <v>387</v>
       </c>
       <c r="E164" s="9">
         <v>2020</v>
       </c>
       <c r="F164" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="165" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+    <row r="165" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B165" s="7" t="s">
-        <v>410</v>
+        <v>388</v>
       </c>
       <c r="C165" s="8" t="s">
-        <v>411</v>
+        <v>389</v>
       </c>
       <c r="D165" s="8" t="s">
-        <v>412</v>
+        <v>390</v>
       </c>
       <c r="E165" s="9">
         <v>2020</v>
       </c>
       <c r="F165" s="10" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="166" spans="2:6" ht="72.900000000000006" x14ac:dyDescent="0.4">
+        <v>377</v>
+      </c>
+    </row>
+    <row r="166" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B166" s="7" t="s">
-        <v>413</v>
+        <v>391</v>
       </c>
       <c r="C166" s="8" t="s">
-        <v>414</v>
+        <v>392</v>
       </c>
       <c r="D166" s="8" t="s">
-        <v>415</v>
+        <v>393</v>
       </c>
       <c r="E166" s="9">
         <v>2020</v>
       </c>
       <c r="F166" s="10" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="167" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B167" s="7" t="s">
-        <v>416</v>
-[...2 lines deleted...]
-        <v>82</v>
+        <v>394</v>
+      </c>
+      <c r="C167" s="8" t="s">
+        <v>395</v>
       </c>
       <c r="D167" s="8" t="s">
-        <v>417</v>
+        <v>396</v>
       </c>
       <c r="E167" s="9">
         <v>2020</v>
       </c>
       <c r="F167" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="168" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+    <row r="168" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B168" s="7" t="s">
-        <v>418</v>
-[...2 lines deleted...]
-        <v>82</v>
+        <v>397</v>
+      </c>
+      <c r="C168" s="8" t="s">
+        <v>398</v>
       </c>
       <c r="D168" s="8" t="s">
-        <v>419</v>
+        <v>399</v>
       </c>
       <c r="E168" s="9">
         <v>2020</v>
       </c>
       <c r="F168" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="169" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+    <row r="169" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B169" s="7" t="s">
-        <v>420</v>
+        <v>400</v>
       </c>
       <c r="C169" s="8" t="s">
-        <v>421</v>
+        <v>401</v>
       </c>
       <c r="D169" s="8" t="s">
-        <v>422</v>
+        <v>402</v>
       </c>
       <c r="E169" s="9">
         <v>2020</v>
       </c>
       <c r="F169" s="10" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="170" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B170" s="7" t="s">
-        <v>423</v>
+        <v>403</v>
       </c>
       <c r="C170" s="8" t="s">
-        <v>424</v>
+        <v>404</v>
       </c>
       <c r="D170" s="8" t="s">
-        <v>425</v>
+        <v>405</v>
       </c>
       <c r="E170" s="9">
         <v>2020</v>
       </c>
       <c r="F170" s="10" t="s">
-        <v>22</v>
+        <v>406</v>
       </c>
     </row>
     <row r="171" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B171" s="7" t="s">
-        <v>426</v>
+        <v>407</v>
       </c>
       <c r="C171" s="8" t="s">
-        <v>427</v>
+        <v>408</v>
       </c>
       <c r="D171" s="8" t="s">
-        <v>428</v>
+        <v>409</v>
       </c>
       <c r="E171" s="9">
         <v>2020</v>
       </c>
       <c r="F171" s="10" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="172" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B172" s="7" t="s">
-        <v>429</v>
+        <v>410</v>
       </c>
       <c r="C172" s="8" t="s">
-        <v>430</v>
+        <v>411</v>
       </c>
       <c r="D172" s="8" t="s">
-        <v>431</v>
+        <v>412</v>
       </c>
       <c r="E172" s="9">
         <v>2020</v>
       </c>
       <c r="F172" s="10" t="s">
-        <v>377</v>
-[...2 lines deleted...]
-    <row r="173" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="173" spans="2:6" ht="72.900000000000006" x14ac:dyDescent="0.4">
       <c r="B173" s="7" t="s">
-        <v>432</v>
+        <v>413</v>
       </c>
       <c r="C173" s="8" t="s">
-        <v>433</v>
+        <v>414</v>
       </c>
       <c r="D173" s="8" t="s">
-        <v>434</v>
+        <v>415</v>
       </c>
       <c r="E173" s="9">
         <v>2020</v>
       </c>
       <c r="F173" s="10" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="174" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B174" s="7" t="s">
-        <v>435</v>
-[...2 lines deleted...]
-        <v>436</v>
+        <v>416</v>
+      </c>
+      <c r="C174" s="12" t="s">
+        <v>82</v>
       </c>
       <c r="D174" s="8" t="s">
-        <v>437</v>
+        <v>417</v>
       </c>
       <c r="E174" s="9">
         <v>2020</v>
       </c>
       <c r="F174" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="175" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+    <row r="175" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B175" s="7" t="s">
-        <v>438</v>
-[...2 lines deleted...]
-        <v>114</v>
+        <v>418</v>
+      </c>
+      <c r="C175" s="12" t="s">
+        <v>82</v>
       </c>
       <c r="D175" s="8" t="s">
-        <v>439</v>
+        <v>419</v>
       </c>
       <c r="E175" s="9">
         <v>2020</v>
       </c>
       <c r="F175" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="176" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+    <row r="176" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B176" s="7" t="s">
-        <v>440</v>
+        <v>420</v>
       </c>
       <c r="C176" s="8" t="s">
-        <v>441</v>
+        <v>421</v>
       </c>
       <c r="D176" s="8" t="s">
-        <v>442</v>
+        <v>422</v>
       </c>
       <c r="E176" s="9">
         <v>2020</v>
       </c>
       <c r="F176" s="10" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="177" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B177" s="7" t="s">
-        <v>443</v>
+        <v>423</v>
       </c>
       <c r="C177" s="8" t="s">
-        <v>444</v>
+        <v>424</v>
       </c>
       <c r="D177" s="8" t="s">
-        <v>445</v>
+        <v>425</v>
       </c>
       <c r="E177" s="9">
         <v>2020</v>
       </c>
       <c r="F177" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="178" spans="2:6" ht="87.45" x14ac:dyDescent="0.4">
+    <row r="178" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B178" s="7" t="s">
-        <v>446</v>
+        <v>426</v>
       </c>
       <c r="C178" s="8" t="s">
-        <v>123</v>
+        <v>427</v>
       </c>
       <c r="D178" s="8" t="s">
-        <v>447</v>
+        <v>428</v>
       </c>
       <c r="E178" s="9">
         <v>2020</v>
       </c>
       <c r="F178" s="10" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="179" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B179" s="7" t="s">
-        <v>448</v>
+        <v>429</v>
       </c>
       <c r="C179" s="8" t="s">
-        <v>123</v>
+        <v>430</v>
       </c>
       <c r="D179" s="8" t="s">
-        <v>449</v>
+        <v>431</v>
       </c>
       <c r="E179" s="9">
         <v>2020</v>
       </c>
       <c r="F179" s="10" t="s">
-        <v>22</v>
+        <v>377</v>
       </c>
     </row>
     <row r="180" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B180" s="7" t="s">
-        <v>450</v>
+        <v>432</v>
       </c>
       <c r="C180" s="8" t="s">
-        <v>451</v>
+        <v>433</v>
       </c>
       <c r="D180" s="8" t="s">
-        <v>452</v>
+        <v>434</v>
       </c>
       <c r="E180" s="9">
         <v>2020</v>
       </c>
       <c r="F180" s="10" t="s">
-        <v>325</v>
-[...2 lines deleted...]
-    <row r="181" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="181" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B181" s="7" t="s">
-        <v>453</v>
+        <v>435</v>
       </c>
       <c r="C181" s="8" t="s">
-        <v>265</v>
+        <v>436</v>
       </c>
       <c r="D181" s="8" t="s">
-        <v>454</v>
+        <v>437</v>
       </c>
       <c r="E181" s="9">
         <v>2020</v>
       </c>
       <c r="F181" s="10" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="182" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B182" s="7" t="s">
-        <v>455</v>
+        <v>438</v>
       </c>
       <c r="C182" s="8" t="s">
-        <v>456</v>
+        <v>114</v>
       </c>
       <c r="D182" s="8" t="s">
-        <v>457</v>
+        <v>439</v>
       </c>
       <c r="E182" s="9">
         <v>2020</v>
       </c>
       <c r="F182" s="10" t="s">
-        <v>377</v>
+        <v>22</v>
       </c>
     </row>
     <row r="183" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B183" s="7" t="s">
-        <v>458</v>
+        <v>440</v>
       </c>
       <c r="C183" s="8" t="s">
-        <v>459</v>
+        <v>441</v>
       </c>
       <c r="D183" s="8" t="s">
-        <v>460</v>
+        <v>442</v>
       </c>
       <c r="E183" s="9">
         <v>2020</v>
       </c>
       <c r="F183" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="184" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+    <row r="184" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B184" s="7" t="s">
-        <v>461</v>
+        <v>443</v>
       </c>
       <c r="C184" s="8" t="s">
-        <v>459</v>
+        <v>444</v>
       </c>
       <c r="D184" s="8" t="s">
-        <v>462</v>
+        <v>445</v>
       </c>
       <c r="E184" s="9">
         <v>2020</v>
       </c>
       <c r="F184" s="10" t="s">
-        <v>463</v>
-[...2 lines deleted...]
-    <row r="185" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="185" spans="2:6" ht="87.45" x14ac:dyDescent="0.4">
       <c r="B185" s="7" t="s">
-        <v>464</v>
+        <v>446</v>
       </c>
       <c r="C185" s="8" t="s">
-        <v>459</v>
+        <v>123</v>
       </c>
       <c r="D185" s="8" t="s">
-        <v>465</v>
+        <v>447</v>
       </c>
       <c r="E185" s="9">
         <v>2020</v>
       </c>
       <c r="F185" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="186" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+    <row r="186" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B186" s="7" t="s">
-        <v>466</v>
+        <v>448</v>
       </c>
       <c r="C186" s="8" t="s">
-        <v>467</v>
+        <v>123</v>
       </c>
       <c r="D186" s="8" t="s">
-        <v>468</v>
+        <v>449</v>
       </c>
       <c r="E186" s="9">
         <v>2020</v>
       </c>
       <c r="F186" s="10" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="187" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B187" s="7" t="s">
-        <v>469</v>
+        <v>450</v>
       </c>
       <c r="C187" s="8" t="s">
-        <v>470</v>
+        <v>451</v>
       </c>
       <c r="D187" s="8" t="s">
-        <v>471</v>
+        <v>452</v>
       </c>
       <c r="E187" s="9">
         <v>2020</v>
       </c>
       <c r="F187" s="10" t="s">
-        <v>377</v>
-[...2 lines deleted...]
-    <row r="188" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="188" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B188" s="7" t="s">
-        <v>472</v>
+        <v>453</v>
       </c>
       <c r="C188" s="8" t="s">
-        <v>473</v>
+        <v>265</v>
       </c>
       <c r="D188" s="8" t="s">
-        <v>474</v>
+        <v>454</v>
       </c>
       <c r="E188" s="9">
         <v>2020</v>
       </c>
       <c r="F188" s="10" t="s">
-        <v>377</v>
-[...2 lines deleted...]
-    <row r="189" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="189" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B189" s="7" t="s">
-        <v>475</v>
+        <v>455</v>
       </c>
       <c r="C189" s="8" t="s">
-        <v>476</v>
+        <v>456</v>
       </c>
       <c r="D189" s="8" t="s">
-        <v>477</v>
+        <v>457</v>
       </c>
       <c r="E189" s="9">
         <v>2020</v>
       </c>
       <c r="F189" s="10" t="s">
         <v>377</v>
       </c>
     </row>
-    <row r="190" spans="2:6" ht="87.45" x14ac:dyDescent="0.4">
+    <row r="190" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B190" s="7" t="s">
-        <v>478</v>
+        <v>458</v>
       </c>
       <c r="C190" s="8" t="s">
-        <v>479</v>
+        <v>459</v>
       </c>
       <c r="D190" s="8" t="s">
-        <v>480</v>
+        <v>460</v>
       </c>
       <c r="E190" s="9">
         <v>2020</v>
       </c>
       <c r="F190" s="10" t="s">
-        <v>381</v>
-[...2 lines deleted...]
-    <row r="191" spans="2:6" ht="58.3" x14ac:dyDescent="0.4">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="191" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B191" s="7" t="s">
-        <v>481</v>
+        <v>461</v>
       </c>
       <c r="C191" s="8" t="s">
-        <v>482</v>
+        <v>459</v>
       </c>
       <c r="D191" s="8" t="s">
-        <v>483</v>
+        <v>462</v>
       </c>
       <c r="E191" s="9">
         <v>2020</v>
       </c>
       <c r="F191" s="10" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="192" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+        <v>463</v>
+      </c>
+    </row>
+    <row r="192" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B192" s="7" t="s">
-        <v>484</v>
+        <v>464</v>
       </c>
       <c r="C192" s="8" t="s">
-        <v>485</v>
+        <v>459</v>
       </c>
       <c r="D192" s="8" t="s">
-        <v>486</v>
+        <v>465</v>
       </c>
       <c r="E192" s="9">
         <v>2020</v>
       </c>
       <c r="F192" s="10" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="193" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B193" s="7" t="s">
-        <v>487</v>
+        <v>466</v>
       </c>
       <c r="C193" s="8" t="s">
-        <v>488</v>
+        <v>467</v>
       </c>
       <c r="D193" s="8" t="s">
-        <v>489</v>
+        <v>468</v>
       </c>
       <c r="E193" s="9">
         <v>2020</v>
       </c>
       <c r="F193" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="194" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+    <row r="194" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B194" s="7" t="s">
-        <v>490</v>
+        <v>469</v>
       </c>
       <c r="C194" s="8" t="s">
-        <v>301</v>
+        <v>470</v>
       </c>
       <c r="D194" s="8" t="s">
-        <v>491</v>
+        <v>471</v>
       </c>
       <c r="E194" s="9">
         <v>2020</v>
       </c>
       <c r="F194" s="10" t="s">
-        <v>22</v>
+        <v>377</v>
       </c>
     </row>
     <row r="195" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B195" s="7" t="s">
-        <v>492</v>
+        <v>472</v>
       </c>
       <c r="C195" s="8" t="s">
-        <v>171</v>
+        <v>473</v>
       </c>
       <c r="D195" s="8" t="s">
-        <v>493</v>
+        <v>474</v>
       </c>
       <c r="E195" s="9">
         <v>2020</v>
       </c>
       <c r="F195" s="10" t="s">
         <v>377</v>
       </c>
     </row>
-    <row r="196" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+    <row r="196" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B196" s="7" t="s">
-        <v>494</v>
+        <v>475</v>
       </c>
       <c r="C196" s="8" t="s">
-        <v>495</v>
+        <v>476</v>
       </c>
       <c r="D196" s="8" t="s">
-        <v>496</v>
+        <v>477</v>
       </c>
       <c r="E196" s="9">
         <v>2020</v>
       </c>
       <c r="F196" s="10" t="s">
         <v>377</v>
       </c>
     </row>
-    <row r="197" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+    <row r="197" spans="2:6" ht="87.45" x14ac:dyDescent="0.4">
       <c r="B197" s="7" t="s">
-        <v>497</v>
+        <v>478</v>
       </c>
       <c r="C197" s="8" t="s">
-        <v>495</v>
+        <v>479</v>
       </c>
       <c r="D197" s="8" t="s">
-        <v>498</v>
+        <v>480</v>
       </c>
       <c r="E197" s="9">
         <v>2020</v>
       </c>
       <c r="F197" s="10" t="s">
-        <v>377</v>
-[...2 lines deleted...]
-    <row r="198" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="198" spans="2:6" ht="58.3" x14ac:dyDescent="0.4">
       <c r="B198" s="7" t="s">
-        <v>499</v>
+        <v>481</v>
       </c>
       <c r="C198" s="8" t="s">
-        <v>500</v>
+        <v>482</v>
       </c>
       <c r="D198" s="8" t="s">
-        <v>501</v>
+        <v>483</v>
       </c>
       <c r="E198" s="9">
         <v>2020</v>
       </c>
       <c r="F198" s="10" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="199" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B199" s="7" t="s">
-        <v>502</v>
+        <v>484</v>
       </c>
       <c r="C199" s="8" t="s">
-        <v>176</v>
+        <v>485</v>
       </c>
       <c r="D199" s="8" t="s">
-        <v>503</v>
+        <v>486</v>
       </c>
       <c r="E199" s="9">
         <v>2020</v>
       </c>
       <c r="F199" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="200" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+    <row r="200" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B200" s="7" t="s">
-        <v>504</v>
+        <v>487</v>
       </c>
       <c r="C200" s="8" t="s">
-        <v>505</v>
+        <v>488</v>
       </c>
       <c r="D200" s="8" t="s">
-        <v>506</v>
+        <v>489</v>
       </c>
       <c r="E200" s="9">
         <v>2020</v>
       </c>
       <c r="F200" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="201" spans="2:6" ht="58.3" x14ac:dyDescent="0.4">
+    <row r="201" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B201" s="7" t="s">
-        <v>507</v>
+        <v>490</v>
       </c>
       <c r="C201" s="8" t="s">
-        <v>508</v>
+        <v>301</v>
       </c>
       <c r="D201" s="8" t="s">
-        <v>509</v>
+        <v>491</v>
       </c>
       <c r="E201" s="9">
         <v>2020</v>
       </c>
       <c r="F201" s="10" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="202" spans="2:6" x14ac:dyDescent="0.4">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="202" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B202" s="7" t="s">
-        <v>510</v>
+        <v>492</v>
       </c>
       <c r="C202" s="8" t="s">
-        <v>511</v>
+        <v>171</v>
       </c>
       <c r="D202" s="8" t="s">
-        <v>512</v>
+        <v>493</v>
       </c>
       <c r="E202" s="9">
         <v>2020</v>
       </c>
       <c r="F202" s="10" t="s">
-        <v>406</v>
-[...2 lines deleted...]
-    <row r="203" spans="2:6" ht="58.3" x14ac:dyDescent="0.4">
+        <v>377</v>
+      </c>
+    </row>
+    <row r="203" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B203" s="7" t="s">
-        <v>513</v>
+        <v>494</v>
       </c>
       <c r="C203" s="8" t="s">
-        <v>514</v>
+        <v>495</v>
       </c>
       <c r="D203" s="8" t="s">
-        <v>515</v>
+        <v>496</v>
       </c>
       <c r="E203" s="9">
         <v>2020</v>
       </c>
       <c r="F203" s="10" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="204" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+        <v>377</v>
+      </c>
+    </row>
+    <row r="204" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B204" s="7" t="s">
-        <v>516</v>
+        <v>497</v>
       </c>
       <c r="C204" s="8" t="s">
-        <v>517</v>
+        <v>495</v>
       </c>
       <c r="D204" s="8" t="s">
-        <v>518</v>
+        <v>498</v>
       </c>
       <c r="E204" s="9">
         <v>2020</v>
       </c>
       <c r="F204" s="10" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="205" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+        <v>377</v>
+      </c>
+    </row>
+    <row r="205" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B205" s="7" t="s">
-        <v>519</v>
+        <v>499</v>
       </c>
       <c r="C205" s="8" t="s">
-        <v>520</v>
+        <v>500</v>
       </c>
       <c r="D205" s="8" t="s">
-        <v>521</v>
+        <v>501</v>
       </c>
       <c r="E205" s="9">
         <v>2020</v>
       </c>
       <c r="F205" s="10" t="s">
-        <v>377</v>
+        <v>22</v>
       </c>
     </row>
     <row r="206" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B206" s="7" t="s">
-        <v>522</v>
+        <v>502</v>
       </c>
       <c r="C206" s="8" t="s">
-        <v>523</v>
+        <v>176</v>
       </c>
       <c r="D206" s="8" t="s">
-        <v>524</v>
+        <v>503</v>
       </c>
       <c r="E206" s="9">
         <v>2020</v>
       </c>
       <c r="F206" s="10" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="207" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B207" s="7" t="s">
-        <v>525</v>
+        <v>504</v>
       </c>
       <c r="C207" s="8" t="s">
-        <v>526</v>
+        <v>505</v>
       </c>
       <c r="D207" s="8" t="s">
-        <v>527</v>
+        <v>506</v>
       </c>
       <c r="E207" s="9">
         <v>2020</v>
       </c>
       <c r="F207" s="10" t="s">
-        <v>528</v>
-[...2 lines deleted...]
-    <row r="208" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="208" spans="2:6" ht="58.3" x14ac:dyDescent="0.4">
       <c r="B208" s="7" t="s">
-        <v>529</v>
+        <v>507</v>
       </c>
       <c r="C208" s="8" t="s">
-        <v>530</v>
+        <v>508</v>
       </c>
       <c r="D208" s="8" t="s">
-        <v>531</v>
+        <v>509</v>
       </c>
       <c r="E208" s="9">
         <v>2020</v>
       </c>
       <c r="F208" s="10" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="209" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="209" spans="2:6" x14ac:dyDescent="0.4">
       <c r="B209" s="7" t="s">
-        <v>532</v>
+        <v>510</v>
       </c>
       <c r="C209" s="8" t="s">
-        <v>533</v>
+        <v>511</v>
       </c>
       <c r="D209" s="8" t="s">
-        <v>534</v>
+        <v>512</v>
       </c>
       <c r="E209" s="9">
         <v>2020</v>
       </c>
       <c r="F209" s="10" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="210" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+        <v>406</v>
+      </c>
+    </row>
+    <row r="210" spans="2:6" ht="58.3" x14ac:dyDescent="0.4">
       <c r="B210" s="7" t="s">
-        <v>535</v>
+        <v>513</v>
       </c>
       <c r="C210" s="8" t="s">
-        <v>536</v>
+        <v>514</v>
       </c>
       <c r="D210" s="8" t="s">
-        <v>537</v>
+        <v>515</v>
       </c>
       <c r="E210" s="9">
         <v>2020</v>
       </c>
       <c r="F210" s="10" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="211" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B211" s="7" t="s">
-        <v>538</v>
+        <v>516</v>
       </c>
       <c r="C211" s="8" t="s">
-        <v>536</v>
+        <v>517</v>
       </c>
       <c r="D211" s="8" t="s">
-        <v>539</v>
+        <v>518</v>
       </c>
       <c r="E211" s="9">
         <v>2020</v>
       </c>
       <c r="F211" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="212" spans="2:6" x14ac:dyDescent="0.4">
+    <row r="212" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B212" s="7" t="s">
-        <v>540</v>
+        <v>519</v>
       </c>
       <c r="C212" s="8" t="s">
-        <v>541</v>
+        <v>520</v>
       </c>
       <c r="D212" s="8" t="s">
-        <v>542</v>
+        <v>521</v>
       </c>
       <c r="E212" s="9">
         <v>2020</v>
       </c>
       <c r="F212" s="10" t="s">
         <v>377</v>
       </c>
     </row>
-    <row r="213" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+    <row r="213" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B213" s="7" t="s">
-        <v>543</v>
-[...2 lines deleted...]
-        <v>544</v>
+        <v>522</v>
+      </c>
+      <c r="C213" s="8" t="s">
+        <v>523</v>
       </c>
       <c r="D213" s="8" t="s">
-        <v>545</v>
+        <v>524</v>
       </c>
       <c r="E213" s="9">
         <v>2020</v>
       </c>
       <c r="F213" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="214" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+    <row r="214" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B214" s="7" t="s">
-        <v>546</v>
-[...2 lines deleted...]
-        <v>547</v>
+        <v>525</v>
+      </c>
+      <c r="C214" s="8" t="s">
+        <v>526</v>
       </c>
       <c r="D214" s="8" t="s">
-        <v>548</v>
+        <v>527</v>
       </c>
       <c r="E214" s="9">
         <v>2020</v>
       </c>
       <c r="F214" s="10" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="215" spans="2:6" ht="58.3" x14ac:dyDescent="0.4">
+        <v>528</v>
+      </c>
+    </row>
+    <row r="215" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B215" s="7" t="s">
-        <v>549</v>
+        <v>529</v>
       </c>
       <c r="C215" s="8" t="s">
-        <v>550</v>
+        <v>530</v>
       </c>
       <c r="D215" s="8" t="s">
-        <v>551</v>
+        <v>531</v>
       </c>
       <c r="E215" s="9">
         <v>2020</v>
       </c>
       <c r="F215" s="10" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
     </row>
     <row r="216" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B216" s="7" t="s">
-        <v>552</v>
+        <v>532</v>
       </c>
       <c r="C216" s="8" t="s">
-        <v>51</v>
+        <v>533</v>
       </c>
       <c r="D216" s="8" t="s">
-        <v>553</v>
+        <v>534</v>
       </c>
       <c r="E216" s="9">
         <v>2020</v>
       </c>
       <c r="F216" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="217" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+    <row r="217" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B217" s="7" t="s">
-        <v>554</v>
+        <v>535</v>
       </c>
       <c r="C217" s="8" t="s">
-        <v>51</v>
+        <v>536</v>
       </c>
       <c r="D217" s="8" t="s">
-        <v>555</v>
+        <v>537</v>
       </c>
       <c r="E217" s="9">
         <v>2020</v>
       </c>
       <c r="F217" s="10" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="218" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B218" s="7" t="s">
-        <v>556</v>
+        <v>538</v>
       </c>
       <c r="C218" s="8" t="s">
-        <v>51</v>
+        <v>536</v>
       </c>
       <c r="D218" s="8" t="s">
-        <v>557</v>
+        <v>539</v>
       </c>
       <c r="E218" s="9">
         <v>2020</v>
       </c>
       <c r="F218" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="219" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+    <row r="219" spans="2:6" x14ac:dyDescent="0.4">
       <c r="B219" s="7" t="s">
-        <v>558</v>
+        <v>540</v>
       </c>
       <c r="C219" s="8" t="s">
-        <v>51</v>
+        <v>541</v>
       </c>
       <c r="D219" s="8" t="s">
-        <v>559</v>
+        <v>542</v>
       </c>
       <c r="E219" s="9">
         <v>2020</v>
       </c>
       <c r="F219" s="10" t="s">
-        <v>22</v>
+        <v>377</v>
       </c>
     </row>
     <row r="220" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B220" s="7" t="s">
-        <v>560</v>
-[...2 lines deleted...]
-        <v>51</v>
+        <v>543</v>
+      </c>
+      <c r="C220" s="11" t="s">
+        <v>544</v>
       </c>
       <c r="D220" s="8" t="s">
-        <v>561</v>
+        <v>545</v>
       </c>
       <c r="E220" s="9">
         <v>2020</v>
       </c>
       <c r="F220" s="10" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="221" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B221" s="7" t="s">
-        <v>562</v>
-[...2 lines deleted...]
-        <v>51</v>
+        <v>546</v>
+      </c>
+      <c r="C221" s="11" t="s">
+        <v>547</v>
       </c>
       <c r="D221" s="8" t="s">
-        <v>563</v>
+        <v>548</v>
       </c>
       <c r="E221" s="9">
         <v>2020</v>
       </c>
       <c r="F221" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="222" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+    <row r="222" spans="2:6" ht="58.3" x14ac:dyDescent="0.4">
       <c r="B222" s="7" t="s">
-        <v>564</v>
+        <v>549</v>
       </c>
       <c r="C222" s="8" t="s">
-        <v>565</v>
+        <v>550</v>
       </c>
       <c r="D222" s="8" t="s">
-        <v>566</v>
+        <v>551</v>
       </c>
       <c r="E222" s="9">
         <v>2020</v>
       </c>
       <c r="F222" s="10" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="223" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="223" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B223" s="7" t="s">
-        <v>567</v>
+        <v>552</v>
       </c>
       <c r="C223" s="8" t="s">
-        <v>568</v>
+        <v>51</v>
       </c>
       <c r="D223" s="8" t="s">
-        <v>569</v>
+        <v>553</v>
       </c>
       <c r="E223" s="9">
         <v>2020</v>
       </c>
       <c r="F223" s="10" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="224" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B224" s="7" t="s">
-        <v>570</v>
+        <v>554</v>
       </c>
       <c r="C224" s="8" t="s">
-        <v>571</v>
+        <v>51</v>
       </c>
       <c r="D224" s="8" t="s">
-        <v>572</v>
+        <v>555</v>
       </c>
       <c r="E224" s="9">
         <v>2020</v>
       </c>
       <c r="F224" s="10" t="s">
-        <v>377</v>
-[...2 lines deleted...]
-    <row r="225" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="225" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B225" s="7" t="s">
-        <v>573</v>
+        <v>556</v>
       </c>
       <c r="C225" s="8" t="s">
-        <v>574</v>
+        <v>51</v>
       </c>
       <c r="D225" s="8" t="s">
-        <v>575</v>
+        <v>557</v>
       </c>
       <c r="E225" s="9">
         <v>2020</v>
       </c>
       <c r="F225" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="226" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+    <row r="226" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B226" s="7" t="s">
-        <v>576</v>
+        <v>558</v>
       </c>
       <c r="C226" s="8" t="s">
-        <v>577</v>
+        <v>51</v>
       </c>
       <c r="D226" s="8" t="s">
-        <v>578</v>
+        <v>559</v>
       </c>
       <c r="E226" s="9">
         <v>2020</v>
       </c>
       <c r="F226" s="10" t="s">
-        <v>377</v>
-[...2 lines deleted...]
-    <row r="227" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="227" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B227" s="7" t="s">
-        <v>579</v>
+        <v>560</v>
       </c>
       <c r="C227" s="8" t="s">
-        <v>580</v>
+        <v>51</v>
       </c>
       <c r="D227" s="8" t="s">
-        <v>581</v>
+        <v>561</v>
       </c>
       <c r="E227" s="9">
         <v>2020</v>
       </c>
       <c r="F227" s="10" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="228" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B228" s="7" t="s">
-        <v>582</v>
+        <v>562</v>
       </c>
       <c r="C228" s="8" t="s">
-        <v>583</v>
+        <v>51</v>
       </c>
       <c r="D228" s="8" t="s">
-        <v>584</v>
+        <v>563</v>
       </c>
       <c r="E228" s="9">
         <v>2020</v>
       </c>
       <c r="F228" s="10" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="229" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B229" s="7" t="s">
-        <v>585</v>
+        <v>564</v>
       </c>
       <c r="C229" s="8" t="s">
-        <v>586</v>
+        <v>565</v>
       </c>
       <c r="D229" s="8" t="s">
-        <v>587</v>
+        <v>566</v>
       </c>
       <c r="E229" s="9">
         <v>2020</v>
       </c>
       <c r="F229" s="10" t="s">
-        <v>377</v>
-[...2 lines deleted...]
-    <row r="230" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="230" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B230" s="7" t="s">
-        <v>588</v>
+        <v>567</v>
       </c>
       <c r="C230" s="8" t="s">
-        <v>589</v>
+        <v>568</v>
       </c>
       <c r="D230" s="8" t="s">
-        <v>590</v>
+        <v>569</v>
       </c>
       <c r="E230" s="9">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="F230" s="10" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="231" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B231" s="7" t="s">
-        <v>591</v>
+        <v>570</v>
       </c>
       <c r="C231" s="8" t="s">
-        <v>592</v>
+        <v>571</v>
       </c>
       <c r="D231" s="8" t="s">
-        <v>593</v>
+        <v>572</v>
       </c>
       <c r="E231" s="9">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="F231" s="10" t="s">
-        <v>594</v>
+        <v>377</v>
       </c>
     </row>
     <row r="232" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B232" s="7" t="s">
-        <v>595</v>
+        <v>573</v>
       </c>
       <c r="C232" s="8" t="s">
-        <v>596</v>
+        <v>574</v>
       </c>
       <c r="D232" s="8" t="s">
-        <v>597</v>
+        <v>575</v>
       </c>
       <c r="E232" s="9">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="F232" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="233" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+    <row r="233" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B233" s="7" t="s">
-        <v>598</v>
+        <v>576</v>
       </c>
       <c r="C233" s="8" t="s">
-        <v>599</v>
+        <v>577</v>
       </c>
       <c r="D233" s="8" t="s">
-        <v>600</v>
+        <v>578</v>
       </c>
       <c r="E233" s="9">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="F233" s="10" t="s">
-        <v>22</v>
+        <v>377</v>
       </c>
     </row>
     <row r="234" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B234" s="7" t="s">
-        <v>601</v>
+        <v>579</v>
       </c>
       <c r="C234" s="8" t="s">
-        <v>602</v>
+        <v>580</v>
       </c>
       <c r="D234" s="8" t="s">
-        <v>603</v>
+        <v>581</v>
       </c>
       <c r="E234" s="9">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="F234" s="10" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="235" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B235" s="7" t="s">
-        <v>604</v>
+        <v>582</v>
       </c>
       <c r="C235" s="8" t="s">
-        <v>605</v>
+        <v>583</v>
       </c>
       <c r="D235" s="8" t="s">
-        <v>606</v>
+        <v>584</v>
       </c>
       <c r="E235" s="9">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="F235" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="236" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+    <row r="236" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B236" s="7" t="s">
-        <v>607</v>
+        <v>585</v>
       </c>
       <c r="C236" s="8" t="s">
-        <v>608</v>
+        <v>586</v>
       </c>
       <c r="D236" s="8" t="s">
-        <v>609</v>
+        <v>587</v>
       </c>
       <c r="E236" s="9">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="F236" s="10" t="s">
-        <v>22</v>
+        <v>377</v>
       </c>
     </row>
     <row r="237" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B237" s="7" t="s">
-        <v>610</v>
+        <v>588</v>
       </c>
       <c r="C237" s="8" t="s">
-        <v>611</v>
+        <v>589</v>
       </c>
       <c r="D237" s="8" t="s">
-        <v>612</v>
+        <v>590</v>
       </c>
       <c r="E237" s="9">
         <v>2019</v>
       </c>
       <c r="F237" s="10" t="s">
-        <v>406</v>
+        <v>22</v>
       </c>
     </row>
     <row r="238" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B238" s="7" t="s">
-        <v>613</v>
+        <v>591</v>
       </c>
       <c r="C238" s="8" t="s">
-        <v>614</v>
+        <v>592</v>
       </c>
       <c r="D238" s="8" t="s">
-        <v>615</v>
+        <v>593</v>
       </c>
       <c r="E238" s="9">
         <v>2019</v>
       </c>
       <c r="F238" s="10" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="239" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+        <v>594</v>
+      </c>
+    </row>
+    <row r="239" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B239" s="7" t="s">
-        <v>616</v>
+        <v>595</v>
       </c>
       <c r="C239" s="8" t="s">
-        <v>617</v>
+        <v>596</v>
       </c>
       <c r="D239" s="8" t="s">
-        <v>618</v>
+        <v>597</v>
       </c>
       <c r="E239" s="9">
         <v>2019</v>
       </c>
       <c r="F239" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="240" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+    <row r="240" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B240" s="7" t="s">
-        <v>619</v>
+        <v>598</v>
       </c>
       <c r="C240" s="8" t="s">
-        <v>620</v>
+        <v>599</v>
       </c>
       <c r="D240" s="8" t="s">
-        <v>621</v>
+        <v>600</v>
       </c>
       <c r="E240" s="9">
         <v>2019</v>
       </c>
       <c r="F240" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="241" spans="2:6" x14ac:dyDescent="0.4">
+    <row r="241" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B241" s="7" t="s">
-        <v>622</v>
+        <v>601</v>
       </c>
       <c r="C241" s="8" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>623</v>
+        <v>602</v>
+      </c>
+      <c r="D241" s="8" t="s">
+        <v>603</v>
       </c>
       <c r="E241" s="9">
         <v>2019</v>
       </c>
       <c r="F241" s="10" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="242" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B242" s="7" t="s">
-        <v>624</v>
+        <v>604</v>
       </c>
       <c r="C242" s="8" t="s">
-        <v>625</v>
+        <v>605</v>
       </c>
       <c r="D242" s="8" t="s">
-        <v>626</v>
+        <v>606</v>
       </c>
       <c r="E242" s="9">
         <v>2019</v>
       </c>
       <c r="F242" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="243" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+    <row r="243" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B243" s="7" t="s">
-        <v>627</v>
+        <v>607</v>
       </c>
       <c r="C243" s="8" t="s">
-        <v>628</v>
+        <v>608</v>
       </c>
       <c r="D243" s="8" t="s">
-        <v>629</v>
+        <v>609</v>
       </c>
       <c r="E243" s="9">
         <v>2019</v>
       </c>
       <c r="F243" s="10" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="244" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B244" s="7" t="s">
-        <v>630</v>
+        <v>610</v>
       </c>
       <c r="C244" s="8" t="s">
-        <v>631</v>
+        <v>611</v>
       </c>
       <c r="D244" s="8" t="s">
-        <v>632</v>
+        <v>612</v>
       </c>
       <c r="E244" s="9">
         <v>2019</v>
       </c>
       <c r="F244" s="10" t="s">
-        <v>22</v>
+        <v>406</v>
       </c>
     </row>
     <row r="245" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B245" s="7" t="s">
-        <v>633</v>
+        <v>613</v>
       </c>
       <c r="C245" s="8" t="s">
-        <v>634</v>
+        <v>614</v>
       </c>
       <c r="D245" s="8" t="s">
-        <v>635</v>
+        <v>615</v>
       </c>
       <c r="E245" s="9">
         <v>2019</v>
       </c>
       <c r="F245" s="10" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="246" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B246" s="7" t="s">
-        <v>636</v>
+        <v>616</v>
       </c>
       <c r="C246" s="8" t="s">
-        <v>259</v>
+        <v>617</v>
       </c>
       <c r="D246" s="8" t="s">
-        <v>637</v>
+        <v>618</v>
       </c>
       <c r="E246" s="9">
         <v>2019</v>
       </c>
       <c r="F246" s="10" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="247" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B247" s="7" t="s">
-        <v>638</v>
+        <v>619</v>
       </c>
       <c r="C247" s="8" t="s">
-        <v>639</v>
+        <v>620</v>
       </c>
       <c r="D247" s="8" t="s">
-        <v>640</v>
+        <v>621</v>
       </c>
       <c r="E247" s="9">
         <v>2019</v>
       </c>
       <c r="F247" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="248" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+    <row r="248" spans="2:6" x14ac:dyDescent="0.4">
       <c r="B248" s="7" t="s">
-        <v>641</v>
+        <v>622</v>
       </c>
       <c r="C248" s="8" t="s">
-        <v>642</v>
-[...2 lines deleted...]
-        <v>643</v>
+        <v>15</v>
+      </c>
+      <c r="D248" s="15" t="s">
+        <v>623</v>
       </c>
       <c r="E248" s="9">
         <v>2019</v>
       </c>
       <c r="F248" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="249" spans="2:6" x14ac:dyDescent="0.4">
+    <row r="249" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B249" s="7" t="s">
-        <v>644</v>
+        <v>624</v>
       </c>
       <c r="C249" s="8" t="s">
-        <v>265</v>
+        <v>625</v>
       </c>
       <c r="D249" s="8" t="s">
-        <v>645</v>
+        <v>626</v>
       </c>
       <c r="E249" s="9">
         <v>2019</v>
       </c>
       <c r="F249" s="10" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="250" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B250" s="7" t="s">
-        <v>646</v>
+        <v>627</v>
       </c>
       <c r="C250" s="8" t="s">
-        <v>647</v>
+        <v>628</v>
       </c>
       <c r="D250" s="8" t="s">
-        <v>648</v>
+        <v>629</v>
       </c>
       <c r="E250" s="9">
         <v>2019</v>
       </c>
       <c r="F250" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="251" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+    <row r="251" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B251" s="7" t="s">
-        <v>649</v>
+        <v>630</v>
       </c>
       <c r="C251" s="8" t="s">
-        <v>650</v>
+        <v>631</v>
       </c>
       <c r="D251" s="8" t="s">
-        <v>651</v>
+        <v>632</v>
       </c>
       <c r="E251" s="9">
         <v>2019</v>
       </c>
       <c r="F251" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="252" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+    <row r="252" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B252" s="7" t="s">
-        <v>652</v>
+        <v>633</v>
       </c>
       <c r="C252" s="8" t="s">
-        <v>653</v>
+        <v>634</v>
       </c>
       <c r="D252" s="8" t="s">
-        <v>654</v>
+        <v>635</v>
       </c>
       <c r="E252" s="9">
         <v>2019</v>
       </c>
       <c r="F252" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="253" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+    <row r="253" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B253" s="7" t="s">
-        <v>655</v>
+        <v>636</v>
       </c>
       <c r="C253" s="8" t="s">
-        <v>656</v>
+        <v>259</v>
       </c>
       <c r="D253" s="8" t="s">
-        <v>657</v>
+        <v>637</v>
       </c>
       <c r="E253" s="9">
         <v>2019</v>
       </c>
       <c r="F253" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="254" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+    <row r="254" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B254" s="7" t="s">
-        <v>658</v>
+        <v>638</v>
       </c>
       <c r="C254" s="8" t="s">
-        <v>659</v>
+        <v>639</v>
       </c>
       <c r="D254" s="8" t="s">
-        <v>660</v>
+        <v>640</v>
       </c>
       <c r="E254" s="9">
         <v>2019</v>
       </c>
       <c r="F254" s="10" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="255" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B255" s="7" t="s">
-        <v>661</v>
+        <v>641</v>
       </c>
       <c r="C255" s="8" t="s">
-        <v>662</v>
+        <v>642</v>
       </c>
       <c r="D255" s="8" t="s">
-        <v>663</v>
+        <v>643</v>
       </c>
       <c r="E255" s="9">
         <v>2019</v>
       </c>
       <c r="F255" s="10" t="s">
-        <v>664</v>
-[...2 lines deleted...]
-    <row r="256" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="256" spans="2:6" x14ac:dyDescent="0.4">
       <c r="B256" s="7" t="s">
-        <v>665</v>
+        <v>644</v>
       </c>
       <c r="C256" s="8" t="s">
-        <v>666</v>
+        <v>265</v>
       </c>
       <c r="D256" s="8" t="s">
-        <v>667</v>
+        <v>645</v>
       </c>
       <c r="E256" s="9">
         <v>2019</v>
       </c>
       <c r="F256" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="257" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+    <row r="257" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B257" s="7" t="s">
-        <v>668</v>
+        <v>646</v>
       </c>
       <c r="C257" s="8" t="s">
-        <v>669</v>
+        <v>647</v>
       </c>
       <c r="D257" s="8" t="s">
-        <v>670</v>
+        <v>648</v>
       </c>
       <c r="E257" s="9">
         <v>2019</v>
       </c>
       <c r="F257" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="258" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+    <row r="258" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B258" s="7" t="s">
-        <v>671</v>
+        <v>649</v>
       </c>
       <c r="C258" s="8" t="s">
-        <v>672</v>
+        <v>650</v>
       </c>
       <c r="D258" s="8" t="s">
-        <v>673</v>
+        <v>651</v>
       </c>
       <c r="E258" s="9">
         <v>2019</v>
       </c>
       <c r="F258" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="259" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+    <row r="259" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B259" s="7" t="s">
-        <v>674</v>
+        <v>652</v>
       </c>
       <c r="C259" s="8" t="s">
-        <v>675</v>
+        <v>653</v>
       </c>
       <c r="D259" s="8" t="s">
-        <v>676</v>
+        <v>654</v>
       </c>
       <c r="E259" s="9">
         <v>2019</v>
       </c>
       <c r="F259" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="260" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+    <row r="260" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B260" s="7" t="s">
-        <v>677</v>
+        <v>655</v>
       </c>
       <c r="C260" s="8" t="s">
-        <v>678</v>
+        <v>656</v>
       </c>
       <c r="D260" s="8" t="s">
-        <v>679</v>
+        <v>657</v>
       </c>
       <c r="E260" s="9">
         <v>2019</v>
       </c>
       <c r="F260" s="10" t="s">
-        <v>680</v>
+        <v>22</v>
       </c>
     </row>
     <row r="261" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B261" s="7" t="s">
-        <v>681</v>
+        <v>658</v>
       </c>
       <c r="C261" s="8" t="s">
-        <v>682</v>
+        <v>659</v>
       </c>
       <c r="D261" s="8" t="s">
-        <v>683</v>
+        <v>660</v>
       </c>
       <c r="E261" s="9">
         <v>2019</v>
       </c>
       <c r="F261" s="10" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="262" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B262" s="7" t="s">
-        <v>684</v>
+        <v>661</v>
       </c>
       <c r="C262" s="8" t="s">
-        <v>685</v>
+        <v>662</v>
       </c>
       <c r="D262" s="8" t="s">
-        <v>686</v>
+        <v>663</v>
       </c>
       <c r="E262" s="9">
         <v>2019</v>
       </c>
       <c r="F262" s="10" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="263" spans="2:6" x14ac:dyDescent="0.4">
+        <v>664</v>
+      </c>
+    </row>
+    <row r="263" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B263" s="7" t="s">
-        <v>687</v>
+        <v>665</v>
       </c>
       <c r="C263" s="8" t="s">
-        <v>688</v>
+        <v>666</v>
       </c>
       <c r="D263" s="8" t="s">
-        <v>689</v>
+        <v>667</v>
       </c>
       <c r="E263" s="9">
         <v>2019</v>
       </c>
       <c r="F263" s="10" t="s">
-        <v>406</v>
-[...2 lines deleted...]
-    <row r="264" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="264" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B264" s="7" t="s">
-        <v>690</v>
+        <v>668</v>
       </c>
       <c r="C264" s="8" t="s">
-        <v>691</v>
+        <v>669</v>
       </c>
       <c r="D264" s="8" t="s">
-        <v>692</v>
+        <v>670</v>
       </c>
       <c r="E264" s="9">
         <v>2019</v>
       </c>
       <c r="F264" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="265" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+    <row r="265" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B265" s="7" t="s">
-        <v>693</v>
+        <v>671</v>
       </c>
       <c r="C265" s="8" t="s">
-        <v>694</v>
+        <v>672</v>
       </c>
       <c r="D265" s="8" t="s">
-        <v>695</v>
+        <v>673</v>
       </c>
       <c r="E265" s="9">
         <v>2019</v>
       </c>
       <c r="F265" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="266" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+    <row r="266" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B266" s="7" t="s">
-        <v>696</v>
+        <v>674</v>
       </c>
       <c r="C266" s="8" t="s">
-        <v>697</v>
+        <v>675</v>
       </c>
       <c r="D266" s="8" t="s">
-        <v>698</v>
+        <v>676</v>
       </c>
       <c r="E266" s="9">
         <v>2019</v>
       </c>
       <c r="F266" s="10" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="267" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B267" s="7" t="s">
-        <v>699</v>
+        <v>677</v>
       </c>
       <c r="C267" s="8" t="s">
-        <v>700</v>
+        <v>678</v>
       </c>
       <c r="D267" s="8" t="s">
-        <v>701</v>
+        <v>679</v>
       </c>
       <c r="E267" s="9">
         <v>2019</v>
       </c>
       <c r="F267" s="10" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="268" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="268" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B268" s="7" t="s">
-        <v>702</v>
+        <v>681</v>
       </c>
       <c r="C268" s="8" t="s">
-        <v>700</v>
+        <v>682</v>
       </c>
       <c r="D268" s="8" t="s">
-        <v>703</v>
+        <v>683</v>
       </c>
       <c r="E268" s="9">
         <v>2019</v>
       </c>
       <c r="F268" s="10" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
     </row>
     <row r="269" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B269" s="7" t="s">
-        <v>704</v>
+        <v>684</v>
       </c>
       <c r="C269" s="8" t="s">
-        <v>705</v>
+        <v>685</v>
       </c>
       <c r="D269" s="8" t="s">
-        <v>706</v>
+        <v>686</v>
       </c>
       <c r="E269" s="9">
         <v>2019</v>
       </c>
       <c r="F269" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="270" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+    <row r="270" spans="2:6" x14ac:dyDescent="0.4">
       <c r="B270" s="7" t="s">
-        <v>707</v>
+        <v>687</v>
       </c>
       <c r="C270" s="8" t="s">
-        <v>176</v>
+        <v>688</v>
       </c>
       <c r="D270" s="8" t="s">
-        <v>708</v>
+        <v>689</v>
       </c>
       <c r="E270" s="9">
         <v>2019</v>
       </c>
       <c r="F270" s="10" t="s">
-        <v>22</v>
+        <v>406</v>
       </c>
     </row>
     <row r="271" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B271" s="7" t="s">
-        <v>709</v>
+        <v>690</v>
       </c>
       <c r="C271" s="8" t="s">
-        <v>710</v>
+        <v>691</v>
       </c>
       <c r="D271" s="8" t="s">
-        <v>711</v>
+        <v>692</v>
       </c>
       <c r="E271" s="9">
         <v>2019</v>
       </c>
       <c r="F271" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="272" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+    <row r="272" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B272" s="7" t="s">
-        <v>712</v>
+        <v>693</v>
       </c>
       <c r="C272" s="8" t="s">
-        <v>713</v>
+        <v>694</v>
       </c>
       <c r="D272" s="8" t="s">
-        <v>714</v>
+        <v>695</v>
       </c>
       <c r="E272" s="9">
         <v>2019</v>
       </c>
       <c r="F272" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="273" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+    <row r="273" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B273" s="7" t="s">
-        <v>715</v>
+        <v>696</v>
       </c>
       <c r="C273" s="8" t="s">
-        <v>716</v>
+        <v>697</v>
       </c>
       <c r="D273" s="8" t="s">
-        <v>717</v>
+        <v>698</v>
       </c>
       <c r="E273" s="9">
         <v>2019</v>
       </c>
       <c r="F273" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="274" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+    <row r="274" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B274" s="7" t="s">
-        <v>718</v>
+        <v>699</v>
       </c>
       <c r="C274" s="8" t="s">
-        <v>719</v>
+        <v>700</v>
       </c>
       <c r="D274" s="8" t="s">
-        <v>720</v>
+        <v>701</v>
       </c>
       <c r="E274" s="9">
         <v>2019</v>
       </c>
       <c r="F274" s="10" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="275" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B275" s="7" t="s">
-        <v>721</v>
+        <v>702</v>
       </c>
       <c r="C275" s="8" t="s">
-        <v>722</v>
+        <v>700</v>
       </c>
       <c r="D275" s="8" t="s">
-        <v>723</v>
+        <v>703</v>
       </c>
       <c r="E275" s="9">
         <v>2019</v>
       </c>
       <c r="F275" s="10" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="276" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B276" s="7" t="s">
-        <v>724</v>
+        <v>704</v>
       </c>
       <c r="C276" s="8" t="s">
-        <v>725</v>
+        <v>705</v>
       </c>
       <c r="D276" s="8" t="s">
-        <v>726</v>
+        <v>706</v>
       </c>
       <c r="E276" s="9">
         <v>2019</v>
       </c>
       <c r="F276" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="277" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+    <row r="277" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B277" s="7" t="s">
-        <v>727</v>
+        <v>707</v>
       </c>
       <c r="C277" s="8" t="s">
-        <v>728</v>
+        <v>176</v>
       </c>
       <c r="D277" s="8" t="s">
-        <v>729</v>
+        <v>708</v>
       </c>
       <c r="E277" s="9">
         <v>2019</v>
       </c>
       <c r="F277" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="278" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+    <row r="278" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B278" s="7" t="s">
-        <v>730</v>
+        <v>709</v>
       </c>
       <c r="C278" s="8" t="s">
-        <v>731</v>
+        <v>710</v>
       </c>
       <c r="D278" s="8" t="s">
-        <v>732</v>
+        <v>711</v>
       </c>
       <c r="E278" s="9">
         <v>2019</v>
       </c>
       <c r="F278" s="10" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="279" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B279" s="7" t="s">
-        <v>733</v>
+        <v>712</v>
       </c>
       <c r="C279" s="8" t="s">
-        <v>734</v>
+        <v>713</v>
       </c>
       <c r="D279" s="8" t="s">
-        <v>735</v>
+        <v>714</v>
       </c>
       <c r="E279" s="9">
         <v>2019</v>
       </c>
       <c r="F279" s="10" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="280" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B280" s="7" t="s">
-        <v>736</v>
+        <v>715</v>
       </c>
       <c r="C280" s="8" t="s">
-        <v>737</v>
+        <v>716</v>
       </c>
       <c r="D280" s="8" t="s">
-        <v>738</v>
+        <v>717</v>
       </c>
       <c r="E280" s="9">
         <v>2019</v>
       </c>
       <c r="F280" s="10" t="s">
-        <v>739</v>
-[...2 lines deleted...]
-    <row r="281" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="281" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B281" s="7" t="s">
-        <v>740</v>
+        <v>718</v>
       </c>
       <c r="C281" s="8" t="s">
-        <v>741</v>
+        <v>719</v>
       </c>
       <c r="D281" s="8" t="s">
-        <v>742</v>
+        <v>720</v>
       </c>
       <c r="E281" s="9">
         <v>2019</v>
       </c>
       <c r="F281" s="10" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="282" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B282" s="7" t="s">
-        <v>743</v>
+        <v>721</v>
       </c>
       <c r="C282" s="8" t="s">
-        <v>744</v>
+        <v>722</v>
       </c>
       <c r="D282" s="8" t="s">
-        <v>745</v>
+        <v>723</v>
       </c>
       <c r="E282" s="9">
         <v>2019</v>
       </c>
       <c r="F282" s="10" t="s">
-        <v>377</v>
-[...2 lines deleted...]
-    <row r="283" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="283" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B283" s="7" t="s">
-        <v>746</v>
+        <v>724</v>
       </c>
       <c r="C283" s="8" t="s">
-        <v>747</v>
+        <v>725</v>
       </c>
       <c r="D283" s="8" t="s">
-        <v>748</v>
+        <v>726</v>
       </c>
       <c r="E283" s="9">
         <v>2019</v>
       </c>
       <c r="F283" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="284" spans="2:6" ht="87.45" x14ac:dyDescent="0.4">
+    <row r="284" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B284" s="7" t="s">
-        <v>749</v>
+        <v>727</v>
       </c>
       <c r="C284" s="8" t="s">
-        <v>750</v>
+        <v>728</v>
       </c>
       <c r="D284" s="8" t="s">
-        <v>751</v>
+        <v>729</v>
       </c>
       <c r="E284" s="9">
         <v>2019</v>
       </c>
       <c r="F284" s="10" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="285" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B285" s="7" t="s">
-        <v>752</v>
+        <v>730</v>
       </c>
       <c r="C285" s="8" t="s">
-        <v>753</v>
+        <v>731</v>
       </c>
       <c r="D285" s="8" t="s">
-        <v>754</v>
+        <v>732</v>
       </c>
       <c r="E285" s="9">
         <v>2019</v>
       </c>
       <c r="F285" s="10" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="286" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B286" s="7" t="s">
-        <v>755</v>
+        <v>733</v>
       </c>
       <c r="C286" s="8" t="s">
-        <v>756</v>
+        <v>734</v>
       </c>
       <c r="D286" s="8" t="s">
-        <v>757</v>
+        <v>735</v>
       </c>
       <c r="E286" s="9">
         <v>2019</v>
       </c>
       <c r="F286" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="287" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+    <row r="287" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B287" s="7" t="s">
-        <v>758</v>
+        <v>736</v>
       </c>
       <c r="C287" s="8" t="s">
-        <v>759</v>
+        <v>737</v>
       </c>
       <c r="D287" s="8" t="s">
-        <v>760</v>
+        <v>738</v>
       </c>
       <c r="E287" s="9">
         <v>2019</v>
       </c>
       <c r="F287" s="10" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="288" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+        <v>739</v>
+      </c>
+    </row>
+    <row r="288" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B288" s="7" t="s">
-        <v>761</v>
+        <v>740</v>
       </c>
       <c r="C288" s="8" t="s">
-        <v>51</v>
+        <v>741</v>
       </c>
       <c r="D288" s="8" t="s">
-        <v>762</v>
+        <v>742</v>
       </c>
       <c r="E288" s="9">
         <v>2019</v>
       </c>
       <c r="F288" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="289" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+    <row r="289" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B289" s="7" t="s">
-        <v>763</v>
+        <v>743</v>
       </c>
       <c r="C289" s="8" t="s">
-        <v>51</v>
+        <v>744</v>
       </c>
       <c r="D289" s="8" t="s">
-        <v>764</v>
+        <v>745</v>
       </c>
       <c r="E289" s="9">
         <v>2019</v>
       </c>
       <c r="F289" s="10" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="290" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+        <v>377</v>
+      </c>
+    </row>
+    <row r="290" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B290" s="7" t="s">
-        <v>765</v>
+        <v>746</v>
       </c>
       <c r="C290" s="8" t="s">
-        <v>51</v>
+        <v>747</v>
       </c>
       <c r="D290" s="8" t="s">
-        <v>766</v>
+        <v>748</v>
       </c>
       <c r="E290" s="9">
         <v>2019</v>
       </c>
       <c r="F290" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="291" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+    <row r="291" spans="2:6" ht="87.45" x14ac:dyDescent="0.4">
       <c r="B291" s="7" t="s">
-        <v>767</v>
+        <v>749</v>
       </c>
       <c r="C291" s="8" t="s">
-        <v>51</v>
+        <v>750</v>
       </c>
       <c r="D291" s="8" t="s">
-        <v>768</v>
+        <v>751</v>
       </c>
       <c r="E291" s="9">
         <v>2019</v>
       </c>
       <c r="F291" s="10" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="292" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B292" s="7" t="s">
-        <v>769</v>
+        <v>752</v>
       </c>
       <c r="C292" s="8" t="s">
-        <v>51</v>
+        <v>753</v>
       </c>
       <c r="D292" s="8" t="s">
-        <v>770</v>
+        <v>754</v>
       </c>
       <c r="E292" s="9">
         <v>2019</v>
       </c>
       <c r="F292" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="293" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+    <row r="293" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B293" s="7" t="s">
-        <v>771</v>
+        <v>755</v>
       </c>
       <c r="C293" s="8" t="s">
-        <v>565</v>
+        <v>756</v>
       </c>
       <c r="D293" s="8" t="s">
-        <v>770</v>
+        <v>757</v>
       </c>
       <c r="E293" s="9">
         <v>2019</v>
       </c>
       <c r="F293" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="294" spans="2:6" ht="72.900000000000006" x14ac:dyDescent="0.4">
+    <row r="294" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B294" s="7" t="s">
-        <v>772</v>
+        <v>758</v>
       </c>
       <c r="C294" s="8" t="s">
-        <v>773</v>
+        <v>759</v>
       </c>
       <c r="D294" s="8" t="s">
-        <v>774</v>
+        <v>760</v>
       </c>
       <c r="E294" s="9">
         <v>2019</v>
       </c>
       <c r="F294" s="10" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="295" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B295" s="7" t="s">
-        <v>775</v>
+        <v>761</v>
       </c>
       <c r="C295" s="8" t="s">
-        <v>577</v>
+        <v>51</v>
       </c>
       <c r="D295" s="8" t="s">
-        <v>776</v>
+        <v>762</v>
       </c>
       <c r="E295" s="9">
         <v>2019</v>
       </c>
       <c r="F295" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="296" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+    <row r="296" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B296" s="7" t="s">
-        <v>777</v>
+        <v>763</v>
       </c>
       <c r="C296" s="8" t="s">
-        <v>778</v>
+        <v>51</v>
       </c>
       <c r="D296" s="8" t="s">
-        <v>779</v>
+        <v>764</v>
       </c>
       <c r="E296" s="9">
         <v>2019</v>
       </c>
       <c r="F296" s="10" t="s">
-        <v>780</v>
-[...2 lines deleted...]
-    <row r="297" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="297" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B297" s="7" t="s">
-        <v>781</v>
+        <v>765</v>
       </c>
       <c r="C297" s="8" t="s">
-        <v>782</v>
-[...2 lines deleted...]
-        <v>783</v>
+        <v>51</v>
+      </c>
+      <c r="D297" s="8" t="s">
+        <v>766</v>
       </c>
       <c r="E297" s="9">
         <v>2019</v>
       </c>
       <c r="F297" s="10" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="298" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B298" s="7" t="s">
-        <v>784</v>
+        <v>767</v>
       </c>
       <c r="C298" s="8" t="s">
-        <v>785</v>
+        <v>51</v>
       </c>
       <c r="D298" s="8" t="s">
-        <v>786</v>
+        <v>768</v>
       </c>
       <c r="E298" s="9">
         <v>2019</v>
       </c>
       <c r="F298" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="299" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+    <row r="299" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B299" s="7" t="s">
-        <v>787</v>
+        <v>769</v>
       </c>
       <c r="C299" s="8" t="s">
-        <v>788</v>
+        <v>51</v>
       </c>
       <c r="D299" s="8" t="s">
-        <v>789</v>
+        <v>770</v>
       </c>
       <c r="E299" s="9">
         <v>2019</v>
       </c>
       <c r="F299" s="10" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="300" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B300" s="7" t="s">
-        <v>790</v>
+        <v>771</v>
       </c>
       <c r="C300" s="8" t="s">
-        <v>379</v>
+        <v>565</v>
       </c>
       <c r="D300" s="8" t="s">
-        <v>791</v>
+        <v>770</v>
       </c>
       <c r="E300" s="9">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="F300" s="10" t="s">
-        <v>406</v>
-[...2 lines deleted...]
-    <row r="301" spans="2:6" ht="58.3" x14ac:dyDescent="0.4">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="301" spans="2:6" ht="72.900000000000006" x14ac:dyDescent="0.4">
       <c r="B301" s="7" t="s">
-        <v>792</v>
+        <v>772</v>
       </c>
       <c r="C301" s="8" t="s">
-        <v>793</v>
+        <v>773</v>
       </c>
       <c r="D301" s="8" t="s">
-        <v>794</v>
+        <v>774</v>
       </c>
       <c r="E301" s="9">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="F301" s="10" t="s">
-        <v>795</v>
+        <v>22</v>
       </c>
     </row>
     <row r="302" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B302" s="7" t="s">
-        <v>796</v>
-[...2 lines deleted...]
-        <v>797</v>
+        <v>775</v>
+      </c>
+      <c r="C302" s="8" t="s">
+        <v>577</v>
       </c>
       <c r="D302" s="8" t="s">
-        <v>798</v>
+        <v>776</v>
       </c>
       <c r="E302" s="9">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="F302" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="303" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+    <row r="303" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B303" s="7" t="s">
-        <v>799</v>
+        <v>777</v>
       </c>
       <c r="C303" s="8" t="s">
-        <v>800</v>
+        <v>778</v>
       </c>
       <c r="D303" s="8" t="s">
-        <v>801</v>
+        <v>779</v>
       </c>
       <c r="E303" s="9">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="F303" s="10" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="304" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+        <v>780</v>
+      </c>
+    </row>
+    <row r="304" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B304" s="7" t="s">
-        <v>802</v>
+        <v>781</v>
       </c>
       <c r="C304" s="8" t="s">
-        <v>803</v>
-[...2 lines deleted...]
-        <v>804</v>
+        <v>782</v>
+      </c>
+      <c r="D304" s="11" t="s">
+        <v>783</v>
       </c>
       <c r="E304" s="9">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="F304" s="10" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="305" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B305" s="7" t="s">
-        <v>805</v>
+        <v>784</v>
       </c>
       <c r="C305" s="8" t="s">
-        <v>806</v>
+        <v>785</v>
       </c>
       <c r="D305" s="8" t="s">
-        <v>807</v>
+        <v>786</v>
       </c>
       <c r="E305" s="9">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="F305" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="306" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+    <row r="306" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B306" s="7" t="s">
-        <v>808</v>
+        <v>787</v>
       </c>
       <c r="C306" s="8" t="s">
-        <v>809</v>
+        <v>788</v>
       </c>
       <c r="D306" s="8" t="s">
-        <v>810</v>
+        <v>789</v>
       </c>
       <c r="E306" s="9">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="F306" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="307" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+    <row r="307" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B307" s="7" t="s">
-        <v>811</v>
+        <v>790</v>
       </c>
       <c r="C307" s="8" t="s">
-        <v>812</v>
+        <v>379</v>
       </c>
       <c r="D307" s="8" t="s">
-        <v>813</v>
+        <v>791</v>
       </c>
       <c r="E307" s="9">
         <v>2018</v>
       </c>
       <c r="F307" s="10" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="308" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+        <v>406</v>
+      </c>
+    </row>
+    <row r="308" spans="2:6" ht="58.3" x14ac:dyDescent="0.4">
       <c r="B308" s="7" t="s">
-        <v>814</v>
+        <v>792</v>
       </c>
       <c r="C308" s="8" t="s">
-        <v>815</v>
+        <v>793</v>
       </c>
       <c r="D308" s="8" t="s">
-        <v>816</v>
+        <v>794</v>
       </c>
       <c r="E308" s="9">
         <v>2018</v>
       </c>
       <c r="F308" s="10" t="s">
-        <v>817</v>
-[...2 lines deleted...]
-    <row r="309" spans="2:6" ht="58.3" x14ac:dyDescent="0.4">
+        <v>795</v>
+      </c>
+    </row>
+    <row r="309" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B309" s="7" t="s">
-        <v>818</v>
-[...2 lines deleted...]
-        <v>114</v>
+        <v>796</v>
+      </c>
+      <c r="C309" s="12" t="s">
+        <v>797</v>
       </c>
       <c r="D309" s="8" t="s">
-        <v>819</v>
+        <v>798</v>
       </c>
       <c r="E309" s="9">
         <v>2018</v>
       </c>
       <c r="F309" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="310" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+    <row r="310" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B310" s="7" t="s">
-        <v>820</v>
+        <v>799</v>
       </c>
       <c r="C310" s="8" t="s">
-        <v>821</v>
+        <v>800</v>
       </c>
       <c r="D310" s="8" t="s">
-        <v>822</v>
+        <v>801</v>
       </c>
       <c r="E310" s="9">
         <v>2018</v>
       </c>
       <c r="F310" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="311" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+    <row r="311" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B311" s="7" t="s">
-        <v>823</v>
+        <v>802</v>
       </c>
       <c r="C311" s="8" t="s">
-        <v>824</v>
+        <v>803</v>
       </c>
       <c r="D311" s="8" t="s">
-        <v>825</v>
+        <v>804</v>
       </c>
       <c r="E311" s="9">
         <v>2018</v>
       </c>
       <c r="F311" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="312" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+    <row r="312" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B312" s="7" t="s">
-        <v>826</v>
+        <v>805</v>
       </c>
       <c r="C312" s="8" t="s">
-        <v>123</v>
+        <v>806</v>
       </c>
       <c r="D312" s="8" t="s">
-        <v>827</v>
+        <v>807</v>
       </c>
       <c r="E312" s="9">
         <v>2018</v>
       </c>
       <c r="F312" s="10" t="s">
-        <v>828</v>
-[...2 lines deleted...]
-    <row r="313" spans="2:6" ht="102" x14ac:dyDescent="0.4">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="313" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B313" s="7" t="s">
-        <v>829</v>
+        <v>808</v>
       </c>
       <c r="C313" s="8" t="s">
-        <v>123</v>
+        <v>809</v>
       </c>
       <c r="D313" s="8" t="s">
-        <v>830</v>
+        <v>810</v>
       </c>
       <c r="E313" s="9">
         <v>2018</v>
       </c>
       <c r="F313" s="10" t="s">
-        <v>831</v>
-[...2 lines deleted...]
-    <row r="314" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="314" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B314" s="7" t="s">
-        <v>832</v>
+        <v>811</v>
       </c>
       <c r="C314" s="8" t="s">
-        <v>123</v>
+        <v>812</v>
       </c>
       <c r="D314" s="8" t="s">
-        <v>833</v>
+        <v>813</v>
       </c>
       <c r="E314" s="9">
         <v>2018</v>
       </c>
       <c r="F314" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="315" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+    <row r="315" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B315" s="7" t="s">
-        <v>834</v>
+        <v>814</v>
       </c>
       <c r="C315" s="8" t="s">
-        <v>123</v>
+        <v>815</v>
       </c>
       <c r="D315" s="8" t="s">
-        <v>835</v>
+        <v>816</v>
       </c>
       <c r="E315" s="9">
         <v>2018</v>
       </c>
       <c r="F315" s="10" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="316" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+        <v>817</v>
+      </c>
+    </row>
+    <row r="316" spans="2:6" ht="58.3" x14ac:dyDescent="0.4">
       <c r="B316" s="7" t="s">
-        <v>836</v>
+        <v>818</v>
       </c>
       <c r="C316" s="8" t="s">
-        <v>265</v>
+        <v>114</v>
       </c>
       <c r="D316" s="8" t="s">
-        <v>837</v>
+        <v>819</v>
       </c>
       <c r="E316" s="9">
         <v>2018</v>
       </c>
       <c r="F316" s="10" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="317" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B317" s="7" t="s">
-        <v>466</v>
+        <v>820</v>
       </c>
       <c r="C317" s="8" t="s">
-        <v>838</v>
+        <v>821</v>
       </c>
       <c r="D317" s="8" t="s">
-        <v>839</v>
+        <v>822</v>
       </c>
       <c r="E317" s="9">
         <v>2018</v>
       </c>
       <c r="F317" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="318" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+    <row r="318" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B318" s="7" t="s">
-        <v>840</v>
+        <v>823</v>
       </c>
       <c r="C318" s="8" t="s">
-        <v>841</v>
+        <v>824</v>
       </c>
       <c r="D318" s="8" t="s">
-        <v>842</v>
+        <v>825</v>
       </c>
       <c r="E318" s="9">
         <v>2018</v>
       </c>
       <c r="F318" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="319" spans="2:6" ht="58.3" x14ac:dyDescent="0.4">
+    <row r="319" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B319" s="7" t="s">
-        <v>843</v>
+        <v>826</v>
       </c>
       <c r="C319" s="8" t="s">
-        <v>844</v>
+        <v>123</v>
       </c>
       <c r="D319" s="8" t="s">
-        <v>845</v>
+        <v>827</v>
       </c>
       <c r="E319" s="9">
         <v>2018</v>
       </c>
       <c r="F319" s="10" t="s">
-        <v>846</v>
-[...2 lines deleted...]
-    <row r="320" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+        <v>828</v>
+      </c>
+    </row>
+    <row r="320" spans="2:6" ht="102" x14ac:dyDescent="0.4">
       <c r="B320" s="7" t="s">
-        <v>847</v>
+        <v>829</v>
       </c>
       <c r="C320" s="8" t="s">
-        <v>848</v>
+        <v>123</v>
       </c>
       <c r="D320" s="8" t="s">
-        <v>849</v>
+        <v>830</v>
       </c>
       <c r="E320" s="9">
         <v>2018</v>
       </c>
       <c r="F320" s="10" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="321" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+        <v>831</v>
+      </c>
+    </row>
+    <row r="321" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B321" s="7" t="s">
-        <v>850</v>
+        <v>832</v>
       </c>
       <c r="C321" s="8" t="s">
-        <v>851</v>
+        <v>123</v>
       </c>
       <c r="D321" s="8" t="s">
-        <v>852</v>
+        <v>833</v>
       </c>
       <c r="E321" s="9">
         <v>2018</v>
       </c>
       <c r="F321" s="10" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="322" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B322" s="7" t="s">
-        <v>853</v>
+        <v>834</v>
       </c>
       <c r="C322" s="8" t="s">
-        <v>854</v>
+        <v>123</v>
       </c>
       <c r="D322" s="8" t="s">
-        <v>855</v>
+        <v>835</v>
       </c>
       <c r="E322" s="9">
         <v>2018</v>
       </c>
       <c r="F322" s="10" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="323" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B323" s="7" t="s">
-        <v>856</v>
+        <v>836</v>
       </c>
       <c r="C323" s="8" t="s">
-        <v>659</v>
+        <v>265</v>
       </c>
       <c r="D323" s="8" t="s">
-        <v>857</v>
+        <v>837</v>
       </c>
       <c r="E323" s="9">
         <v>2018</v>
       </c>
       <c r="F323" s="10" t="s">
-        <v>377</v>
+        <v>22</v>
       </c>
     </row>
     <row r="324" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B324" s="7" t="s">
-        <v>858</v>
+        <v>466</v>
       </c>
       <c r="C324" s="8" t="s">
-        <v>859</v>
+        <v>838</v>
       </c>
       <c r="D324" s="8" t="s">
-        <v>860</v>
+        <v>839</v>
       </c>
       <c r="E324" s="9">
         <v>2018</v>
       </c>
       <c r="F324" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="325" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+    <row r="325" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B325" s="7" t="s">
-        <v>861</v>
+        <v>840</v>
       </c>
       <c r="C325" s="8" t="s">
-        <v>862</v>
+        <v>841</v>
       </c>
       <c r="D325" s="8" t="s">
-        <v>863</v>
+        <v>842</v>
       </c>
       <c r="E325" s="9">
         <v>2018</v>
       </c>
       <c r="F325" s="10" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="326" spans="2:6" ht="58.3" x14ac:dyDescent="0.4">
       <c r="B326" s="7" t="s">
-        <v>864</v>
+        <v>843</v>
       </c>
       <c r="C326" s="8" t="s">
-        <v>165</v>
+        <v>844</v>
       </c>
       <c r="D326" s="8" t="s">
-        <v>865</v>
+        <v>845</v>
       </c>
       <c r="E326" s="9">
         <v>2018</v>
       </c>
       <c r="F326" s="10" t="s">
-        <v>828</v>
-[...2 lines deleted...]
-    <row r="327" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+        <v>846</v>
+      </c>
+    </row>
+    <row r="327" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B327" s="7" t="s">
-        <v>866</v>
+        <v>847</v>
       </c>
       <c r="C327" s="8" t="s">
-        <v>304</v>
+        <v>848</v>
       </c>
       <c r="D327" s="8" t="s">
-        <v>867</v>
+        <v>849</v>
       </c>
       <c r="E327" s="9">
         <v>2018</v>
       </c>
       <c r="F327" s="10" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="328" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B328" s="7" t="s">
-        <v>868</v>
+        <v>850</v>
       </c>
       <c r="C328" s="8" t="s">
-        <v>869</v>
+        <v>851</v>
       </c>
       <c r="D328" s="8" t="s">
-        <v>870</v>
+        <v>852</v>
       </c>
       <c r="E328" s="9">
         <v>2018</v>
       </c>
       <c r="F328" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="329" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+    <row r="329" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B329" s="7" t="s">
-        <v>871</v>
+        <v>853</v>
       </c>
       <c r="C329" s="8" t="s">
-        <v>872</v>
+        <v>854</v>
       </c>
       <c r="D329" s="8" t="s">
-        <v>873</v>
+        <v>855</v>
       </c>
       <c r="E329" s="9">
         <v>2018</v>
       </c>
       <c r="F329" s="10" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="330" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B330" s="7" t="s">
-        <v>874</v>
+        <v>856</v>
       </c>
       <c r="C330" s="8" t="s">
-        <v>875</v>
+        <v>659</v>
       </c>
       <c r="D330" s="8" t="s">
-        <v>876</v>
+        <v>857</v>
       </c>
       <c r="E330" s="9">
         <v>2018</v>
       </c>
       <c r="F330" s="10" t="s">
-        <v>22</v>
+        <v>377</v>
       </c>
     </row>
     <row r="331" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B331" s="7" t="s">
-        <v>877</v>
+        <v>858</v>
       </c>
       <c r="C331" s="8" t="s">
-        <v>187</v>
+        <v>859</v>
       </c>
       <c r="D331" s="8" t="s">
-        <v>878</v>
+        <v>860</v>
       </c>
       <c r="E331" s="9">
         <v>2018</v>
       </c>
       <c r="F331" s="10" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="332" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B332" s="7" t="s">
-        <v>189</v>
+        <v>861</v>
       </c>
       <c r="C332" s="8" t="s">
-        <v>187</v>
+        <v>862</v>
       </c>
       <c r="D332" s="8" t="s">
-        <v>879</v>
+        <v>863</v>
       </c>
       <c r="E332" s="9">
         <v>2018</v>
       </c>
       <c r="F332" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="333" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+    <row r="333" spans="2:6" ht="58.3" x14ac:dyDescent="0.4">
       <c r="B333" s="7" t="s">
-        <v>880</v>
+        <v>864</v>
       </c>
       <c r="C333" s="8" t="s">
-        <v>881</v>
+        <v>165</v>
       </c>
       <c r="D333" s="8" t="s">
-        <v>882</v>
+        <v>865</v>
       </c>
       <c r="E333" s="9">
         <v>2018</v>
       </c>
       <c r="F333" s="10" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="334" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+        <v>828</v>
+      </c>
+    </row>
+    <row r="334" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B334" s="7" t="s">
-        <v>883</v>
+        <v>866</v>
       </c>
       <c r="C334" s="8" t="s">
-        <v>884</v>
+        <v>304</v>
       </c>
       <c r="D334" s="8" t="s">
-        <v>885</v>
+        <v>867</v>
       </c>
       <c r="E334" s="9">
         <v>2018</v>
       </c>
       <c r="F334" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="335" spans="2:6" ht="58.3" x14ac:dyDescent="0.4">
+    <row r="335" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B335" s="7" t="s">
-        <v>886</v>
+        <v>868</v>
       </c>
       <c r="C335" s="8" t="s">
-        <v>887</v>
+        <v>869</v>
       </c>
       <c r="D335" s="8" t="s">
-        <v>888</v>
+        <v>870</v>
       </c>
       <c r="E335" s="9">
         <v>2018</v>
       </c>
-      <c r="F335" s="9" t="s">
-        <v>18</v>
+      <c r="F335" s="10" t="s">
+        <v>22</v>
       </c>
     </row>
     <row r="336" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
       <c r="B336" s="7" t="s">
-        <v>889</v>
+        <v>871</v>
       </c>
       <c r="C336" s="8" t="s">
-        <v>890</v>
+        <v>872</v>
       </c>
       <c r="D336" s="8" t="s">
-        <v>891</v>
+        <v>873</v>
       </c>
       <c r="E336" s="9">
         <v>2018</v>
       </c>
-      <c r="F336" s="16" t="s">
+      <c r="F336" s="10" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="337" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B337" s="7" t="s">
-        <v>892</v>
+        <v>874</v>
       </c>
       <c r="C337" s="8" t="s">
-        <v>893</v>
+        <v>875</v>
       </c>
       <c r="D337" s="8" t="s">
-        <v>894</v>
+        <v>876</v>
       </c>
       <c r="E337" s="9">
         <v>2018</v>
       </c>
       <c r="F337" s="10" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="338" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B338" s="7" t="s">
-        <v>895</v>
+        <v>877</v>
       </c>
       <c r="C338" s="8" t="s">
-        <v>896</v>
+        <v>187</v>
       </c>
       <c r="D338" s="8" t="s">
-        <v>897</v>
+        <v>878</v>
       </c>
       <c r="E338" s="9">
         <v>2018</v>
       </c>
-      <c r="F338" s="9" t="s">
+      <c r="F338" s="10" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="339" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B339" s="7" t="s">
-        <v>898</v>
+        <v>189</v>
       </c>
       <c r="C339" s="8" t="s">
-        <v>899</v>
+        <v>187</v>
       </c>
       <c r="D339" s="8" t="s">
-        <v>900</v>
+        <v>879</v>
       </c>
       <c r="E339" s="9">
         <v>2018</v>
       </c>
       <c r="F339" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="340" spans="2:6" ht="58.3" x14ac:dyDescent="0.4">
+    <row r="340" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B340" s="7" t="s">
-        <v>901</v>
+        <v>880</v>
       </c>
       <c r="C340" s="8" t="s">
-        <v>902</v>
+        <v>881</v>
       </c>
       <c r="D340" s="8" t="s">
-        <v>903</v>
+        <v>882</v>
       </c>
       <c r="E340" s="9">
         <v>2018</v>
       </c>
       <c r="F340" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="341" spans="2:6" ht="58.3" x14ac:dyDescent="0.4">
+    <row r="341" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
       <c r="B341" s="7" t="s">
-        <v>904</v>
+        <v>883</v>
       </c>
       <c r="C341" s="8" t="s">
-        <v>905</v>
+        <v>884</v>
       </c>
       <c r="D341" s="8" t="s">
-        <v>906</v>
+        <v>885</v>
       </c>
       <c r="E341" s="9">
         <v>2018</v>
       </c>
       <c r="F341" s="10" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="342" spans="2:6" ht="58.3" x14ac:dyDescent="0.4">
+      <c r="B342" s="7" t="s">
+        <v>886</v>
+      </c>
+      <c r="C342" s="8" t="s">
+        <v>887</v>
+      </c>
+      <c r="D342" s="8" t="s">
+        <v>888</v>
+      </c>
+      <c r="E342" s="9">
+        <v>2018</v>
+      </c>
+      <c r="F342" s="9" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="343" spans="2:6" ht="43.75" x14ac:dyDescent="0.4">
+      <c r="B343" s="7" t="s">
+        <v>889</v>
+      </c>
+      <c r="C343" s="8" t="s">
+        <v>890</v>
+      </c>
+      <c r="D343" s="8" t="s">
+        <v>891</v>
+      </c>
+      <c r="E343" s="9">
+        <v>2018</v>
+      </c>
+      <c r="F343" s="16" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="344" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+      <c r="B344" s="7" t="s">
+        <v>892</v>
+      </c>
+      <c r="C344" s="8" t="s">
+        <v>893</v>
+      </c>
+      <c r="D344" s="8" t="s">
+        <v>894</v>
+      </c>
+      <c r="E344" s="9">
+        <v>2018</v>
+      </c>
+      <c r="F344" s="10" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="345" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+      <c r="B345" s="7" t="s">
+        <v>895</v>
+      </c>
+      <c r="C345" s="8" t="s">
+        <v>896</v>
+      </c>
+      <c r="D345" s="8" t="s">
+        <v>897</v>
+      </c>
+      <c r="E345" s="9">
+        <v>2018</v>
+      </c>
+      <c r="F345" s="9" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="346" spans="2:6" ht="29.15" x14ac:dyDescent="0.4">
+      <c r="B346" s="7" t="s">
+        <v>898</v>
+      </c>
+      <c r="C346" s="8" t="s">
+        <v>899</v>
+      </c>
+      <c r="D346" s="8" t="s">
+        <v>900</v>
+      </c>
+      <c r="E346" s="9">
+        <v>2018</v>
+      </c>
+      <c r="F346" s="10" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="347" spans="2:6" ht="58.3" x14ac:dyDescent="0.4">
+      <c r="B347" s="7" t="s">
+        <v>901</v>
+      </c>
+      <c r="C347" s="8" t="s">
+        <v>902</v>
+      </c>
+      <c r="D347" s="8" t="s">
+        <v>903</v>
+      </c>
+      <c r="E347" s="9">
+        <v>2018</v>
+      </c>
+      <c r="F347" s="10" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="348" spans="2:6" ht="58.3" x14ac:dyDescent="0.4">
+      <c r="B348" s="7" t="s">
+        <v>904</v>
+      </c>
+      <c r="C348" s="8" t="s">
+        <v>905</v>
+      </c>
+      <c r="D348" s="8" t="s">
+        <v>906</v>
+      </c>
+      <c r="E348" s="9">
+        <v>2018</v>
+      </c>
+      <c r="F348" s="10" t="s">
         <v>22</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="10">
     <mergeCell ref="B5:C5"/>
     <mergeCell ref="D5:F5"/>
     <mergeCell ref="B6:C6"/>
     <mergeCell ref="D6:F6"/>
     <mergeCell ref="B1:F1"/>
     <mergeCell ref="B2:F2"/>
     <mergeCell ref="B3:C3"/>
     <mergeCell ref="D3:F3"/>
     <mergeCell ref="B4:C4"/>
     <mergeCell ref="D4:F4"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B3:G3" r:id="rId1" display="https://www.echr.coe.int/Pages/home.aspx?p=library&amp;c=" xr:uid="{90F40D57-E4F0-47BD-94A2-D3AC5701436D}"/>
     <hyperlink ref="B3:C3" r:id="rId2" display="All documents are available in the Court'sLibrary, and an appointment to consult them can be made via the Library webpage." xr:uid="{008886D6-6154-413A-A351-58FBA88413FB}"/>
     <hyperlink ref="D3:F3" r:id="rId3" display="Tous les documents sont disponibles à la Bibliothèque de la Cour. Pour les consulter, un rendez-vous peut être pris sur le site de la Bibliothèque." xr:uid="{2AB5349D-E13D-4469-8708-CF35EAD98120}"/>
     <hyperlink ref="B3:F3" r:id="rId4" display="https://www.echr.coe.int/Pages/home.aspx?p=library&amp;c=" xr:uid="{2F85B5B8-1CC8-48DF-A5E4-40E6252B808C}"/>
     <hyperlink ref="B5:C5" r:id="rId5" display="For more references, refer to theLibrary's catalogue." xr:uid="{81C43407-0D75-4D7D-8A58-10A7AE2509B8}"/>
     <hyperlink ref="D5:F5" r:id="rId6" display="For more references, refer to theLibrary's catalogue." xr:uid="{E0CF6A7C-E9B8-473D-805C-F03848A011C1}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1"/>
@@ -9899,29 +10096,29 @@
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
       <vt:lpstr>Sheet2</vt:lpstr>
       <vt:lpstr>Sheet3</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>European court of Human Right</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="eDOCS AutoSave">
-    <vt:lpwstr>20250627100127466</vt:lpwstr>
+    <vt:lpwstr/>
   </property>
 </Properties>
 </file>